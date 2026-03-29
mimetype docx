--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -3470,260 +3470,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04832084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance spécifique et détection de la chlordécone par des hémicryptophanes dans l'eau</w:t>
+                <w:t xml:space="preserve">Reconnaissance spécifique et détection de la chlordécone par des hémicryptophanes dans l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Della-Negra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Dutasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Chlordécone 2022 - Chlordécone, Connaître pour Agir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Le Gosier, Guadeloupe</w:t>
+              <w:t xml:space="preserve">GFP 2022 - 50ème Congrès du Groupe Français des Pesticides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Namur, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04410104v1</w:t>
+                <w:t xml:space="preserve">hal-04409878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconnaissance spécifique et détection de la chlordécone par des hémicryptophanes dans l’eau</w:t>
+                <w:t xml:space="preserve">Reconnaissance spécifique et détection de la chlordécone par des hémicryptophanes dans l'eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oriane Della-Negra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Dutasta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Coffinier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Loïc Saaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFP 2022 - 50ème Congrès du Groupe Français des Pesticides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Namur, Belgique</w:t>
+              <w:t xml:space="preserve">Rencontres Chlordécone 2022 - Chlordécone, Connaître pour Agir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Le Gosier, Guadeloupe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04409878v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04410104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir des hydrochlordécones, du mirex et d'autres analogues en condition de (bio)dégradation réductive</w:t>
               </w:r>
@@ -4978,51 +4978,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26A834D4"/>
+    <w:nsid w:val="4D0B97C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5209,51 +5209,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/1186084" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9508-2445" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/188161272161347441687" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494466v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Della-Negra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Servien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Milferstedt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hamelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01310-25" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014975v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s S&#233;gu&#233;la" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guilmineau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123557" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04921600v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Camotti Bastos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bru-Adan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Santa-Catalina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.120954" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04781481v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vittoria Barbieri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125306" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04926480v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chiron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144082" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05007084v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.5237" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569403v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172977" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444017v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poujade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muselet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chevallier-Michaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pierre Dutasta" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.202304107" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150785v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Esther Kouassi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martinez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203887" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961762v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Godart" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Long" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Insuasty" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Arrico" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2nj02360a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850423v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Cirillo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brotin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dutasta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loic Saaidi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CC06607B" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03744562v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hellal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.742039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193479v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Le Cacher de Bonneville" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chaussonnerie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Paslier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frison" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.0c06041" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998518v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barbance" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delmas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.590061" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998150v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fonknechten" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70124-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527910v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lefevre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9nj01674k" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309073v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion L. Chevallier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b06305" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179195v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832105v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832120v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166949v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heran" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wery" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166958v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#233;ran" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832067v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832084v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410104v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pecqueur" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coffinier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409878v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409949v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chaussonnerie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288064v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Le Cacher De Bonneville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Elis&#233;e" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410266v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831952v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mottes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409489v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Della-Negra Oriane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaussonnerie S&#233;bastien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rangon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chevallier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288083v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410394v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410475v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pls.509.0040" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874942v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vidal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Rose Thomas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/1186084" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9508-2445" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/188161272161347441687" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494466v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Della-Negra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Servien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Milferstedt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Hamelin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mra.01310-25" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05014975v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s S&#233;gu&#233;la" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guilmineau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123557" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04921600v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Camotti Bastos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bru-Adan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Santa-Catalina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ait-Mouheb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.120954" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04781481v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Vittoria Barbieri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125306" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04926480v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Patureau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Chiron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144082" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05007084v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.5237" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569403v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172977" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444017v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poujade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Muselet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Chevallier-Michaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pierre Dutasta" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/slct.202304107" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04150785v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Esther Kouassi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Martinez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202203887" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961762v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Godart" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Long" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Insuasty" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Arrico" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2nj02360a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850423v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Cirillo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brotin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Dutasta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Loic Saaidi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CC06607B" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03744562v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Hellal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bristeau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.742039" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193479v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Le Cacher de Bonneville" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chaussonnerie" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Le Paslier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Frison" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.0c06041" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998518v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barbance" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delmas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.590061" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998150v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Fonknechten" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-70124-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527910v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Lefevre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Guy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9nj01674k" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02309073v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion L. Chevallier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b06305" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313754v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179195v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832105v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832120v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166949v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heran" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Wery" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04166958v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc H&#233;ran" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832067v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04832084v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409878v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410104v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pecqueur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coffinier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409949v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Chaussonnerie" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288064v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lo&#239;c Saaidi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Le Cacher De Bonneville" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Elis&#233;e" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410266v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831952v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mottes" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04409489v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Della-Negra Oriane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaussonnerie S&#233;bastien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rangon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chevallier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288083v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410394v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410475v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pls.509.0040" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04874942v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Vidal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harmand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lombard-Latune" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice-Rose Thomas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>