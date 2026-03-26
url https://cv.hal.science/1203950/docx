--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -277,291 +277,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05049745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the interplay between the oral microbiota and the salivary environment: links with body mass index and taste perception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determination of the Optimal Method for Measuring Malondialdehyde in Human Saliva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Calvo López-Dávalos</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Camille Rayot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Buiret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.117077⟩</w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.103070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mex.2024.103070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05217584v1</w:t>
+                <w:t xml:space="preserve">hal-04814761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of the Optimal Method for Measuring Malondialdehyde in Human Saliva</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unravelling the interplay between the oral microbiota and the salivary environment: links with body mass index and taste perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Calvo López-Dávalos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Neyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Requena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Rayot</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M Ángeles Pozo-Bayón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14, pp.103070. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 221 (Part 1), pp.117077. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mex.2024.103070⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.117077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814761v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05217584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In Vitro Monitoring of Taste Compound Release During Chewing According to Process‐Related Parameters of the Food</w:t>
               </w:r>
@@ -1601,295 +1601,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03712655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives on astringency sensation: An alternative hypothesis on the molecular origin of astringency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The association between changes of gustatory function and changes of salivary parameters: A pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunmeng Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Canon</w:t>
+                <w:t xml:space="preserve">Dorothee von Koskull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Belloir</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Bourillot</w:t>
+                <w:t xml:space="preserve">Fabrice Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c07474⟩</w:t>
+              <w:t xml:space="preserve">Clinical Otolaryngology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (3), pp.538-545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/COA.13705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03173490v1</w:t>
+                <w:t xml:space="preserve">hal-03131296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association between changes of gustatory function and changes of salivary parameters: A pilot study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Feron</w:t>
+                <w:t xml:space="preserve">Perspectives on astringency sensation: An alternative hypothesis on the molecular origin of astringency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Belloir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothee von Koskull</w:t>
+                <w:t xml:space="preserve">Eric Bourillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Neiers</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Brignot</w:t>
+                <w:t xml:space="preserve">Loïc Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Otolaryngology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (3), pp.538-545. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69 (13), pp.3822-3826. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/COA.13705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.0c07474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03131296v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de la salive dans la perception sensorielle et introduction aux pratiques analytiques</w:t>
               </w:r>
@@ -1964,295 +1964,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic characterization of the mucosal pellicle formed in vitro on a cellular model of oral epithelium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Longitudinal analysis of the salivary metabolome of breast-fed and formula-fed infants over the first year of life</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Neyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianluigi Cabiddu</w:t>
+                <w:t xml:space="preserve">Camille Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Maes</w:t>
+                <w:t xml:space="preserve">Isabelle Jouanin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Hyvrier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Barbara Manconi</w:t>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2020.103797⟩</w:t>
+              <w:t xml:space="preserve">Metabolomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11306-020-01661-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02570553v1</w:t>
+                <w:t xml:space="preserve">hal-02558354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal analysis of the salivary metabolome of breast-fed and formula-fed infants over the first year of life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Neyraud</w:t>
+                <w:t xml:space="preserve">Proteomic characterization of the mucosal pellicle formed in vitro on a cellular model of oral epithelium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluigi Cabiddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Maes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Schwartz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Brignot</w:t>
+                <w:t xml:space="preserve">Franck Hyvrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Jouanin</w:t>
+                <w:t xml:space="preserve">Alessandra Olianas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+                <w:t xml:space="preserve">Barbara Manconi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (3), </w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 222, pp.103797. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11306-020-01661-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2020.103797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02558354v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02570553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How are macronutrient intake, BMI, ethnicity, age, and gender related to the composition of unstimulated saliva? A case study</w:t>
               </w:r>
@@ -2264,51 +2264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Carolina Mosca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Stieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Neyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2461,429 +2461,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acceptance of added fat to first complementary feeding purees: An exploration of fat type, feeding history and saliva composition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Author Correction: Obese Subjects With Specific Gustatory Papillae Microbiota and Salivary Cues Display an Impairment to Sense Lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Madrelle</w:t>
+                <w:t xml:space="preserve">Philippe Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey E. Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard G. Cuvelier</w:t>
+                <w:t xml:space="preserve">Arnaud Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Passilly-Degrace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2018.08.007⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.9773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-27701-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621959v1</w:t>
+                <w:t xml:space="preserve">hal-02055830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: Obese Subjects With Specific Gustatory Papillae Microbiota and Salivary Cues Display an Impairment to Sense Lipids</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Obese Subjects With Specific Gustatory Papillae Microbiota and Salivary Cues Display an Impairment to Sense Lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey E. Christensen</w:t>
+                <w:t xml:space="preserve">Jeffrey Christensen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Passilly-Degrace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8 (1), pp.9773. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-27701-w⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.6742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-24619-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02055830v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01792704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obese Subjects With Specific Gustatory Papillae Microbiota and Salivary Cues Display an Impairment to Sense Lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Besnard</w:t>
+                <w:t xml:space="preserve">Acceptance of added fat to first complementary feeding purees: An exploration of fat type, feeding history and saliva composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Madrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien J. Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeffrey Christensen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patricia Passilly-Degrace</w:t>
+                <w:t xml:space="preserve">Gerard G. Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (1), pp.6742. </w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 131, pp.160-168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-24619-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2018.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01792704v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protein expression in submandibular glands of young rats is modified by a high-fat/high-sugar maternal diet</w:t>
               </w:r>
@@ -3137,51 +3137,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The basal free fatty acid concentration in human saliva is related to salivary lipolytic activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Neyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cabaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3265,311 +3265,323 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Associations between food consumption patterns and saliva composition: Specificities of eating difficulties children</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Differences in the Density of Fungiform Papillae and Composition of Saliva in Patients With Taste Disorders Compared to Healthy Controls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Truntzer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Neyraud</w:t>
+                <w:t xml:space="preserve">Ute Walliczek-Dworschak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Schöps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ducoroy</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antje Hähner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2017.02.005⟩</w:t>
+              <w:t xml:space="preserve">Chemical Senses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (8), pp.699 - 708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/chemse/bjx054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01517239v1</w:t>
+                <w:t xml:space="preserve">hal-01686513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in the Density of Fungiform Papillae and Composition of Saliva in Patients With Taste Disorders Compared to Healthy Controls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ute Walliczek-Dworschak</w:t>
+                <w:t xml:space="preserve">Associations between food consumption patterns and saliva composition: Specificities of eating difficulties children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franz Schöps</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Feron</w:t>
+                <w:t xml:space="preserve">Caroline Truntzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Neyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antje Hähner</w:t>
+                <w:t xml:space="preserve">Patrick Ducoroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Senses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42 (8), pp.699 - 708. </w:t>
+              <w:t xml:space="preserve">Physiology &amp; behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 173, pp.116-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/chemse/bjx054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physbeh.2017.02.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01686513v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01517239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chewing bread: impact on alpha-amylase secretion and oral digestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3628,707 +3640,707 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food and Function</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01565151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taste Bud Density and Composition of Saliva in Patients Suffering from Taste Disorders Compared to Healthy Individuals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Schoeps,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antje Haehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 41 (7)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01400218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omics profiling reveals that eating difficulties developed consecutively to artificial nutrition in the neonatal period are associated to specific saliva composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Neyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ducoroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 128, pp.105-112. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jprot.2015.07.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01216253v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salivary markers of taste sensitivity to oleic acid: a combined proteomics and metabolomics approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Mounayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Metabolomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 10 (4), pp.688-696. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11306-013-0602-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01211077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunocytological detection of salivary mucins (MUC5B) on the mucosal pellicle lining human epithelial buccal cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siying Tai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeannine Lherminier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy Research and Technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 77 (6), pp.453-457. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jemt.22366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02639958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutri-metabolomics applied to taste perception phenotype: Human subjects with high and low sensitivity to taste of fat differ in salivary response to oleic acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Mounayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OMICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 18 (11), pp.666-672. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/omi.2014.0108⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01211087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4338,51 +4350,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sensibilité à l'astringence en fonction de l'âge est-elle liée aux Protéines Riches en Proline (PRP) de la salive ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4391,2197 +4403,2197 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Septier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04041461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic characterization of the mucosal pellicle formed in vitro on a cellular model of oral epithelium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluigi Cabiddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Maes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra Olianas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Sanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italian Proteomics Association and Hellenic Proteomics Society International Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Catanzaro, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La salive peut-elle être utilisée comme un marqueur de l'état nutritionnel chez les seniors ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Septier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Laguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones de Nutrition (JFN 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Nantes, France. pp.320-321, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nupar.2018.09.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infant’s saliva lipolysis: relationships with age, milk and complementary feeding history</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Madrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicklaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. international conference on food digestion (INFOGEST 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rennes, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01579302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infant fat acceptance: role of milk feeding practices and links with saliva composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Madrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual meeting of the Society for the Study of Ingestive Behavior (SSIB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Montreal, Canada. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01579297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activité lipolytique salivaire humaine : Mise en évidence et études préliminaires de caractérisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Children with eating disorders secondarily to artificial nutrition in the neonatal period have specific food preferences and saliva composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Morzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Neyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Lucchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ducoroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. 1 p</w:t>
+              <w:t xml:space="preserve">49. annual meeting of the European society for paediatric gastroenterology, hepatology and nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society for Paediatric Gastroenterology, Hepatology and Nutrition (ESPGHAN). USA., May 2016, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519322v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Children with eating disorders secondarily to artificial nutrition in the neonatal period have specific food preferences and saliva composition</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Activité lipolytique salivaire humaine : Mise en évidence et études préliminaires de caractérisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Le Joubioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49. annual meeting of the European society for paediatric gastroenterology, hepatology and nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Society for Paediatric Gastroenterology, Hepatology and Nutrition (ESPGHAN). USA., May 2016, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512124v1</w:t>
+                <w:t xml:space="preserve">hal-01519322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'expression protéique dans les glandes salivaires est impactée par un régime maternel de type Western-Diet chez le rat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Taste bud density and composition of saliva in patients suffering from taste disorders compared to healthy individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Schoeps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antje Haehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patricia Parnet</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Neiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. 1 p</w:t>
+              <w:t xml:space="preserve">38. annual meeting - association for chemoreception sciences (AChemS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Bonita Springs, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01519343v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taste bud density and composition of saliva in patients suffering from taste disorders compared to healthy individuals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'expression protéique dans les glandes salivaires est impactée par un régime maternel de type Western-Diet chez le rat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ménétrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franz Schoeps</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gilles Feron</w:t>
+                <w:t xml:space="preserve">Emma Gangloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Paille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">38. annual meeting - association for chemoreception sciences (AChemS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Bonita Springs, United States</w:t>
+              <w:t xml:space="preserve">Journées francophones de nutrition (JFN)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Montpellier, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512212v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01519343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation entre composition salivaire, obésité et métabolisme lipidique postprandial chez l'Homme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Drai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Gabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Laville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Francophones de Nutrition (JFN)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of a high sugar/high fat maternal diet on protein expression in young rat salivary glands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Chantal Canivenc-Lavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Paille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Parnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Congress of Physiology and Integrative Biology (CPBI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Strasbourg, France. 92 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01249245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-omics profiling reveals that eating difficulties developed consecutively to artificial nutrition in the neonatal period are associated to specific saliva composition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Lucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Neyraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ducoroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès français de Spectrométrie de Masse et d'Analyse Protéomique (SMAP 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Ajaccio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01595504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is saliva composition related to oral fat sensitivity or exposure?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martine Morzel</w:t>
+                <w:t xml:space="preserve">Understanding food behaviour in child through his salivary composition. A prospective study on children expressing oral disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ducoroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Pangborn Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 46 p</w:t>
+              <w:t xml:space="preserve">Séminaire du projet européen HabEat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00865843v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01512178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding food behaviour in child through his salivary composition. A prospective study on children expressing oral disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Feron</w:t>
+                <w:t xml:space="preserve">Is saliva composition related to oral fat sensitivity or exposure?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Mounayar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Aline Jeannin</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du projet européen HabEat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Dijon, France</w:t>
+              <w:t xml:space="preserve">10th Pangborn Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 46 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512178v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00865843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salivary markers and oral sensitivity to food: a prospective study on children expressing oral disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ducoroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ségolène Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9.congrès international Goût nutrition santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01580657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is saliva composition related to oral fat sensitivity or exposure?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Mounayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Pangborn sensory science symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Rio de Janeiro, Brazil. 46 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01267749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are metabolomics and proteomic salivary profiles related to human taste sensitivity to oleic acid?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Mounayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International congress of translational research in human nutrition "Integrative Approaches in Nutrition Research"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Clermont-Ferrand, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01560688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhesion of salivary mucins (MUC5B) to human buccal cells as affected by a taste solution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Zadoroznyj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Annick Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Noirot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Oral Processing: Physics, Physiology, and Psychology of Eating. Session 1: Interplays of food physics, oral physiology and sensory perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Beaune, France. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02807091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6591,51 +6603,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the role of oxidative stress in metallic taste during head and neck cancer treatment: a study of salivary markers and therapeutic interventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6677,797 +6689,797 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Conference on Food Oral Processing Physics, Physiology and Psychology of Eating</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Valencia, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05097002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mucin MUC1: a key protein in oral physiology and the molecular mechanisms of sensory perception of astringency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Čustović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03772072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a new in vitro model of oral mucosa to investigate a new hypothesis on the molecular origin of astringency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irma Čustović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lesniewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Cascais, Portugal. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03772071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salivary cathepsin L content differs between breastfed and formula-fed human infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Conference on Food Oral Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nottingham, United Kingdom. , 1 p., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salivary redox status: a key parameter involved in the release and perception of sensory stimuli in human</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Feron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franz Schöps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Neiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Conference on Food Oral Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02916382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of a high sugar/high fat maternal diet on protein expression in young rat submandibular glands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Lucchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ducoroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Chantal Canivenc-Lavier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès français de Spectrométrie de Masse et d'Analyse Protéomique (SMAP 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Ajaccio, Corse (France), France. , 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01580713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markers of oral fat sensitivity; a combined proteomics and metabolomics approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana Mounayar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Morzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Canlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. International symposium on profiling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Caparica, Portugal. 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01519315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7477,290 +7489,290 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance assessment of salivary screening in familial hypercholesterolemia in children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fricaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Di-Filippo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Poinsot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Sage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atherosclerosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 331, pp.e183, 2021, Abstracts. E-Posters Topic: 3. DYSLIPIDEMIA AND RISK FACTORS / 3.05 Inherited dyslipidemias., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2021.06.558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03349402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there a role for salivary detoxification enzymes in taste perception?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Chavanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Feron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hummel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, Proceedings of the 16. Weurman flavour research symposium, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.5575005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03686461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7770,51 +7782,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the Etiology of Metallic Taste During Head and Neck Cancer Treatments: A Study of Facial and Glossopharyngeal Nerve Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Buiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7862,73 +7874,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Thomas-Danguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astringency sensitivity to tannic acid: effect of ageing and salivary flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mei Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7950,85 +7962,85 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Canon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03197651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8038,161 +8050,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport du groupe de travail sur les Missions Collectives (Conseil de Gestion du Département TRANSFORM, INRAE, 2020-2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Coudrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lubas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Emmanuelle Ollagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE - Département Transform. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05235378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId220"/>
+      <w:footerReference w:type="default" r:id="rId221"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8260,51 +8272,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7ADB503F"/>
+    <w:nsid w:val="0C362280"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8491,51 +8503,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/1203950" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0584-3299" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05049745v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Buiret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas-Danguin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.03.001" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05217584v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Calvo L&#243;pez-D&#225;valos" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Neyraud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Requena" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M &#193;ngeles Pozo-Bay&#243;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117077" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04814761v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rayot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.103070" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05405892v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Monod" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Conti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Denimal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Houinsou-Houssou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.70053" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05138490v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2025.06.038" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395339v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Custovic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bikker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12010139" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575323v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feron Gilles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-024-08854-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313664v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Jacobo D&#237;az-Monta&#241;a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Aparicio-Ruiz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Morales" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.137855" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158424v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Fricaudet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di Filippo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Nony" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anais Peron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2023.04.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611747v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27051617" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03712655v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schwartz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hummel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunmeng Zhu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132798" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173490v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c07474" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131296v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee von Koskull" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Neiers" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/COA.13705" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341399v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2021.04.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570553v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Cabiddu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maes" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hyvrier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Olianas" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Manconi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103797" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02558354v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schwartz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouanin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-020-01661-7" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622839v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Mosca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Stieger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.12362" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619465v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2019.104550" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621959v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Madrelle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Delarue" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Cuvelier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2018.08.007" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02055830v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Besnard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey E. Christensen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bernard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Passilly-Degrace" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27701-w" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01792704v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Christensen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24619-1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629327v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Menetrier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2018.08.021" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512143v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Joubert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Salles" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Panouille" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6fo00963h" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02142263v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabaret" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chabanet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Labour&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-06418-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517239v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ducoroy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.02.005" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01686513v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Walliczek-Dworschak" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Sch&#246;ps" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje H&#228;hner" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjx054" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01565151v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01400218v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Schoeps," TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Haehner" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216253v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jeannin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.07.028" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211077v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Mounayar" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-013-0602-1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639958v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siying Tai" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Lherminier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jemt.22366" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LGRM848F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211087v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/omi.2014.0108" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041461v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788475v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Sanna" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735952v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laguerre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2018.09.187" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579302v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579297v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cuvelier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519322v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Joubioux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512124v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519343v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gangloff" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parnet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512212v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Schoeps" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595299v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vors" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Drai" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gabert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Laville" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249245v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Canivenc-Lavier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595504v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865843v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512178v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580657v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267749v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560688v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807091v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zadoroznyj" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Maire" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Noirot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arnould" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05097002v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772072v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma &#268;ustovi&#263;" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772071v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789167v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Chevalier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916382v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580713v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519315v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349402v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fricaudet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di-Filippo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moulin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poinsot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sage" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2021.06.558" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686461v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Chavanne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5575005" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823311v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197651v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235378v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coudrin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lubas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Ollagnon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/1203950" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0584-3299" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05049745v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Buiret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thomas-Danguin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brignot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Feron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2025.03.001" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04814761v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rayot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mex.2024.103070" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05217584v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Calvo L&#243;pez-D&#225;valos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Neyraud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Requena" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M &#193;ngeles Pozo-Bay&#243;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.117077" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05405892v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Monod" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Conti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Denimal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Septier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Houinsou-Houssou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.70053" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05138490v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2025.06.038" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04395339v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma Custovic" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Avoscan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floris Bikker" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bonnotte" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines12010139" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575323v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feron Gilles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-024-08854-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04313664v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Jacobo D&#237;az-Monta&#241;a" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Aparicio-Ruiz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Teresa Morales" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2023.137855" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04158424v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Fricaudet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di Filippo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Nony" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Anais Peron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2023.04.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611747v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mei Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27051617" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03712655v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Schwartz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hummel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunmeng Zhu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132798" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03131296v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee von Koskull" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Neiers" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/COA.13705" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03173490v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Belloir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourillot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Briand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c07474" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341399v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2021.04.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02558354v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Schwartz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouanin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-020-01661-7" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570553v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Cabiddu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Maes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Hyvrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Olianas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Manconi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103797" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622839v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Mosca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Stieger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van de Wiel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jtxs.12362" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619465v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2019.104550" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02055830v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Besnard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey E. Christensen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Passilly-Degrace" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27701-w" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01792704v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Christensen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-24619-1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621959v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Madrelle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien J. Delarue" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Cuvelier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2018.08.007" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629327v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Morzel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Menetrier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lucchi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Paille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archoralbio.2018.08.021" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512143v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Joubert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Salles" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Panouille" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6fo00963h" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02142263v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cabaret" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chabanet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Labour&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-06418-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01686513v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ute Walliczek-Dworschak" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Sch&#246;ps" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje H&#228;hner" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjx054" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517239v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ducoroy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physbeh.2017.02.005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MS4F2590-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01565151v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01400218v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Schoeps," TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antje Haehner" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216253v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Jeannin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2015.07.028" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211077v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Mounayar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-013-0602-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639958v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siying Tai" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Lherminier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jemt.22366" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LGRM848F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211087v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/omi.2014.0108" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04041461v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788475v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Sanna" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735952v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Laguerre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nupar.2018.09.187" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579302v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Tournier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicklaus" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579297v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Delarue" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cuvelier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512124v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519322v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Le Joubioux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512212v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Schoeps" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519343v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck M&#233;n&#233;trier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gangloff" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Parnet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595299v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vors" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Drai" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gabert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Laville" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Guichard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249245v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Chantal Canivenc-Lavier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595504v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512178v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Gaillard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865843v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580657v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267749v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560688v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807091v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zadoroznyj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Annick Maire" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Noirot" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Arnould" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05097002v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772072v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irma &#268;ustovi&#263;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lesniewska" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03772071v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789167v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Chevalier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916382v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580713v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519315v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349402v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fricaudet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Di-Filippo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moulin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Poinsot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sage" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2021.06.558" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03686461v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Chavanne" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.5575005" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04823311v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03197651v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05235378v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Coudrin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lubas" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emmanuelle Ollagnon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>