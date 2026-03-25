--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,1769 +100,1769 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The SlGRAS9 ‐ SlMYC1 regulatory module controls glandular trichome formation and modulates resilience to pest in tomato</w:t>
+                <w:t xml:space="preserve">SlPLT6 controls ripening initiation and quality traits through modulation of histone acetylation and methylation in tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuan Shi</w:t>
+                <w:t xml:space="preserve">Xiaoqing He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan Wang</w:t>
+                <w:t xml:space="preserve">Yi Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yaowen Pan</w:t>
+                <w:t xml:space="preserve">Peng Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changhao Deng</w:t>
+                <w:t xml:space="preserve">Yanpeng Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ting Zeng</w:t>
+                <w:t xml:space="preserve">Heng Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 122 (3), pp.495. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (24), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.70183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2503732122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240852v1</w:t>
+                <w:t xml:space="preserve">hal-05240851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic reprogramming and epigenetic regulation underlying pollination-dependent and auxin-induced fruit set in tomato</w:t>
+                <w:t xml:space="preserve">Cutin formation in tomato is controlled by a multipartite module of synergistic and antagonistic transcription factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaohan Li</w:t>
+                <w:t xml:space="preserve">Yuan Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bing He</w:t>
+                <w:t xml:space="preserve">Changhao Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Djari</w:t>
+                <w:t xml:space="preserve">Xiangyin Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Frasse</w:t>
+                <w:t xml:space="preserve">Yan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Maza</w:t>
+                <w:t xml:space="preserve">Yaowen Pan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44 (2), pp.115258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2025.1495494⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2025.115258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04952529v1</w:t>
+                <w:t xml:space="preserve">hal-04952505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SlPLT6 controls ripening initiation and quality traits through modulation of histone acetylation and methylation in tomato</w:t>
+                <w:t xml:space="preserve">Removal of toxic steroidal glycoalkaloids and bitterness in tomato is controlled by a complex epigenetic and genetic network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoqing He</w:t>
+                <w:t xml:space="preserve">Feng Bai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Wu</w:t>
+                <w:t xml:space="preserve">Mengbo Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peng Shu</w:t>
+                <w:t xml:space="preserve">Wei Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanpeng Yin</w:t>
+                <w:t xml:space="preserve">Weijie Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heng Deng</w:t>
+                <w:t xml:space="preserve">Yikui Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 122 (24), </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2503732122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.ads9601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240851v1</w:t>
+                <w:t xml:space="preserve">hal-04959856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Removal of toxic steroidal glycoalkaloids and bitterness in tomato is controlled by a complex epigenetic and genetic network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The SlGRAS9 ‐ SlMYC1 regulatory module controls glandular trichome formation and modulates resilience to pest in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaowen Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changhao Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feng Bai</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Yikui Wang</w:t>
+                <w:t xml:space="preserve">Ting Zeng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.ads9601⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (3), pp.495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.70183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04959856v1</w:t>
+                <w:t xml:space="preserve">hal-05240852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cutin formation in tomato is controlled by a multipartite module of synergistic and antagonistic transcription factors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Changhao Deng</w:t>
+                <w:t xml:space="preserve">Transcriptomic reprogramming and epigenetic regulation underlying pollination-dependent and auxin-induced fruit set in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaohan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiangyin Lu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yaowen Pan</w:t>
+                <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 44 (2), pp.115258. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2025.115258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2025.1495494⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04952505v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transcriptional cascade mediated by two APETALA2 family members orchestrates carotenoid biosynthesis in tomato</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Xiaoqing He</w:t>
+                <w:t xml:space="preserve">Ethylene‐MPK8‐ERF.C1‐PR module confers resistance against Botrytis cinerea in tomato fruit without compromising ripening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heng Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaidong Liu</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Weijie Xu</w:t>
+                <w:t xml:space="preserve">Yangang Pei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruochen Wang</w:t>
+                <w:t xml:space="preserve">Xin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofei Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qihan Xue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Integrative Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jipb.13650⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 242 (2), pp.592-609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.19632⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04641817v1</w:t>
+                <w:t xml:space="preserve">hal-04639780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bifunctional transcription factors SlERF.H5 and H7 activate cell wall and repress gibberellin biosynthesis genes in tomato via a conserved motif</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ploidy‐specific transcriptomes shed light on the heterogeneous identity and metabolism of developing tomato pericarp cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaofei Du</w:t>
+                <w:t xml:space="preserve">Edouard Tourdot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Mauxion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2024.03.006⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 118 (4), pp.997-1015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.16646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04641871v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04530411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haplotype-resolved genome assembly and implementation of VitExpress, an open interactive transcriptomic platform for grapevine</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Class I TCP in fruit development: much more than growth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaul Gille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Frasse</w:t>
+                <w:t xml:space="preserve">Yushuo Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Regad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengguo Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pirrello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.24037501211of10⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.1411341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2024.1411341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04641800v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A distal enhancer guides the negative selection of toxic glycoalkaloids during tomato domestication</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yao Chen</w:t>
+                <w:t xml:space="preserve">A stable combination of non-stable genes outperforms standard reference genes for RT-qPCR data normalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Madignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chervin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît van der Rest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Giovannoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-47292-7⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.31278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-82651-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639825v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05034789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene‐MPK8‐ERF.C1‐PR module confers resistance against Botrytis cinerea in tomato fruit without compromising ripening</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Qihan Xue</w:t>
+                <w:t xml:space="preserve">A transcriptional cascade mediated by two APETALA2 family members orchestrates carotenoid biosynthesis in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoqing He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaidong Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weijie Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruochen Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.19632⟩</w:t>
+              <w:t xml:space="preserve">Journal of Integrative Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 66 (6), pp.1227-1241. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jipb.13650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639780v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04641817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ploidy‐specific transcriptomes shed light on the heterogeneous identity and metabolism of developing tomato pericarp cells</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Haplotype-resolved genome assembly and implementation of VitExpress, an open interactive transcriptomic platform for grapevine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Djari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Madignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Di Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaul Gille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.16646⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 121 (23), pp.e2403750121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.24037501211of10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04530411v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04641800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Class I TCP in fruit development: much more than growth</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
+                <w:t xml:space="preserve">Bifunctional transcription factors SlERF.H5 and H7 activate cell wall and repress gibberellin biosynthesis genes in tomato via a conserved motif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yangang Pei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qihan Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Shu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weijie Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaofei Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2024.1411341⟩</w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 59 (10), pp.1345-1359.e6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2024.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04639797v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04641871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A stable combination of non-stable genes outperforms standard reference genes for RT-qPCR data normalization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoît van der Rest</w:t>
+                <w:t xml:space="preserve">A distal enhancer guides the negative selection of toxic glycoalkaloids during tomato domestication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Shu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heng Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yi Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Giovannoni</w:t>
+                <w:t xml:space="preserve">Yao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.31278. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.2894. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-82651-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-47292-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05034789v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selenium Biofortification Impacts the Tomato Fruit Metabolome and Transcriptional Profile at Ripening</w:t>
               </w:r>
@@ -1995,90 +1995,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of SRS transcription factor family in Solanum lycopersicum, and functional characterization of their responses to hormones and abiotic stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wang Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuan Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qin Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiangyin Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Plant Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 23 (1), pp.495. </w:t>
@@ -2110,429 +2110,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition to ripening in tomato requires hormone-controlled genetic reprogramming initiated in gel tissue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SlERF.F12 modulates the transition to ripening in tomato fruit by recruiting the co-repressor TOPLESS and histone deacetylases to repress key ripening genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heng Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ximena Chirinos</w:t>
+                <w:t xml:space="preserve">Ziyu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shiyu Ying</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anis Djari</w:t>
+                <w:t xml:space="preserve">Zhaoqiao Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiac464⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/plcell/koac025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03840120v1</w:t>
+                <w:t xml:space="preserve">hal-03612159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SlERF.F12 modulates the transition to ripening in tomato fruit by recruiting the co-repressor TOPLESS and histone deacetylases to repress key ripening genes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yao Chen</w:t>
+                <w:t xml:space="preserve">Transition to ripening in tomato requires hormone-controlled genetic reprogramming initiated in gel tissue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ximena Chirinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ziyu Liu</w:t>
+                <w:t xml:space="preserve">Shiyu Ying</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhaoqiao Liu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Peng Shu</w:t>
+                <w:t xml:space="preserve">Maria Aurineide Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 191 (1), pp.610-625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/plcell/koac025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiac464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03612159v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of two MADS-box genes leads to growth phenotype divergence of all-flesh type of tomatoes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integrative analyses of metabolome and genome‐wide transcriptome reveal the regulatory network governing flavor formation in kiwifruit ( Actinidia chinensis )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruochen Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peng Shu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baowen Huang</w:t>
+                <w:t xml:space="preserve">Chi Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guojian Hu</w:t>
+                <w:t xml:space="preserve">Junlin Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keke Wang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elie Maza</w:t>
+                <w:t xml:space="preserve">Ya Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12, pp.6892. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-27117-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.17618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03464505v1</w:t>
+                <w:t xml:space="preserve">hal-03322343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene response factors regulate expression of HbSUT3, the sucrose influx carrier in laticifers of Hevea brasiliensis</w:t>
               </w:r>
@@ -2544,51 +2544,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lusheng Xin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongjun Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2646,697 +2646,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03423923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative analyses of metabolome and genome‐wide transcriptome reveal the regulatory network governing flavor formation in kiwifruit ( Actinidia chinensis )</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interaction of two MADS-box genes leads to growth phenotype divergence of all-flesh type of tomatoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chi Zhang</w:t>
+                <w:t xml:space="preserve">Baowen Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Junlin Zhang</w:t>
+                <w:t xml:space="preserve">Guojian Hu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ya Chen</w:t>
+                <w:t xml:space="preserve">Keke Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Frasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.6892. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.17618⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-27117-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03322343v1</w:t>
+                <w:t xml:space="preserve">hal-03464505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overexpression of bHLH95, a basic helix–loop–helix transcription factor family member, impacts trichome formation via regulating gibberellin biosynthesis in tomato</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Roles of RIN and ethylene in tomato fruit ripening and ripening‐associated traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benzhong Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yao Chen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Heng Deng</w:t>
+                <w:t xml:space="preserve">Julien Pirrello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changjie Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/eraa114⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 226 (2), pp.460-475. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.16362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02916187v1</w:t>
+                <w:t xml:space="preserve">hal-02619662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Like Heterochromatin Protein 1b represses fruit ripening via regulating the H3K27me3 levels in ripening‐related genes in tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qi Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heng Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuxiang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziyu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peng Shu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 227 (2), pp.485-497. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/nph.16550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roles of RIN and ethylene in tomato fruit ripening and ripening‐associated traits</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MaXB3 Modulates MaNAC2, MaACS1, and MaACO1 Stability to Repress Ethylene Biosynthesis during Banana Fruit Ripening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changjie Xu</w:t>
+                <w:t xml:space="preserve">Wei Shan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bo Zhang</w:t>
+                <w:t xml:space="preserve">Jian-Fei Kuang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhong-Qi Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.16362⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 184 (2), pp.1153-1171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.20.00313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02619662v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02962147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MaXB3 Modulates MaNAC2, MaACS1, and MaACO1 Stability to Repress Ethylene Biosynthesis during Banana Fruit Ripening</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wei Wei</w:t>
+                <w:t xml:space="preserve">Overexpression of bHLH95, a basic helix–loop–helix transcription factor family member, impacts trichome formation via regulating gibberellin biosynthesis in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhong-Qi Fan</w:t>
+                <w:t xml:space="preserve">Dan Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Deng</w:t>
+                <w:t xml:space="preserve">Jie Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shiyu Ying</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heng Deng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 184 (2), pp.1153-1171. </w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 71 (12), pp.3450-3462. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.20.00313⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jxb/eraa114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02962147v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02916187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RIN ‐regulated Small Auxin‐Up RNA SAUR 69 is involved in the unripe‐to‐ripe phase transition of tomato fruit via enhancement of the sensitivity to ethylene</w:t>
               </w:r>
@@ -3361,51 +3361,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingchun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Aurineide Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teva Vernoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3450,627 +3450,627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02386613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel tomato F-box protein, SlEBF3, is involved in tuning ethylene signaling during plant development and climacteric fruit ripening</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Transcriptome profiling of sorted endoreduplicated nuclei from tomato fruits: how the global shift in expression ascribed to DNA ploidy influences RNA-Seq data normalization and interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nan Li</w:t>
+                <w:t xml:space="preserve">Cynthia Deluche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sihua Zhu</w:t>
+                <w:t xml:space="preserve">Nathalie Frangne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gevaudant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 95 (4), pp.648-658. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.13976⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 93 (2), pp.387--398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.13783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02621089v1</w:t>
+                <w:t xml:space="preserve">hal-02183254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene Response Factors (ERF) are differentially regulated by different abiotic stress types in tomato plants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular cloning and characterization of novel WIN1/SHN1 ethylene responsive transcription factor HvSHN1 in barley ( &amp;lt;em&amp;gt;Hordeum vulgare&amp;lt;/em&amp;gt; L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Gouia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mingchun Liu</w:t>
+                <w:t xml:space="preserve">Rania Djemal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondher Bouzayen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pirrello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Khoudi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 274, pp.137-145. </w:t>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 228, pp.39-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.05.023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2018.04.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02626871v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptome profiling of sorted endoreduplicated nuclei from tomato fruits: how the global shift in expression ascribed to DNA ploidy influences RNA-Seq data normalization and interpretation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">A novel tomato F-box protein, SlEBF3, is involved in tuning ethylene signaling during plant development and climacteric fruit ripening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heng Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Deluche</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Elie Maza</w:t>
+                <w:t xml:space="preserve">Sihua Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 93 (2), pp.387--398. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.13783⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 95 (4), pp.648-658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tpj.13976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02183254v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cloning and characterization of novel WIN1/SHN1 ethylene responsive transcription factor HvSHN1 in barley ( &amp;lt;em&amp;gt;Hordeum vulgare&amp;lt;/em&amp;gt; L.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rania Djemal</w:t>
+                <w:t xml:space="preserve">Ethylene Response Factors (ERF) are differentially regulated by different abiotic stress types in tomato plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Klay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Gouia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingchun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habib Khoudi</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 274, pp.137-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.05.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jplph.2018.04.019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02621382v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The tomato Ethylene Response Factor Sl-ERF.B3 integrates ethylene and auxin signaling via direct regulation of &amp;lt;em&amp;gt;Sl-Aux&amp;lt;/em&amp;gt;/IAA27</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingchun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yao Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ya Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun Hye Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4147,90 +4147,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TomExpress, a unified tomato RNA-Seq platform for visualization of expression data, clustering and correlation networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Zouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Maza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Djari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattieu Lauvernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Frasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, vol. 92 (n° 4), </w:t>
@@ -4262,441 +4262,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and functional characterization of two HOOKLESS genes in tomato (&amp;lt;em&amp;gt;Solanum lycopersicum&amp;lt;/em&amp;gt;)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comprehensive Profiling of Ethylene Response Factor Expression Identifies Ripening-Associated ERF Genes and Their Link to Key Regulators of Fruit Ripening in Tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingchun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salma Chaabouni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mingchun Liu</w:t>
+                <w:t xml:space="preserve">Bruna Lima-Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Islam El-Sharkawy</w:t>
+                <w:t xml:space="preserve">Eduardo Purgatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+                <w:t xml:space="preserve">Lázaro Eustáquio Pereira Peres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 200, pp.76-81. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 170 (n°3), pp. 1732-1744. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jplph.2016.05.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.15.01859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02630583v1</w:t>
+                <w:t xml:space="preserve">hal-01494971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive Profiling of Ethylene Response Factor Expression Identifies Ripening-Associated ERF Genes and Their Link to Key Regulators of Fruit Ripening in Tomato</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification and functional characterization of two HOOKLESS genes in tomato (&amp;lt;em&amp;gt;Solanum lycopersicum&amp;lt;/em&amp;gt;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salma Chaabouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pirrello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingchun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruna Lima-Gomes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mila</w:t>
+                <w:t xml:space="preserve">Islam El-Sharkawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Purgatto</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lázaro Eustáquio Pereira Peres</w:t>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 200, pp.76-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jplph.2016.05.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.15.01859⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01494971v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TdERF1, an ethylene response factor associated with dehydration responses in durum wheat (Triticum turgidum L. subsp. durum)</w:t>
+                <w:t xml:space="preserve">Identification and functional characterization of ten AP2/ERF genes in potato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emna Makhloufi</w:t>
+                <w:t xml:space="preserve">Donia Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatma-Ezzahra Yousfi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Mariam Charfeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania Jbir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Najib Saïdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelwahed Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (10), pp.1-4. </w:t>
+              <w:t xml:space="preserve">Plant Cell, Tissue and Organ Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 123 (1), pp.155-172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15592324.2015.1065366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11240-015-0823-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01244794v1</w:t>
+                <w:t xml:space="preserve">hal-02632203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene response factors are controlled by multiple harvesting stresses in hevea brasiliensis</w:t>
               </w:r>
@@ -4829,90 +4829,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethylene control of fruit ripening: revisiting the complex network of transcriptional regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingchun Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Chervin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 169 (4), pp.2380-2390. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4940,1181 +4940,1181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and functional characterization of ten AP2/ERF genes in potato</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of Ethylene in the Latex Metabolism and Tapping Panel Dryness of Hevea brasiliensis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riza-Arief Putranto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donia Bouaziz</w:t>
+                <w:t xml:space="preserve">Eva Herlinawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryannick Rio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Charfeddine</w:t>
+                <w:t xml:space="preserve">Julie Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rania Jbir</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Pirrello</w:t>
+                <w:t xml:space="preserve">Piyanuch Piyatrakul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Cell, Tissue and Organ Culture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11240-015-0823-2⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (8), pp.17885-17908. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms160817885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632203v1</w:t>
+                <w:t xml:space="preserve">hal-01264334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of Ethylene in the Latex Metabolism and Tapping Panel Dryness of Hevea brasiliensis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riza-Arief Putranto</w:t>
+                <w:t xml:space="preserve">TdERF1, an ethylene response factor associated with dehydration responses in durum wheat (Triticum turgidum L. subsp. durum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emna Makhloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Herlinawati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maryannick Rio</w:t>
+                <w:t xml:space="preserve">Fatma-Ezzahra Yousfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Leclercq</w:t>
+                <w:t xml:space="preserve">Anne Bernadac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Piyanuch Piyatrakul</w:t>
+                <w:t xml:space="preserve">Abdelwahed Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16 (8), pp.17885-17908. </w:t>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (10), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms160817885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/15592324.2015.1065366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01264334v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01244794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The chimeric repressor version of an Ethylene Response Factor(ERF) family member, Sl-ERF.B3, shows contrasting effects on tomato fruit ripening</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Endoreduplication and fruit growth in tomato: evidence in favour of the karyoplasmic ratio theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gianfranco Diretto</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Christian Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Zhengguo Li</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cheniclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gevaudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.12771⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 65 (10), pp.2731-2746. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/ert366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632475v1</w:t>
+                <w:t xml:space="preserve">hal-02635318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endoreduplication and fruit growth in tomato: evidence in favour of the karyoplasmic ratio theory</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">The chimeric repressor version of an Ethylene Response Factor(ERF) family member, Sl-ERF.B3, shows contrasting effects on tomato fruit ripening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingchun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianfranco Diretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Gevaudant</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhengguo Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 65 (10), pp.2731-2746. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 203 (1), pp.206-218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/ert366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.12771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635318v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02632475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How fruit developmental biology makes use of flow cytometry approaches.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Ethylene response factor Sl-ERFB3 is responsive to abiotic stresses and mediates salt and cold stress response regulation in tomato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Klay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Bourge</w:t>
+                <w:t xml:space="preserve">Leila Riahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bernadac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spencer C Brown</w:t>
+                <w:t xml:space="preserve">Ameur Cherif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytometry Part A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 85A, pp.115-125. </w:t>
+              <w:t xml:space="preserve">The Scientific World Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cyto.a.22417⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2014/167681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632820v1</w:t>
+                <w:t xml:space="preserve">hal-02635750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethylene response factor Sl-ERFB3 is responsive to abiotic stresses and mediates salt and cold stress response regulation in tomato</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">How fruit developmental biology makes use of flow cytometry approaches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cheniclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leila Riahi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Bernadac</w:t>
+                <w:t xml:space="preserve">Mickaël Bourge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ameur Cherif</w:t>
+                <w:t xml:space="preserve">Spencer C Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Scientific World Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Cytometry Part A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 85A, pp.115-125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2014/167681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cyto.a.22417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02635750v1</w:t>
+                <w:t xml:space="preserve">hal-02632820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dominant repressor version of the tomatoSl-ERF.B3gene confers ethylene hypersensitivity via feedback regulation of ethylene signaling and response components</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Overexpression of StDREB1 Transcription Factor Increases Tolerance to Salt in Transgenic Potato Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Charfeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ravi Kesari</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
+                <w:t xml:space="preserve">Asma Hammami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rania Jbir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Vol. 73 (3), pp. 406-419. </w:t>
+              <w:t xml:space="preserve">Molecular Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 54 (n° 3), pp. 803-817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tpj.12305⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12033-012-9628-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00906407v1</w:t>
+                <w:t xml:space="preserve">hal-01142439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overexpression of StDREB1 Transcription Factor Increases Tolerance to Salt in Transgenic Potato Plants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">A dominant repressor version of the tomatoSl-ERF.B3gene confers ethylene hypersensitivity via feedback regulation of ethylene signaling and response components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mingchun Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Hammami</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rania Jbir</w:t>
+                <w:t xml:space="preserve">Ravi Kesari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Roustan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biotechnology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, vol. 54 (n° 3), pp. 803-817. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Vol. 73 (3), pp. 406-419. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12033-012-9628-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.12305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01142439v1</w:t>
+                <w:t xml:space="preserve">hal-00906407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The structural and molecular analysis of endoreduplicated nuclei in tomato (Solanum lycopersicum) fruit provides evidence for a ploidy-dependent increase in transcriptional activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cheniclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coriton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bourge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 30 (3), pp.301-307. </w:t>
@@ -6146,511 +6146,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional analysis and binding affinity of tomato ethylene response factors provide insight on the molecular bases of plant differential responses to ethylene</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Ectopic expression of dehydration responsive element binding proteins (StDREB2) confers higher tolerance to salt stress in potato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donia Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narasimha Prasad</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mila</w:t>
+                <w:t xml:space="preserve">Hela Ben Amor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Hammami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Charfeddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2229-12-190⟩</w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol. 60, pp. 98-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2012.07.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00800373v1</w:t>
+                <w:t xml:space="preserve">hal-00994149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for karyoplasmic homeostasis during endoreduplication and a ploidy-dependent increase in gene transcription during tomato fruit growth.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cheniclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coriton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bourge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 139 (20), pp.3817-26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1242/dev.084053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00855581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ectopic expression of dehydration responsive element binding proteins (StDREB2) confers higher tolerance to salt stress in potato</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Functional analysis and binding affinity of tomato ethylene response factors provide insight on the molecular bases of plant differential responses to ethylene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narasimha Prasad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wangshu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hela Ben Amor</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mariam Charfeddine</w:t>
+                <w:t xml:space="preserve">Kunsong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, vol. 60, pp. 98-108. </w:t>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, vol. 12, pp. 190-220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2012.07.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2229-12-190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00994149v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00800373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In planta quantification of endoreduplication using fluorescent in situ hybridization (FISH).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coriton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Cheniclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spencer C Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 66 (6), pp.1089-99. </w:t>
@@ -6714,77 +6714,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yingwu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 61 (3), pp.697-708. </w:t>
@@ -6822,103 +6822,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of tomato fruit ripening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Regad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Latché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondher Bouzayen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAB Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4 (51), pp.1 -14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7004,51 +7004,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Deluc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Barrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 58 (8), pp.1999-2010. </w:t>
@@ -7086,51 +7086,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sl-ERF2, a Tomato Ethylene Response Factor Involved in Ethylene Response and Seed Germination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pirrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabiola Jaimes Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7197,1888 +7197,52 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03597595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...1834 lines deleted...]
-    </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId285"/>
+      <w:footerReference w:type="default" r:id="rId257"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9225,51 +7389,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240852v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Shi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaowen Pan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhao Deng" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Zeng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70183" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952529v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohan Li" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing He" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frasse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Maza" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2025.1495494" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240851v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqing He" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Shu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanpeng Yin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Deng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2503732122" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959856v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Bai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengbo Wu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Huang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijie Xu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yikui Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ads9601" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952505v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyin Lu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2025.115258" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04641817v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaidong Liu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruochen Wang" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jipb.13650" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04641871v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangang Pei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qihan Xue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Du" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2024.03.006" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04641800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Madignier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Di Valentin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaul Gille" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.24037501211of10" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639825v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47292-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639780v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Xu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19632" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530411v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Tourdot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Mauxion" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16646" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639797v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yushuo Gao" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Regad" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengguo Li" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pirrello" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouzayen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1411341" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034789v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chervin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t van der Rest" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Giovannoni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-82651-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639713v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Shiriaev" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Brizzolara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Sorce" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Meoni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vergata" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.3c02031" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639745v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Lu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Liang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04506-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03840120v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ximena Chirinos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Ying" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aurineide Rodrigues" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac464" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612159v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyu Liu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoqiao Liu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koac025" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03464505v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baowen Huang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guojian Hu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keke Wang" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27117-7" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03423923v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lusheng Xin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjun Fang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghua Yang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpaa179" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322343v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Zhang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junlin Zhang" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Chen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17618" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916187v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Su" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Li" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa114" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02614813v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Liang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Li" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16550" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619662v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Li" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benzhong Zhu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changjie Xu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16362" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962147v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Fei Kuang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Qi Fan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Deng" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00313" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386613v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun&#8208;hye Shin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mila" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchun Liu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Vernoux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15618" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621089v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Li" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihua Zhu" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13976" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626871v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Klay" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gouia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Khoudi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.05.023" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KNPMPMKD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183254v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Deluche" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frangne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gevaudant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13783" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621382v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Djemal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2018.04.019" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626490v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hye Shin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15165" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607612v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Zouine" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattieu Lauvernier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630583v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Chaabouni" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam El-Sharkawy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roustan" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2016.05.017" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NG56RTVT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494971v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Lima-Gomes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Purgatto" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro Eust&#225;quio Pereira Peres" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01859" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244794v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Makhloufi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Ezzahra Yousfi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernadac" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwahed Ghorbel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2015.1065366" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494937v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riza-Arief Putranto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuifang Duan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuswanhadi Kuswanhadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetty Chaidamsari" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryannick Rio" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123618" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636936v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01361" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632203v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Bouaziz" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Charfeddine" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Jbir" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Najib Sa&#239;di" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-015-0823-2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264334v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Herlinawati" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leclercq" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piyanuch Piyatrakul" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms160817885" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632475v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Diretto" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12771" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635318v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevalier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bourdon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cheniclet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert366" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632820v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourge" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer C Brown" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.a.22417" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635750v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Riahi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Cherif" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/167681" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906407v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kesari" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12305" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142439v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Hammami" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-012-9628-2" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208676v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coriton" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5511/plantbiotechnology.13.0319b" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800373v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narasimha Prasad" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangshu Zhang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunsong Chen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-12-190" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855581v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.084053" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994149v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Ben Amor" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2012.07.029" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855934v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04568.x" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556734v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingwu Yang" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp332" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501268v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Latch&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pech" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/PAVSNNR20094051" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461151v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchive" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mzid" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Deluc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barrieu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erm062" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597595v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Jaimes Miranda" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Sanchez-Ballesta" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Tournier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qaiser Khalil Ahmad" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcj084" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04677493v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique This" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bacilieri" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Coindre" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pierre" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/KIpkvVol" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791573v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704482v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704484v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704773v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704475v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Tourdot" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Martin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Maza" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704479v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Gillet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Dumont" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704465v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704470v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734427v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805350v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bourdon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704485v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704487v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734138v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Bollier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734428v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240851v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoqing He" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Wu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Shu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanpeng Yin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heng Deng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2503732122" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952505v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Shi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhao Deng" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyin Lu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Wang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaowen Pan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2025.115258" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959856v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Bai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengbo Wu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Huang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weijie Xu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yikui Wang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ads9601" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240852v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Zeng" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.70183" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952529v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohan Li" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing He" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Djari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frasse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Maza" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2025.1495494" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639780v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yangang Pei" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Xu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaofei Du" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qihan Xue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.19632" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530411v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Tourdot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Mauxion" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.16646" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639797v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yushuo Gao" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Regad" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengguo Li" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pirrello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mondher Bouzayen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2024.1411341" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034789v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Madignier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chervin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t van der Rest" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Giovannoni" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-82651-w" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04641817v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaidong Liu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruochen Wang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jipb.13650" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04641800v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Di Valentin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaul Gille" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.24037501211of10" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04641871v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2024.03.006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639825v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Chen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-47292-7" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639713v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Shiriaev" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Brizzolara" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Sorce" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Meoni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Vergata" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.3c02031" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04639745v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Lu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qin Liang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-023-04506-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612159v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziyu Liu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoqiao Liu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koac025" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03840120v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ximena Chirinos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shiyu Ying" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aurineide Rodrigues" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiac464" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03322343v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Zhang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junlin Zhang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17618" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03423923v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zhang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lusheng Xin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongjun Fang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghua Yang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpaa179" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03464505v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baowen Huang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guojian Hu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keke Wang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27117-7" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619662v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shan Li" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benzhong Zhu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changjie Xu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16362" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02614813v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Liang" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxiang Li" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16550" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962147v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Shan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Fei Kuang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wei" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhong-Qi Fan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Deng" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.20.00313" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02916187v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Su" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Li" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eraa114" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386613v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun&#8208;hye Shin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mila" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchun Liu" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Vernoux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15618" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02183254v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Deluche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frangne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gevaudant" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13783" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621382v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Djemal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Khoudi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2018.04.019" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621089v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nan Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihua Zhu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13976" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626871v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Klay" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Gouia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.05.023" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KNPMPMKD-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626490v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Hye Shin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15165" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607612v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Zouine" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattieu Lauvernier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.13711" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494971v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruna Lima-Gomes" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Purgatto" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#225;zaro Eust&#225;quio Pereira Peres" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01859" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630583v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Chaabouni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Islam El-Sharkawy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roustan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jplph.2016.05.017" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NG56RTVT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632203v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Bouaziz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Charfeddine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Jbir" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Najib Sa&#239;di" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11240-015-0823-2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494937v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riza-Arief Putranto" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuifang Duan" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuswanhadi Kuswanhadi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetty Chaidamsari" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryannick Rio" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123618" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636936v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01361" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01264334v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Herlinawati" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Leclercq" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piyanuch Piyatrakul" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms160817885" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244794v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Makhloufi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Ezzahra Yousfi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernadac" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelwahed Ghorbel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2015.1065366" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635318v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevalier" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bourdon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cheniclet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ert366" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02632475v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Diretto" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12771" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635750v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Riahi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Cherif" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/167681" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632820v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bourge" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer C Brown" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.a.22417" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142439v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Hammami" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12033-012-9628-2" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906407v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kesari" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.12305" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208676v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coriton" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5511/plantbiotechnology.13.0319b" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994149v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Ben Amor" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2012.07.029" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855581v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.084053" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00800373v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narasimha Prasad" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangshu Zhang" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunsong Chen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-12-190" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855934v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04568.x" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556734v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingwu Yang" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erp332" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501268v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Latch&#233;" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Pech" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1079/PAVSNNR20094051" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461151v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchive" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mzid" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Deluc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barrieu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erm062" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597595v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiola Jaimes Miranda" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Sanchez-Ballesta" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my Tournier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qaiser Khalil Ahmad" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcj084" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>