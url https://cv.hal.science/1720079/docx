--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -502,161 +502,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04832640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gastric Cross-Sectional Area to Predict Gastric Intolerance in Critically Ill Patients: The Sono-ICU Prospective Observational Bicenter Study</w:t>
+                <w:t xml:space="preserve">Association of preoperative COVID-19 and postoperative respiratory morbidity during the Omicron epidemic wave: the DROMIS-22 multicentre prospective observational cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel El Khoury</w:t>
+                <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Pardo</w:t>
+                <w:t xml:space="preserve">Jean-Michel Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amelie Cambriel</w:t>
+                <w:t xml:space="preserve">Raphaël Cinotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Bonnet</w:t>
+                <w:t xml:space="preserve">Chafia Daoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tai Pham</w:t>
+                <w:t xml:space="preserve">Dimitri Margetis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Explorations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5 (3), pp.e0882. </w:t>
+              <w:t xml:space="preserve">EClinicalMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 58, pp.101881. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CCE.0000000000000882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2023.101881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04090460v1</w:t>
+                <w:t xml:space="preserve">hal-04031017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Updated meta-analysis on intraoperative inspired fraction of oxygen and the risk of surgical site infection in adults undergoing general and regional anesthesia</w:t>
               </w:r>
@@ -681,237 +681,237 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Fasquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.2465. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-023-27588-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03983784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of preoperative COVID-19 and postoperative respiratory morbidity during the Omicron epidemic wave: the DROMIS-22 multicentre prospective observational cohort study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Garnier</w:t>
+                <w:t xml:space="preserve">Gastric Cross-Sectional Area to Predict Gastric Intolerance in Critically Ill Patients: The Sono-ICU Prospective Observational Bicenter Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel El Khoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Constantin</w:t>
+                <w:t xml:space="preserve">Emmanuel Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Cinotti</w:t>
+                <w:t xml:space="preserve">Amelie Cambriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chafia Daoui</w:t>
+                <w:t xml:space="preserve">Francis Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Margetis</w:t>
+                <w:t xml:space="preserve">Tai Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EClinicalMedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 58, pp.101881. </w:t>
+              <w:t xml:space="preserve">Critical Care Explorations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (3), pp.e0882. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eclinm.2023.101881⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1097/CCE.0000000000000882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04031017v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk factors and prognostic significance of infection of totally implantable vascular access port in solid tumor patients: a prospective cohort study</w:t>
               </w:r>
@@ -1191,77 +1191,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Ynineb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Boglietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Quesnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminars in Cardiothoracic and Vascular Anesthesia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 26 (1), pp.90-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1289,429 +1289,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03965978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omicron Variant in the Critical Care Units of the Paris Metropolitan Area: The Reality Research Group</w:t>
+                <w:t xml:space="preserve">Epidural analgesia information sessions provided by anesthetic nurses: impact on satisfaction and anxiety of parturient women a prospective sequential study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Vieillard-Baron</w:t>
+                <w:t xml:space="preserve">Quentin Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
+                <w:t xml:space="preserve">Julien Burey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Salmona</w:t>
+                <w:t xml:space="preserve">Julien Rousset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appoline Chariot</w:t>
+                <w:t xml:space="preserve">Anne Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand de Maupeou D’ableiges</w:t>
+                <w:t xml:space="preserve">Dimitra Mirza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 206 (3), pp.349-363. </w:t>
+              <w:t xml:space="preserve">BMC Anesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22 (1), pp.105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1164/rccm.202202-0411LE⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12871-022-01647-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03996916v1</w:t>
+                <w:t xml:space="preserve">inserm-03692287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidural analgesia information sessions provided by anesthetic nurses: impact on satisfaction and anxiety of parturient women a prospective sequential study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">COVID-19 acute respiratory distress syndrome promotes a specific alternative macrophage polarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Cherel</w:t>
+                <w:t xml:space="preserve">Florian Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Burey</w:t>
+                <w:t xml:space="preserve">Arnaud Mailleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Rousset</w:t>
+                <w:t xml:space="preserve">Laurence Morand-Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Picard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dimitra Mirza</w:t>
+                <w:t xml:space="preserve">Bruno Crestani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Anesthesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12871-022-01647-z⟩</w:t>
+              <w:t xml:space="preserve">Immunology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 251-252, pp.107-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.imlet.2022.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03692287v1</w:t>
+                <w:t xml:space="preserve">hal-03958183v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 acute respiratory distress syndrome promotes a specific alternative macrophage polarization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Garnier</w:t>
+                <w:t xml:space="preserve">Omicron Variant in the Critical Care Units of the Paris Metropolitan Area: The Reality Research Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vieillard-Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Blanchard</w:t>
+                <w:t xml:space="preserve">Rémi Flicoteaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Mailleux</w:t>
+                <w:t xml:space="preserve">Maud Salmona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Morand-Joubert</w:t>
+                <w:t xml:space="preserve">Appoline Chariot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Crestani</w:t>
+                <w:t xml:space="preserve">Bertrand de Maupeou D’ableiges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 251-252, pp.107-112. </w:t>
+              <w:t xml:space="preserve">American Journal of Respiratory and Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 206 (3), pp.349-363. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.imlet.2022.11.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1164/rccm.202202-0411LE⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03958183v2</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03996916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blood fibrocytes are associated with severity and prognosis in COVID-19 pneumonia</w:t>
               </w:r>
@@ -1723,51 +1723,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mada Ghanem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méline Homps-Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Morer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1959,559 +1959,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03319833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidelines: Anaesthesia in the context of COVID-19 pandemic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of intraoperative high versus low inspiratory oxygen fraction (FiO2) on patient's outcome: A systematic review of evidence from the last 20 years</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Fasquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Velly</w:t>
+                <w:t xml:space="preserve">Olivier Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Gayat</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yves Ozier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Quesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 39 (3), pp.395-415. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.accpm.2020.05.012⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 39 (6), pp.847 - 858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.accpm.2020.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02862828v1</w:t>
+                <w:t xml:space="preserve">hal-04414487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of intraoperative high versus low inspiratory oxygen fraction (FiO2) on patient's outcome: A systematic review of evidence from the last 20 years</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Fasquel</w:t>
+                <w:t xml:space="preserve">Guidelines: Anaesthesia in the context of COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Velly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey de Jong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Huet</w:t>
+                <w:t xml:space="preserve">Hervé Quintard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Ozier</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Cuvillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anaesthesia Critical Care &amp; Pain Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 39 (6), pp.847 - 858. </w:t>
+              <w:t xml:space="preserve">, 2020, 39 (3), pp.395-415. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.accpm.2020.07.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.accpm.2020.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04414487v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicentre randomised controlled trial to investigate usefulness of the rapid diagnostic βLACTA test performed directly on bacterial cell pellets from respiratory, urinary or blood samples for the early de-escalation of carbapenems in septic intensive care unit patients: the BLUE-CarbA protocol</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correction to: Functional outcomes in adult patients with herpes simplex encephalitis admitted to the ICU: a multicenter cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salah Gallah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Vimont</w:t>
+                <w:t xml:space="preserve">Adrien Bouglé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yahia Benzerara</w:t>
+                <w:t xml:space="preserve">Sophie Tuffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Labbe</w:t>
+                <w:t xml:space="preserve">Laura Federici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Leone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monsel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2018-024561⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (9), pp.1331-1332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-022-06776-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05463759v1</w:t>
+                <w:t xml:space="preserve">hal-04073602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: Functional outcomes in adult patients with herpes simplex encephalitis admitted to the ICU: a multicenter cohort study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Tuffet</w:t>
+                <w:t xml:space="preserve">Multicentre randomised controlled trial to investigate usefulness of the rapid diagnostic βLACTA test performed directly on bacterial cell pellets from respiratory, urinary or blood samples for the early de-escalation of carbapenems in septic intensive care unit patients: the BLUE-CarbA protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Federici</w:t>
+                <w:t xml:space="preserve">Salah Gallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Leone</w:t>
+                <w:t xml:space="preserve">Yahia Benzerara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Monsel</w:t>
+                <w:t xml:space="preserve">Vincent Labbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 45 (9), pp.1331-1332. </w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (2), pp.e024561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00134-022-06776-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2018-024561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04073602v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05463759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of several methods for pain management after video-assisted thoracic surgery for pneumothorax: an observational study</w:t>
               </w:r>
@@ -2536,51 +2536,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Carella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apostolos C Agrafiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Burey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jalal Assouad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2631,51 +2631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morpho-functional evaluation of lung aeration as a marker of sickle-cell acute chest syndrome severity in the ICU: a prospective cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Mahdi Hafiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2778,51 +2778,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical ventilation in intensive care unit: What needs to be known in 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comite Reanimation de La Sfar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duracher Gout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2899,51 +2899,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Macrophage Polarization Favors Epithelial Repair During Acute Respiratory Distress Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Gibelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3033,64 +3033,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French intensive care unit organisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3167,51 +3167,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of early antimicrobial therapy adaptation guided by the BetaLACTA® test: a case-control study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Rozencwajg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3301,51 +3301,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serum Amyloid P Contained in Alveolar Fluid From Patients With Acute Respiratory Distress Syndrome Mediates the Inhibition of Monocyte Differentiation into Fibrocyte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud A Mailleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3738,51 +3738,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995383v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quenot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Badie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2025.3169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04572879v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Verdonk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gakuba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Charles-Nelson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lescot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2024.101387" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832640v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Gauss" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Moyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia Colas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pichon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delhaye" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-024-02723-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04090460v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel El Khoury" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pardo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Cambriel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bonnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tai Pham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCE.0000000000000882" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann El Maleh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fasquel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Quesnel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garnier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-27588-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031017v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Constantin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cinotti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafia Daoui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Margetis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2023.101881" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178470v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Bailleul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fulgencio" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vimont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mordelet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ray" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2023.104766" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967648v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiko Blondonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Simand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perine Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Borao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourguignon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11102796" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965978v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ynineb" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boglietto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10892532211007664" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996916v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vieillard-Baron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flicoteaux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Salmona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Appoline Chariot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand de Maupeou D&#8217;ableiges" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202202-0411LE" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03692287v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cherel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rousset" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Picard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Mirza" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-022-01647-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958183v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Blanchard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mailleux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Morand-Joubert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Crestani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imlet.2022.11.003" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03416731v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mada Ghanem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Homps-Legrand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Morer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Goletto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajplung.00105.2021" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319833v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berna" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Assouad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bagan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Etienne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.100791" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862828v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Velly" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gayat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Quintard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuvillon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.05.012" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414487v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ozier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.07.019" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463759v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Gallah" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Benzerara" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labbe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-024561" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073602v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bougl&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tuffet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Federici" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leone" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monsel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06776-0" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02282960v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Allain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Carella" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos C Agrafiotis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-019-0797-4" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02317762v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mahdi Hafiani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbelot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Blayau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labb&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0583-y" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791640v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comite Reanimation de La Sfar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duracher Gout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Friggeri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joannes Boyau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2017.12.013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412553v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gibelin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A Mailleux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Le&#231;on" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Hurtado-Nedelec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ccm.0000000000003150" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970224v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duracher-Gout" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joannes-Boyau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2018.10.011" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909450v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Rozencwajg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#224;i Pham" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-017-1746-6" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412487v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Besnard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paer S Abback" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ccm.0000000000001612" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01537978v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Borie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Phin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Debray" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Marchal-Somme" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053736" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995383v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jabaudon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quenot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Badie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Audard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jama.2025.3169" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04572879v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Verdonk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lambert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gakuba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Charles-Nelson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lescot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2024.101387" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832640v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Gauss" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Moyer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clelia Colas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pichon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delhaye" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-024-02723-9" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04031017v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garnier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Constantin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cinotti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafia Daoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Margetis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2023.101881" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann El Maleh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Fasquel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Quesnel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-27588-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04090460v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel El Khoury" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pardo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Cambriel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bonnet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tai Pham" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCE.0000000000000882" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04178470v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Bailleul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Fulgencio" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vimont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Mordelet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ray" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.idnow.2023.104766" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03967648v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raiko Blondonnet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Simand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perine Vidal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Borao" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourguignon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11102796" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965978v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ynineb" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Boglietto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10892532211007664" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03692287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cherel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burey" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rousset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Picard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Mirza" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-022-01647-z" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958183v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mailleux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Morand-Joubert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Crestani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imlet.2022.11.003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996916v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vieillard-Baron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Flicoteaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Salmona" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Appoline Chariot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand de Maupeou D&#8217;ableiges" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202202-0411LE" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03416731v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mada Ghanem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;line Homps-Legrand" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Morer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Goletto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajplung.00105.2021" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03319833v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Berna" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Assouad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bagan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Etienne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.100791" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414487v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ozier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.07.019" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862828v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Velly" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gayat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Jong" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Quintard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cuvillon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2020.05.012" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04073602v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bougl&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tuffet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Federici" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Leone" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monsel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-022-06776-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463759v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Gallah" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Benzerara" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labbe" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-024561" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02282960v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Allain" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Carella" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos C Agrafiotis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-019-0797-4" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02317762v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mahdi Hafiani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Arbelot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Blayau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labb&#233;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-019-0583-y" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791640v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Comite Reanimation de La Sfar" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duracher Gout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Friggeri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joannes Boyau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anrea.2017.12.013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412553v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Gibelin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A Mailleux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Le&#231;on" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Hurtado-Nedelec" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ccm.0000000000003150" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970224v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duracher-Gout" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joannes-Boyau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.accpm.2018.10.011" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909450v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Rozencwajg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#224;i Pham" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-017-1746-6" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412487v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Besnard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paer S Abback" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ccm.0000000000001612" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01537978v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Borie" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Phin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Debray" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Marchal-Somme" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053736" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>