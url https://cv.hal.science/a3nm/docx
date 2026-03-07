--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -174,6081 +174,939 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
-[...5140 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confluence of the Node-Domination and Edge-Domination Hypergraph Rewrite Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi de Pretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locality Testing for NFAs is PSPACE-complete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi de Pretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tighter Bounds for Query Answering with Guarded TGDs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cutwidth Bounds via Vertex Partitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Groz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Circus of Circuits: Connections Between Decision Diagrams, Circuits, and Automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Arenas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoojung Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy van Den Broeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survey of Results on the ModPath and ModCycle Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Non-Cancelling Intersections Conjecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Suciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04603239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connecting Width and Structure in Knowledge Compilation (Extended Version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01614551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Top-k Querying of Unknown Values under Order Constraints (Extended Version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yael Amsterdamer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tova Milo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01439310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined Tractability of Query Evaluation via Tree Automata and Cycluits (Extended Version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01439309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6258,1780 +1116,6922 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approximating Queries on Probabilistic Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy van Bremen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Gaspard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuldeep S. Meel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 21 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/lmcs-21(4:30)2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience for Regular Path Queries: Towards a Complexity Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Gatterbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neha Makhija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the ACM on Management of Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 3 (2), pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3725245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tractable Circuits in Database Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Capelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGMOD record</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 53 (2), pp.6-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3685980.3685982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locality and Centrality: The Variety ZG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Paperman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 19 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/lmcs-19(4:4)2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Can We Answer Queries Using Result-Bounded Data Interfaces?</w:t>
+                <w:t xml:space="preserve">Uniform Reliability of Self-Join-Free Conjunctive Queries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Benedikt</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/lmcs-18(4:3)2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03712199v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniform Reliability of Self-Join-Free Conjunctive Queries</w:t>
+                <w:t xml:space="preserve">When Can We Answer Queries Using Result-Bounded Data Interfaces?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807851v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Dichotomy of Evaluating Homomorphism-Closed Queries on Probabilistic Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İsmail İlkan Ceylan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/lmcs-18(1:2)2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03712200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Mengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Niewerth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Database Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 46 (1), pp.1-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3436487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03402446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
+                <w:t xml:space="preserve">Connecting Knowledge Compilation Classes and Width Parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Matthias Niewerth</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGMOD record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3422648.3422655⟩</w:t>
+              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00224-019-09930-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03046848v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting Knowledge Compilation Classes and Width Parameters</w:t>
+                <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Senellart</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Niewerth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00224-019-09930-2⟩</w:t>
+              <w:t xml:space="preserve">SIGMOD record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (1), pp.25-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3422648.3422655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163749v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03046848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Open-world Query Answering with Number Restrictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Computational Logic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (4), pp.1-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3365834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing Possible and Certain Answers over Order-Incomplete Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Deutch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 797, pp.42-76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tcs.2019.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating Datalog via Tree Automata and Cycluits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theory of Computing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 63 (7), pp.1620-1678. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00224-018-9901-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Query Answering with Transitive and Linear-Ordered Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Vanden Boom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Artificial Intelligence Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 63, pp.191-264. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1613/jair.1.11240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Framework for Sampling-Based XML Data Pricing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruiming Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bressan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 24, pp.116-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01261958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Possibility for Probabilistic XML</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (5), pp.53-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensional Data on the Web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silviu Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM SIGWEB Newsletter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01191721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linear Time Subsequence and Supersequence Regex Matching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florin Manea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Ringleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2025.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic Membership for Regular Tree Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Barloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Paperman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2025.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edge-Minimum Walk of Modular Length in Polynomial Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Groz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Wein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Innovations in Theoretical Computer Science - ITCS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, New York City, United States. pp.5:1-5:23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ITCS.2025.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Skyline Operators for Document Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th International Conference on Database Theory (ICDT 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paestum, Italy. pp.7:1-7:18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPICS.ICDT.2024.7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conjunctive Queries on Probabilistic Graphs: The Limits of Approximability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy van Bremen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuldeep Meel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2024 27th International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paestum, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2024.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranked Enumeration for MSO on Trees via Knowledge Compilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Database Theory (ICDT 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paestum, Italy. pp.5:1-25:18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2024.25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377344v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enumerating Regular Languages with Bounded Delay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STACS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Hamburg, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.STACS.2023.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uniform Reliability for Unbounded Homomorphism-Closed Graph Queries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2023 : 26th International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Ioannina, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2023.14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Query-Guided Resolution in Uncertain Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osnat Drien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matanya Freiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIGMOD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Washington, United States. pp.Article No.: 180, Pages 1 - 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3589325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Worst-case Analysis for Interactive Evaluation of Boolean Provenance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TaPP workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Philadelphia, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weighted Counting of Matchings in Unbounded-Treewidth Graph Families</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2022.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficient enumeration algorithms for annotated grammars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martín Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Riveros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Philadelphie, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3517804.3526232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Managing Consent for Data Access in Shared Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osnat Drien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 IEEE 37th International Conference on Data Engineering (ICDE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Chania, Greece. pp.1949-1954, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICDE51399.2021.00182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uniform Reliability of Self-Join-Free Conjunctive Queries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th International Conference on Database Theory (ICDT 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Nicosia, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2021.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic Membership for Regular Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Paperman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2021 - 48th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Glasgow, United Kingdom. pp.116:1--116:17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICALP.2021.116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computing and Illustrating Query Rewritings on Path Views with Binding Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoleta Preda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on information and knowledge management (CIKM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, virtual, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3340531.3417431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dichotomy for Homomorphism-Closed Queries on Probabilistic Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İsmail İlkan Ceylan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2020.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Equivalent Rewritings on Path Views with Binding Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoleta Preda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th Extended Semantic Web Conference, ESWC 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Online, France. pp.446-462, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-49461-2_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smoothing Structured Decomposable Circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Shih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy van Den Broeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Beame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NeurIPS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enumeration on Trees with Tractable Combined Complexity and Efficient Updates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Niewerth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Amsterdam, France. pp.89-103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3294052.3319702⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Niewerth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Lisbon, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2019.22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topological Sorting with Regular Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Paperman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2018 - 45th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic. pp.115:1--115:14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When Can We Answer Queries Using Result-Bounded Data Interfaces?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Houston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02079064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connecting Width and Structure in Knowledge Compilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2018 - 21st International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Vienna, Austria. pp.1-17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2018.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enumeration on Trees under Relabelings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21st International Conference on Database Theory,ICDT 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2018.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combined Tractability of Query Evaluation via Tree Automata and Cycluits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2017 - International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Venice, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2017.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Top-k Queries on Unknown Values under Order Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Venice, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conjunctive Queries on Probabilistic Graphs: Combined Complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principles of Database Systems (PODS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3034786.3056121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Possible and Certain Answers for Queries over Order-Incomplete Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Deutch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th International Symposium on Temporal Representation and Reasoning (TIME 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Mons, Belgium. pp.4:1-4:19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.TIME.2017.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614571v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting Completeness in Knowledge Bases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Galárraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Razniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WSDM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01472488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Circuit-Based Approach to Efficient Enumeration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2017 - 44th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Varsovie, Poland. pp.1-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICALP.2017.111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Top-k Querying of Unknown Values under Order Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2017 - International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Venice, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2017.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Query Answering with Transitive and Linear-Ordered Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Vanden Boom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Twenty-Fifth International Joint Conference on Artificial Intelligence, IJCAI 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, New York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tractable Lineages on Treelike Instances: Limits and Extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS (Principles of Database Systems)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, San Francisco, United States. pp.355-370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01336514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Challenges for Efficient Query Evaluation on Structured Probabilistic Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silviu Maniu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUM 2016 - 10th International Conference Scalable Uncertainty Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Nice, France. pp.323-330, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-45856-4_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01360167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining Existential Rules and Description Logics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IJCAI 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Buenos Aires, Argentina. pp.2691-2697</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finite Open-World Query Answering with Number Restrictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LICS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Kyoto, Japan. pp.305-316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circuits de provenance pour les arbres et les instances quasi-arborescentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BDA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structurally Tractable Uncertain Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIGMOD/PODS Ph.D. Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Melbourne, Australia. pp.39-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Requêtes sur des données à ordre incomplet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Deutch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BDA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Provenance Circuits for Trees and Treelike Instances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Kyoto, Japan. pp.56-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IBEX: Harvesting Entities from the Web Using Unique Identifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliaksandr Talaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Biega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WebDB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Melbourne, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uncertainty in Crowd Data Sourcing under Structural Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UnCrowd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Bali, Indonesia. pp.351-359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Possibility Problem for Probabilistic XML</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alberto Mendelzon International Workshop on Foundations of Data Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Carthagène des Indes, Colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Get a Sample for a Discount: Sampling-Based XML Data Pricing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiming Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bressan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DEXA (Database and Expert Systems Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Munich, Germany. pp.20-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Complexity of Mining Itemsets from the Crowd Using Taxonomies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT (International Conference on Database Theory)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Athens, Greece. pp.15-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent Topics of Research around the YAGO Knowledge Base</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Galárraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoleta Preda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia-Pacific Web Conference (APWEB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Changsha, China. pp.1-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Connections between Relational and XML Probabilistic Data Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BNCOD (British National Conference on Databases)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Oxford, United Kingdom. pp.121-134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross-Fertilizing Deep Web Analysis and Ontology Enrichment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilena Oita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VLDS (Very Large Data Search)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.21-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00737941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can code polymorphism limit information leakage?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Naccache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rauzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Workshop on Information Security Theory and Practices (WISTP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Heraklion, Crete, Greece. pp.1-21, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191721v1</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-21040-2_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01110259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8304,51 +8304,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6217F5C1"/>
+    <w:nsid w:val="090783A7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8535,51 +8535,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/a3nm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7977-4441" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195286677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/61147602413357640283" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407156v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Amarilli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Manea" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Ringleb" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schmid" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407144v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Barloy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jachiet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Paperman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.8" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778343v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Kimelfeld" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Labb&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mengel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPICS.ICDT.2024.7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871556v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy van Bremen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep Meel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.15" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871489v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Groz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wein" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITCS.2025.5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04377344v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourhis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Capelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Monet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.25" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osnat Drien" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matanya Freiman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Amsterdamer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589325" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871580v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2023.14" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940590v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2023.8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712197v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2022.9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712198v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654592v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Riveros" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3517804.3526232" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712201v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE51399.2021.00182" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712202v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2021.17" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466453v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2021.116" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03108517v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Romero" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Preda" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Suchanek" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3340531.3417431" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941907v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;smail &#304;lkan Ceylan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2020.5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M. Suchanek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-49461-2_26" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338336v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Shih" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy van Den Broeck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Beame" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326243v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Niewerth" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294052.3319702" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338344v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2019.22" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950909v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02079064v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Benedikt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01851564v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Senellart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.6" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412744v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.5" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01486634v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3034786.3056121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439294v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287482v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tova Milo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614571v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Ba" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Deutch" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TIME.2017.4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472488v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Gal&#225;rraga" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Razniewski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439295v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01639179v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2017.111" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336514v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413881v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vanden Boom" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01360167v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu Maniu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_22" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190601v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190580v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287157v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190610v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288441v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01178399v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190629v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliaksandr Talaika" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Biega" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190716v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190712v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01069820v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiming Tang" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bressan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00986184v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190642v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00874445v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00737941v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Oita" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01110259v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha M&#252;ller" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Naccache" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Page" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rauzy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21040-2_1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407139v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi de Pretto" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407131v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871495v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407161v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Groz" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871512v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Arenas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoojung Choi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871498v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04603239v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Suciu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614551v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439310v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439309v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871474v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Gaspard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep S. Meel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-21(4:30)2025" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871464v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gatterbauer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Makhija" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3725245" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871509v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3685980.3685982" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589443v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-19(4:4)2023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712199v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807851v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(4:3)2022" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712200v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(1:2)2022" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402446v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3436487" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046848v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3422648.3422655" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02163749v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-019-09930-2" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941917v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3365834" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891814v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2019.05.013" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891811v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-018-9901-2" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338348v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.11240" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01261958v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336826v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01191721v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04065298v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01345836v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016ENST0021" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/a3nm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7977-4441" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195286677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/61147602413357640283" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407139v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Amarilli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Monet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi de Pretto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407131v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871495v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Benedikt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407161v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Groz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871512v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Arenas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoojung Choi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy van Den Broeck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871498v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04603239v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Suciu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614551v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Senellart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439310v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Amsterdamer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tova Milo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439309v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourhis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871474v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy van Bremen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Gaspard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep S. Meel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-21(4:30)2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871464v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gatterbauer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Makhija" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3725245" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871509v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Capelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3685980.3685982" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Paperman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-19(4:4)2023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807851v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Kimelfeld" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(4:3)2022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712199v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712200v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;smail &#304;lkan Ceylan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(1:2)2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402446v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mengel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Niewerth" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3436487" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02163749v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-019-09930-2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3422648.3422655" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941917v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3365834" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891814v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Ba" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Deutch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2019.05.013" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891811v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-018-9901-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vanden Boom" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.11240" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01261958v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiming Tang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bressan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336826v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01191721v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu Maniu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407156v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Manea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Ringleb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schmid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407144v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Barloy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jachiet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871489v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Groz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wein" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITCS.2025.5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778343v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Labb&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPICS.ICDT.2024.7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871556v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep Meel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.15" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04377344v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.25" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940590v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2023.8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871580v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2023.14" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871570v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osnat Drien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matanya Freiman" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589325" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712198v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712197v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2022.9" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Riveros" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3517804.3526232" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712201v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE51399.2021.00182" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712202v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2021.17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2021.116" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03108517v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Romero" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Preda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Suchanek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3340531.3417431" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941907v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2020.5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876611v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M. Suchanek" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-49461-2_26" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338336v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Shih" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Beame" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326243v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294052.3319702" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338344v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2019.22" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950909v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02079064v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01851564v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.6" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412744v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.5" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439294v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287482v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01486634v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3034786.3056121" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614571v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TIME.2017.4" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472488v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Gal&#225;rraga" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Razniewski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01639179v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2017.111" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439295v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413881v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336514v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01360167v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_22" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190601v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190580v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287157v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190610v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288441v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01178399v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190629v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliaksandr Talaika" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Biega" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190716v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190712v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01069820v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00986184v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190642v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00874445v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00737941v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Oita" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01110259v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha M&#252;ller" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Naccache" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Page" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rauzy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21040-2_1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04065298v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01345836v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016ENST0021" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>