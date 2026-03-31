--- v1 (2026-03-07)
+++ v2 (2026-03-31)
@@ -174,7952 +174,8219 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (10)</w:t>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confluence of the Node-Domination and Edge-Domination Hypergraph Rewrite Rules</w:t>
+                <w:t xml:space="preserve">On the Complexity of Language Membership for Probabilistic Words</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi de Pretto</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">Paul Raphaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Salvati</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STACS 2026 - International Symposium on Theoretical Aspects of Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2026, Grenoble, France. 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.STACS.2026.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gray Codes With Constant Delay and Constant Auxiliary Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadime Francis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Marsault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407139v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05570008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locality Testing for NFAs is PSPACE-complete</w:t>
+                <w:t xml:space="preserve">Confluence of the Node-Domination and Edge-Domination Hypergraph Rewrite Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi de Pretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407131v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tighter Bounds for Query Answering with Guarded TGDs</w:t>
+                <w:t xml:space="preserve">Locality Testing for NFAs is PSPACE-complete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Benedikt</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi de Pretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871495v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cutwidth Bounds via Vertex Partitions</w:t>
+                <w:t xml:space="preserve">Tighter Bounds for Query Answering with Guarded TGDs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoît Groz</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407161v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Circus of Circuits: Connections Between Decision Diagrams, Circuits, and Automata</w:t>
+                <w:t xml:space="preserve">Cutwidth Bounds via Vertex Partitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Groz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871512v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survey of Results on the ModPath and ModCycle Problems</w:t>
+                <w:t xml:space="preserve">A Circus of Circuits: Connections Between Decision Diagrams, Circuits, and Automata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Arenas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoojung Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy van Den Broeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04871498v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Non-Cancelling Intersections Conjecture</w:t>
+                <w:t xml:space="preserve">Survey of Results on the ModPath and ModCycle Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04603239v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting Width and Structure in Knowledge Compilation (Extended Version)</w:t>
+                <w:t xml:space="preserve">The Non-Cancelling Intersections Conjecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Suciu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01614551v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04603239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Top-k Querying of Unknown Values under Order Constraints (Extended Version)</w:t>
+                <w:t xml:space="preserve">Connecting Width and Structure in Knowledge Compilation (Extended Version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2017</w:t>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01439310v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Top-k Querying of Unknown Values under Order Constraints (Extended Version)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Combined Tractability of Query Evaluation via Tree Automata and Cycluits (Extended Version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01439309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (50)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linear Time Subsequence and Supersequence Regex Matching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florin Manea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Ringleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Schmid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2025.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic Membership for Regular Tree Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Barloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Paperman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Warsaw, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2025.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Skyline Operators for Document Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th International Conference on Database Theory (ICDT 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paestum, Italy. pp.7:1-7:18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPICS.ICDT.2024.7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conjunctive Queries on Probabilistic Graphs: The Limits of Approximability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy van Bremen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kuldeep Meel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2024 27th International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paestum, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2024.15⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edge-Minimum Walk of Modular Length in Polynomial Time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Groz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Wein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Innovations in Theoretical Computer Science - ITCS 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, New York City, United States. pp.5:1-5:23, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ITCS.2025.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ranked Enumeration for MSO on Trees via Knowledge Compilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Database Theory (ICDT 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paestum, Italy. pp.5:1-25:18, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2024.25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04377344v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uniform Reliability for Unbounded Homomorphism-Closed Graph Queries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2023 : 26th International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Ioannina, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2023.14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Query-Guided Resolution in Uncertain Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osnat Drien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matanya Freiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIGMOD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Washington, United States. pp.Article No.: 180, Pages 1 - 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3589325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04871570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enumerating Regular Languages with Bounded Delay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STACS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Hamburg, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.STACS.2023.8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03940590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weighted Counting of Matchings in Unbounded-Treewidth Graph Families</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MFCS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.MFCS.2022.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Worst-case Analysis for Interactive Evaluation of Boolean Provenance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TaPP workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Philadelphia, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Efficient enumeration algorithms for annotated grammars</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martín Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristian Riveros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Philadelphie, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3517804.3526232⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03654592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Managing Consent for Data Access in Shared Databases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osnat Drien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2021 IEEE 37th International Conference on Data Engineering (ICDE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Chania, Greece. pp.1949-1954, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICDE51399.2021.00182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uniform Reliability of Self-Join-Free Conjunctive Queries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th International Conference on Database Theory (ICDT 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Nicosia, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2021.17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamic Membership for Regular Languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Paperman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2021 - 48th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Glasgow, United Kingdom. pp.116:1--116:17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICALP.2021.116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03466453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computing and Illustrating Query Rewritings on Path Views with Binding Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoleta Preda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on information and knowledge management (CIKM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, virtual, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3340531.3417431⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dichotomy for Homomorphism-Closed Queries on Probabilistic Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">İsmail İlkan Ceylan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Copenhagen, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2020.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Equivalent Rewritings on Path Views with Binding Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Romero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoleta Preda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17th Extended Semantic Web Conference, ESWC 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Online, France. pp.446-462, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-49461-2_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02876611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smoothing Structured Decomposable Circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andy Shih</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy van Den Broeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Beame</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NeurIPS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338336v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enumeration on Trees with Tractable Combined Complexity and Efficient Updates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Niewerth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Amsterdam, France. pp.89-103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3294052.3319702⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02326243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Niewerth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Lisbon, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2019.22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02338344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Topological Sorting with Regular Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Paperman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2018 - 45th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Prague, Czech Republic. pp.115:1--115:14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When Can We Answer Queries Using Result-Bounded Data Interfaces?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Houston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02079064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Connecting Width and Structure in Knowledge Compilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2018 - 21st International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Vienna, Austria. pp.1-17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2018.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01851564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enumeration on Trees under Relabelings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21st International Conference on Database Theory,ICDT 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2018.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02412744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conjunctive Queries on Probabilistic Graphs: Combined Complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principles of Database Systems (PODS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3034786.3056121⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combined Tractability of Query Evaluation via Tree Automata and Cycluits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2017 - International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Venice, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2017.6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Top-k Queries on Unknown Values under Order Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Venice, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting Completeness in Knowledge Bases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Galárraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Razniewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WSDM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01472488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Possible and Certain Answers for Queries over Order-Incomplete Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Deutch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24th International Symposium on Temporal Representation and Reasoning (TIME 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Mons, Belgium. pp.4:1-4:19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.TIME.2017.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01614571v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Circuit-Based Approach to Efficient Enumeration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Jachiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2017 - 44th International Colloquium on Automata, Languages, and Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Varsovie, Poland. pp.1-15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICALP.2017.111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01639179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Top-k Querying of Unknown Values under Order Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT 2017 - International Conference on Database Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Venice, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICDT.2017.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01439295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tractable Lineages on Treelike Instances: Limits and Extensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PODS (Principles of Database Systems)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, San Francisco, United States. pp.355-370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01336514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Query Answering with Transitive and Linear-Ordered Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Vanden Boom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Twenty-Fifth International Joint Conference on Artificial Intelligence, IJCAI 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, New York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Challenges for Efficient Query Evaluation on Structured Probabilistic Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silviu Maniu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SUM 2016 - 10th International Conference Scalable Uncertainty Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Nice, France. pp.323-330, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-45856-4_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01360167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining Existential Rules and Description Logics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IJCAI 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Buenos Aires, Argentina. pp.2691-2697</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Finite Open-World Query Answering with Number Restrictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LICS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Kyoto, Japan. pp.305-316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circuits de provenance pour les arbres et les instances quasi-arborescentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BDA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structurally Tractable Uncertain Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIGMOD/PODS Ph.D. Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Melbourne, Australia. pp.39-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Requêtes sur des données à ordre incomplet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Deutch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BDA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Provenance Circuits for Trees and Treelike Instances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICALP 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Kyoto, Japan. pp.56-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IBEX: Harvesting Entities from the Web Using Unique Identifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliaksandr Talaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Biega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WebDB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Melbourne, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uncertainty in Crowd Data Sourcing under Structural Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UnCrowd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Bali, Indonesia. pp.351-359</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Possibility Problem for Probabilistic XML</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alberto Mendelzon International Workshop on Foundations of Data Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Carthagène des Indes, Colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Get a Sample for a Discount: Sampling-Based XML Data Pricing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiming Tang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bressan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DEXA (Database and Expert Systems Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Munich, Germany. pp.20-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01069820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Complexity of Mining Itemsets from the Crowd Using Taxonomies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yael Amsterdamer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tova Milo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDT (International Conference on Database Theory)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Athens, Greece. pp.15-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00986184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent Topics of Research around the YAGO Knowledge Base</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Galárraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoleta Preda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian M. Suchanek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia-Pacific Web Conference (APWEB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Changsha, China. pp.1-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Connections between Relational and XML Probabilistic Data Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BNCOD (British National Conference on Databases)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Oxford, United Kingdom. pp.121-134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00874445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cross-Fertilizing Deep Web Analysis and Ontology Enrichment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilena Oita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VLDS (Very Large Data Search)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Istanbul, Turkey. pp.21-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00737941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can code polymorphism limit information leakage?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Amarilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sascha Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Naccache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Rauzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th Workshop on Information Security Theory and Practices (WISTP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Heraklion, Crete, Greece. pp.1-21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-21040-2_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01110259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approximating Queries on Probabilistic Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timothy van Bremen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Gaspard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kuldeep S. Meel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 21 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/lmcs-21(4:30)2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience for Regular Path Queries: Towards a Complexity Classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Gatterbauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neha Makhija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the ACM on Management of Data</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 3 (2), pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3725245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tractable Circuits in Database Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Capelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGMOD record</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 53 (2), pp.6-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3685980.3685982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Locality and Centrality: The Variety ZG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Paperman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 19 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/lmcs-19(4:4)2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniform Reliability of Self-Join-Free Conjunctive Queries</w:t>
+                <w:t xml:space="preserve">When Can We Answer Queries Using Result-Bounded Data Interfaces?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807851v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When Can We Answer Queries Using Result-Bounded Data Interfaces?</w:t>
+                <w:t xml:space="preserve">Uniform Reliability of Self-Join-Free Conjunctive Queries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Benedikt</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benny Kimelfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/lmcs-18(4:3)2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03712199v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Dichotomy of Evaluating Homomorphism-Closed Queries on Probabilistic Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">İsmail İlkan Ceylan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logical Methods in Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46298/lmcs-18(1:2)2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03712200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Mengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Niewerth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Database Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 46 (1), pp.1-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3436487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03402446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting Knowledge Compilation Classes and Width Parameters</w:t>
+                <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Senellart</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Mengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Niewerth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00224-019-09930-2⟩</w:t>
+              <w:t xml:space="preserve">SIGMOD record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (1), pp.25-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3422648.3422655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02163749v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03046848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constant-Delay Enumeration for Nondeterministic Document Spanners</w:t>
+                <w:t xml:space="preserve">Connecting Knowledge Compilation Classes and Width Parameters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Matthias Niewerth</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Monet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGMOD record</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3422648.3422655⟩</w:t>
+              <w:t xml:space="preserve">Theory of Computing Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00224-019-09930-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03046848v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02163749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Open-world Query Answering with Number Restrictions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Computational Logic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (4), pp.1-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3365834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing Possible and Certain Answers over Order-Incomplete Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouhamadou Lamine Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Deutch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 797, pp.42-76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tcs.2019.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating Datalog via Tree Automata and Cycluits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Monet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theory of Computing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 63 (7), pp.1620-1678. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00224-018-9901-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Query Answering with Transitive and Linear-Ordered Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Benedikt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bourhis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Vanden Boom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Artificial Intelligence Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 63, pp.191-264. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1613/jair.1.11240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02338348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Framework for Sampling-Based XML Data Pricing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruiming Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Bressan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Large-Scale Data- and Knowledge-Centered Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 24, pp.116-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01261958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Possibility for Probabilistic XML</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (5), pp.53-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01336826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensional Data on the Web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silviu Maniu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Senellart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM SIGWEB Newsletter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01191721v1</w:t>
-              </w:r>
-[...5140 lines deleted...]
-                <w:t xml:space="preserve">hal-01110259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Query Evaluation: Enumeration, Maintenance, Reliability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Computer Science [cs]. Institut polytechnique de Paris, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04065298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8129,114 +8396,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging the structure of uncertain data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Amarilli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Databases [cs.DB]. Télécom ParisTech, 2016. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016ENST0021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01345836v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId190"/>
+      <w:footerReference w:type="default" r:id="rId198"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8304,51 +8571,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="090783A7"/>
+    <w:nsid w:val="9CF43437"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8535,51 +8802,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/a3nm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7977-4441" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195286677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/61147602413357640283" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407139v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Amarilli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Monet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi de Pretto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407131v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871495v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Benedikt" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407161v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Groz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871512v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Arenas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoojung Choi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy van Den Broeck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871498v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04603239v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Suciu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614551v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Senellart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439310v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Amsterdamer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tova Milo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439309v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourhis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871474v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy van Bremen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Gaspard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep S. Meel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-21(4:30)2025" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871464v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gatterbauer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Makhija" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3725245" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871509v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Capelli" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3685980.3685982" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Paperman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-19(4:4)2023" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807851v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Kimelfeld" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(4:3)2022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712199v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712200v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;smail &#304;lkan Ceylan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(1:2)2022" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402446v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mengel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Niewerth" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3436487" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02163749v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-019-09930-2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3422648.3422655" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941917v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3365834" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891814v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Ba" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Deutch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2019.05.013" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891811v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-018-9901-2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338348v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vanden Boom" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.11240" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01261958v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiming Tang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bressan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336826v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01191721v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu Maniu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407156v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Manea" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Ringleb" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schmid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407144v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Barloy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jachiet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871489v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Groz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wein" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITCS.2025.5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778343v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Labb&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPICS.ICDT.2024.7" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871556v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep Meel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.15" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04377344v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.25" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940590v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2023.8" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871580v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2023.14" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871570v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osnat Drien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matanya Freiman" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589325" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712198v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712197v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2022.9" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654592v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Riveros" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3517804.3526232" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712201v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE51399.2021.00182" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712202v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2021.17" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466453v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2021.116" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03108517v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Romero" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Preda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Suchanek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3340531.3417431" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941907v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2020.5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876611v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M. Suchanek" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-49461-2_26" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338336v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Shih" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Beame" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326243v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294052.3319702" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338344v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2019.22" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950909v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02079064v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01851564v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.6" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412744v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.5" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439294v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.6" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287482v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01486634v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3034786.3056121" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614571v2" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TIME.2017.4" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472488v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Gal&#225;rraga" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Razniewski" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01639179v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2017.111" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439295v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413881v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336514v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01360167v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_22" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190601v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190580v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287157v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190610v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288441v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01178399v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190629v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliaksandr Talaika" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Biega" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190716v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190712v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01069820v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00986184v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190642v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00874445v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00737941v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Oita" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01110259v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha M&#252;ller" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Naccache" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Page" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rauzy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21040-2_1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04065298v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01345836v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016ENST0021" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/a3nm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7977-4441" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/195286677" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/61147602413357640283" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560571v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Amarilli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Monet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rapha&#235;l" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Salvati" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2026.5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05570008v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire David" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadime Francis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Marsault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407139v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi de Pretto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407131v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871495v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Benedikt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407161v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Groz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871512v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Arenas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoojung Choi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy van Den Broeck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871498v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04603239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Suciu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614551v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Senellart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439310v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Amsterdamer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tova Milo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439309v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourhis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407156v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Manea" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina Ringleb" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Schmid" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.9" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407144v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Barloy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jachiet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Paperman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2025.8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778343v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benny Kimelfeld" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Labb&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Mengel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPICS.ICDT.2024.7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871556v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy van Bremen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep Meel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.15" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871489v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Groz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Wein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITCS.2025.5" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04377344v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Capelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2024.25" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871580v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2023.14" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871570v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osnat Drien" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matanya Freiman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3589325" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940590v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.STACS.2023.8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712197v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.MFCS.2022.9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712198v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03654592v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Mu&#241;oz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Riveros" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3517804.3526232" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712201v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDE51399.2021.00182" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712202v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2021.17" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466453v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2021.116" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-03108517v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Romero" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoleta Preda" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Suchanek" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3340531.3417431" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941907v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#304;smail &#304;lkan Ceylan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2020.5" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876611v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian M. Suchanek" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-49461-2_26" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338336v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Shih" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Beame" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326243v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Niewerth" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3294052.3319702" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338344v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2019.22" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950909v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02079064v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01851564v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02412744v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2018.5" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01486634v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3034786.3056121" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439294v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.6" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287482v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472488v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Gal&#225;rraga" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Razniewski" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01614571v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Lamine Ba" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Deutch" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TIME.2017.4" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01639179v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICALP.2017.111" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01439295v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICDT.2017.5" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336514v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413881v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Vanden Boom" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01360167v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu Maniu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45856-4_22" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190601v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190580v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190610v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288441v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01178399v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190629v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliaksandr Talaika" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Biega" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190716v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190712v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01069820v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiming Tang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bressan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00986184v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01190642v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00874445v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00737941v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Oita" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01110259v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sascha M&#252;ller" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Naccache" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Page" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Rauzy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-21040-2_1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871474v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Gaspard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuldeep S. Meel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-21(4:30)2025" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Gatterbauer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Makhija" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3725245" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04871509v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3685980.3685982" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589443v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-19(4:4)2023" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712199v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807851v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(4:3)2022" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03712200v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/lmcs-18(1:2)2022" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402446v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3436487" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046848v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3422648.3422655" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02163749v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-019-09930-2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941917v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3365834" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891814v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcs.2019.05.013" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891811v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00224-018-9901-2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02338348v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1613/jair.1.11240" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01261958v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01336826v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01191721v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04065298v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01345836v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016ENST0021" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>