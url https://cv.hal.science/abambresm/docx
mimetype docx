--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1648,291 +1648,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074656v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural network-based formula for shear capacity prediction of one-way slabs under concentrated loads</w:t>
+                <w:t xml:space="preserve">Ineffective Obsessions in Brazilian Academia and Proposals Towards Meritocracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Abambres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana E Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Lantsoght</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02074675v3</w:t>
+                <w:t xml:space="preserve">hal-02074849v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of Neural Networks for Structural Damage Localization</w:t>
+                <w:t xml:space="preserve">Neural network-based formula for shear capacity prediction of one-way slabs under concentrated loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Abambres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Lantsoght</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graciela Doz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-02074844v2</w:t>
+                <w:t xml:space="preserve">hal-02074675v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ineffective Obsessions in Brazilian Academia and Proposals Towards Meritocracy</w:t>
+                <w:t xml:space="preserve">Potential of Neural Networks for Structural Damage Localization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Abambres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiago Ribeiro</w:t>
+                <w:t xml:space="preserve">Marília Marcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana E Sousa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eva Lantsoght</w:t>
+                <w:t xml:space="preserve">Graciela Doz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02074849v2</w:t>
+                <w:t xml:space="preserve">hal-02074844v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural Network-based formula for the buckling load prediction of I-section cellular steel beams</w:t>
               </w:r>
@@ -1957,51 +1957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Komal Rajana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Tsavdaridis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiago Ribeiro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2013,203 +2013,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074835v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural network-based analytical model to predict the shear strength of steel girders with a trapezoidal corrugated web</w:t>
+                <w:t xml:space="preserve">Research Counts, Not the Journal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Abambres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jun He</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana E Sousa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Lantsoght</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02074778v3</w:t>
+                <w:t xml:space="preserve">hal-02074859v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Research Counts, Not the Journal</w:t>
+                <w:t xml:space="preserve">Neural network-based analytical model to predict the shear strength of steel girders with a trapezoidal corrugated web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Abambres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Eva Lantsoght</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jun He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02074859v3</w:t>
+                <w:t xml:space="preserve">hal-02074778v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of ANN in Pavement Engineering: State-of-Art</w:t>
               </w:r>
@@ -2439,51 +2439,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02422210v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Abambres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450455v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinar Camotim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Silvestre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450457v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Camotim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Silvestre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450451v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450449v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450453v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450450v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411624v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450452v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450454v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450456v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903288v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Cabello" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487526v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Lantsoght" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281227v4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074833v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun He" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293627v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lantsoght" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074656v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Corr&#234;a" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Pinto da Costa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Sim&#245;es" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074675v3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074844v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;lia Marcy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Doz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074849v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ribeiro" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana E Sousa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074835v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komal Rajana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Tsavdaridis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074778v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074859v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066889v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelino Ferreira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02422210v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Abambres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450455v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinar Camotim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Silvestre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450457v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Camotim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Silvestre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450451v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450449v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450453v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450450v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411624v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450452v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450454v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02450456v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903288v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Cabello" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487526v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Lantsoght" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02281227v4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074833v3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun He" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293627v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Lantsoght" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074656v3" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Corr&#234;a" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Pinto da Costa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Sim&#245;es" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074849v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ribeiro" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana E Sousa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074675v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074844v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;lia Marcy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graciela Doz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074835v3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komal Rajana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Tsavdaridis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074859v3" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074778v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066889v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelino Ferreira" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>