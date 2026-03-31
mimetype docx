--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -806,616 +806,616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04322260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding eco-anxiety: Exploring relationships with environmental trait affects, connectedness to nature, depression, anxiety, and media exposure.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exposition aux événements traumatogènes et coping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Macherey</w:t>
+                <w:t xml:space="preserve">Ornella Ouagazzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Goutaudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bodic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-024-06098-y⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 183 (issue 6), pp.614-619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2024.03.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792639v1</w:t>
+                <w:t xml:space="preserve">hal-04817978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposition aux événements traumatogènes et coping</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nelly Goutaudier</w:t>
+                <w:t xml:space="preserve">Understanding eco-anxiety: Exploring relationships with environmental trait affects, connectedness to nature, depression, anxiety, and media exposure.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Jalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bodic</w:t>
+                <w:t xml:space="preserve">Arthur Macherey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 183 (issue 6), pp.614-619. </w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (28), pp.23455-23468. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2024.03.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12144-024-06098-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04817978v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacité de la thérapie cognitivo-comportementale (TCC) chez l’adolescent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thérapie Interpersonnelle (TIP) chez l’adolescent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+                <w:t xml:space="preserve">Yann l'Hegaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Denis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Villemonteix</w:t>
+                <w:t xml:space="preserve">Nicolas Neveux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emc Psychiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, A paraître, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0246-1072(23)43625-5⟩</w:t>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0246-1072(23)47262-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04369475v1</w:t>
+                <w:t xml:space="preserve">hal-04504938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Willingness to be vaccinated against COVID-19: the role of risk perception, trust in institutions, and affects</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+                <w:t xml:space="preserve">Efficacité de la thérapie cognitivo-comportementale (TCC) chez l’adolescent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hélène Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Villemonteix</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1182114⟩</w:t>
+              <w:t xml:space="preserve">Emc Psychiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0246-1072(23)43625-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04224040v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04369475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thérapie Interpersonnelle (TIP) chez l’adolescent</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yann l'Hegaret</w:t>
+                <w:t xml:space="preserve">Willingness to be vaccinated against COVID-19: the role of risk perception, trust in institutions, and affects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Neveux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emc Psychiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0246-1072(23)47262-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1182114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504938v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04224040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperémèse gravidique : une étude de cas</w:t>
               </w:r>
@@ -1764,51 +1764,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How regulation strategies protected or worsened emotional experience during France's three lockdowns: Prepandemic versus pandemic comparisons and longitudinal approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2009,806 +2009,806 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03796475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychological Profile, Emotion Regulation, and Aggression in Police Applicants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“I Will Be Healthy”: Ideal Self in Patients with Alzheimer’s Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grazia Ceschi</w:t>
+                <w:t xml:space="preserve">Ahmed A Moustafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Meylan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+                <w:t xml:space="preserve">Karim Gallouj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emin Altintas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Police and Criminal Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11896-022-09548-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 6 (1), pp.775-781. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/ADR-220041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286865v1</w:t>
+                <w:t xml:space="preserve">hal-04237797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional exhaustion and fear of COVID-19 in geriatric facilities during the COVID-19 pandemic.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdel-Halim Boudoukha</w:t>
+                <w:t xml:space="preserve">Appréhender l’éco-anxiété : une approche clinique et phénoménologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Olivier</w:t>
+                <w:t xml:space="preserve">C. Chandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andréa Lizio</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A.-H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Geriatric Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, International Journal of Geriatric Psychiatry, 37 (8), </w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/gps.5781⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04031674v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychiatric comorbidities of obsessive-compulsive disorder: A series of systematic reviews and meta-analyses</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conséquences psychologiques du premier confinement en France : différences individuelles et vécu affectif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Deledalle</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Congard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-M Galharret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Sapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jclp.23240⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03661239v1</w:t>
+                <w:t xml:space="preserve">hal-03688175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences psychologiques du premier confinement en France : différences individuelles et vécu affectif</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Psychological Profile, Emotion Regulation, and Aggression in Police Applicants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Sapin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grazia Ceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Meylan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.02.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Police and Criminal Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37, pp.962 - 971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11896-022-09548-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688175v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender l’éco-anxiété : une approche clinique et phénoménologique</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne Congard</w:t>
+                <w:t xml:space="preserve">Emotional exhaustion and fear of COVID-19 in geriatric facilities during the COVID-19 pandemic.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emin Altintas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-H. Boudoukha</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Camille Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andréa Lizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.03.003⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Geriatric Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, International Journal of Geriatric Psychiatry, 37 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/gps.5781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03835560v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04031674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“I Will Be Healthy”: Ideal Self in Patients with Alzheimer’s Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+                <w:t xml:space="preserve">Psychiatric comorbidities of obsessive-compulsive disorder: A series of systematic reviews and meta-analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Deledalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emin Altintas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 6 (1), pp.775-781. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 78 (4), pp.469-484. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/ADR-220041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jclp.23240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04237797v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trauma Exposure and Mental Health Prevalence Among First Aiders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Rowe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grazia Ceschi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3028,51 +3028,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasemin Karaca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréa Lizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Luyat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3117,469 +3117,469 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03699116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Future-Oriented Repetitive Thought: Pessimistic View of Future in Patients With Alzheimer Disease</w:t>
+                <w:t xml:space="preserve">The face of future : Face expressions during future thinking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Haj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emin Altintas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Moustafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Moustafa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 34 (3), pp.216-221. </w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 74 (8), pp.1360-1367. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0891988720924723⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1747021821992991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349618v1</w:t>
+                <w:t xml:space="preserve">hal-04914157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burnout et médecine palliative : souffrances psychiques des internes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Zinger-Maurin</w:t>
+                <w:t xml:space="preserve">Future-Oriented Repetitive Thought: Pessimistic View of Future in Patients With Alzheimer Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Moustafa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Palliative</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medpal.2020.04.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geriatric Psychiatry and Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (3), pp.216-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0891988720924723⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332357v1</w:t>
+                <w:t xml:space="preserve">hal-03349618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Version française de l’échelle d’alliance thérapeutique entre le supervisé et le superviseur (BSWAI-fr) : une étude pilote</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien Fouques</w:t>
+                <w:t xml:space="preserve">Burnout et médecine palliative : souffrances psychiques des internes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Zinger-Maurin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/J.AMP.2021.02.003⟩</w:t>
+              <w:t xml:space="preserve">Médecine Palliative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20 (3), pp.135-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medpal.2020.04.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04006181v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The face of future : Face expressions during future thinking</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+                <w:t xml:space="preserve">Version française de l’échelle d’alliance thérapeutique entre le supervisé et le superviseur (BSWAI-fr) : une étude pilote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Julien Sweerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Romo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Fouques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 74 (8), pp.1360-1367. </w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 179 (6), pp.519-523. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/1747021821992991⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/J.AMP.2021.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04914157v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Exhaustion in Geriatric Healthcare Professionals During the COVID-19 Second Lockdown</w:t>
               </w:r>
@@ -3699,436 +3699,436 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Version française de l’échelle d’alliance thérapeutique entre le supervisé et le superviseur (BSWAI-fr)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Julien Sweerts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Romo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Fouques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 179 (6), pp.519-523. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/J.AMP.2021.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“La vie en rose”: a positive shift of autobiographical memory in Alzheimer’s disease</w:t>
+                <w:t xml:space="preserve">Burnout of Healthcare Workers in Acute Care Geriatric Facilities During the COVID-19 Crisis: An Online-Based Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Haj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Antoine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Allain</w:t>
+                <w:t xml:space="preserve">Ronan Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Annweiler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Boutoleau-Bretonnière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Chapelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 86, pp.103953. </w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 78 (2), pp.847-852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.archger.2019.103953⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/JAD-201029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03341425v1</w:t>
+                <w:t xml:space="preserve">hal-03619042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burnout of Healthcare Workers in Acute Care Geriatric Facilities During the COVID-19 Crisis: An Online-Based Study</w:t>
+                <w:t xml:space="preserve">“La vie en rose”: a positive shift of autobiographical memory in Alzheimer’s disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamad El Haj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Moustafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronan Allain</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Chapelet</w:t>
+                <w:t xml:space="preserve">Pascal Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 78 (2), pp.847-852. </w:t>
+              <w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 86, pp.103953. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAD-201029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.archger.2019.103953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03619042v1</w:t>
+                <w:t xml:space="preserve">hal-03341425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La croissance posttraumatique : quand le traumatisme devient bénéfique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Goutaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Clarys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4463,334 +4463,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02970796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Memories Supporting Myself: Autobiographical Memory Supports Self-Continuity in Alzheimer’s Disease</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Burnout et lombalgies chroniques liées au travail : l’importance des dimensions interpersonnelles comme facteurs de risque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Roquelaure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jeoffrion</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/jad-190440⟩</w:t>
+              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 177 (3), pp.243-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.amp.2017.09.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03343464v1</w:t>
+                <w:t xml:space="preserve">hal-02391755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burnout et lombalgies chroniques liées au travail : l’importance des dimensions interpersonnelles comme facteurs de risque</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Memories Supporting Myself: Autobiographical Memory Supports Self-Continuity in Alzheimer’s Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El Haj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Moustafa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Gallouj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 177 (3), pp.243-249. </w:t>
+              <w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 70 (4), p.1217-1224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.amp.2017.09.015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/jad-190440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02391755v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing exposure to traumatic events : construction and validation of the Inventory of Traumatic Events (IET)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornella Ouagazzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 29 (2), pp.67-74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4863,51 +4863,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Bernoussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Potard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Trauma &amp; Dissociation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5071,90 +5071,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consommation de substances psychoactives chez les internes : une stratégie de régulation du stress professionnel ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornella Ouagazzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Séjourné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 176 (10), pp.985-990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5201,64 +5201,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When Traumatic event Exposure Characteristics Matter: Impact of Traumatic event Exposure Characteristics on Post-traumatic and Dissociative Symptoms.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ornella Ouagazzal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Goutaudier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychological Trauma: Theory, Research, Pratice, and Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 9 (5), pp.561-566. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5452,51 +5452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Faye-Dumanget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5543,90 +5543,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic low back pain and the transdiagnostic process How do cognitive and emotional dysregulations contribute to the intensity of risk factors and pain?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Roquelaure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Pain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (1), pp.309-315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5660,51 +5660,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traumatic events and early maladaptive schemas (EMS): Prison guard psychological vulnerability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Przygodzki-Lionet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5764,90 +5764,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de l’efficacité d’une thérapie comportementale et cognitive (TCC) de groupe auprès de patients souffrant de lombalgies chroniques liées au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Le Borgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Roquelaure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 26 (3), pp.131-138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5920,51 +5920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fontayne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Romo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6015,90 +6015,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inpatients-to-caregivers violence in geriatric settings: impact of assaults on caregivers’ mental health, risk, and protective factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Le Borgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Henri Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jeoffrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irène Capponi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6139,226 +6139,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04592138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic organisationnel et prévention des risques psychosociaux dans un établissement d'accueil pour personnes âgées : l'intérêt d'une méthodologie mixte et participative</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Risques organisationnels et burn-out</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jeoffrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Santé Mentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 190, pp.30-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03355746v1</w:t>
+                <w:t xml:space="preserve">hal-03355737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risques organisationnels et burn-out</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">Diagnostic organisationnel et prévention des risques psychosociaux dans un établissement d'accueil pour personnes âgées : l'intérêt d'une méthodologie mixte et participative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jeoffrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Hamard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Mentale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (4), pp.373-399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/th.774.0373⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03355737v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03355746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Everyday life psychopathology: Validation of a new cognitive failure's questionnaire</w:t>
               </w:r>
@@ -6370,51 +6370,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Vom Hofe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 59 (2), pp.167-182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6461,51 +6461,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’exclusion des femmes de l’exercice du pouvoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Falabrègues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de psychologie politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 22 (janvier), Non spécifié. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6656,51 +6656,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croyances dysfonctionnelles liées au craving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Guilbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6998,51 +6998,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dyschésie psychologique de l’enfant : anxiété, éducation comportementale et TCC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 23 (3), pp.124-131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7115,51 +7115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Romo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Salomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7214,51 +7214,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adult attachment and emotional awareness impairment: a multimethod assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fantini-Hauwel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Arciszewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7299,317 +7299,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03332421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anxiété et stress : impact de la préparation du concours de pharmacie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+                <w:t xml:space="preserve">Burnout et victimisations : effets des agressions des personnes détenues envers les personnels de surveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hautekeete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Bonnaud-Antignac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Acier</w:t>
+                <w:t xml:space="preserve">Sid Abdellaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Chaillou</w:t>
+                <w:t xml:space="preserve">W. Groux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Garay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2011.07.010⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 37 (4), pp.284-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2010.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332413v1</w:t>
+                <w:t xml:space="preserve">hal-03332409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burnout et victimisations : effets des agressions des personnes détenues envers les personnels de surveillance</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sid Abdellaoui</w:t>
+                <w:t xml:space="preserve">Anxiété et stress : impact de la préparation du concours de pharmacie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Groux</w:t>
+                <w:t xml:space="preserve">Angélique Bonnaud-Antignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Garay</w:t>
+                <w:t xml:space="preserve">Amandine Chaillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 37 (4), pp.284-292. </w:t>
+              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (3), pp.90-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2010.08.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2011.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03332409v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alcoolo-dépendance et trouble de stress post-traumatique. Épidémiologie, étiologie et psychothérapies validées empiriquement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éraldi-Gackière, Daniela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7634,51 +7634,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiety and coping of nursing staff: Is prison a factor of protection?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hautekeete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7764,51 +7764,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiété et coping des soignants : la prison est-elle un facteur de protection ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hautekeete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7894,51 +7894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiété et coping des soignants : la prison est-elle un facteur de protection ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Hautekeete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8181,90 +8181,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Première vague affective du COVID 19 : Modèles en courbe de croissance et changement de trajectoire affective avec le déconfinement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Navarro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8306,51 +8306,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PTSD and COVID-19: when repeated lockdowns hinder mental health!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.H. Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8358,51 +8358,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52th congress of the European Association for Behavioural and Cognitive Therapies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Behavioural and Cognitive Therapies, Sep 2022, Barcelone (Espagne), France</w:t>
@@ -9275,217 +9275,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04845378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 4. Les approches psychopathologiques du symptôme : comment peut-on l’interpréter ?</w:t>
+                <w:t xml:space="preserve">Chapitre 2. Qu’est-ce que la psychologie clinique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cyrille Bouvet; Abdel-Halim Boudoukha. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les 22 grandes notions de la psychologie clinique et de la psychopathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dunod, pp.73-86, 2021, 978-2-10-081986-7. </w:t>
+              <w:t xml:space="preserve">, Dunod, pp.43-54, 2021, 978-2-10-081986-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dunod.bouve.2021.01.0071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dunod.bouve.2021.01.0041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738132v1</w:t>
+                <w:t xml:space="preserve">hal-04738124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 2. Qu’est-ce que la psychologie clinique ?</w:t>
+                <w:t xml:space="preserve">Chapitre 4. Les approches psychopathologiques du symptôme : comment peut-on l’interpréter ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cyrille Bouvet; Abdel-Halim Boudoukha. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les 22 grandes notions de la psychologie clinique et de la psychopathologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dunod, pp.43-54, 2021, 978-2-10-081986-7. </w:t>
+              <w:t xml:space="preserve">, Dunod, pp.73-86, 2021, 978-2-10-081986-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/dunod.bouve.2021.01.0041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dunod.bouve.2021.01.0071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738124v1</w:t>
+                <w:t xml:space="preserve">hal-04738132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9660,51 +9660,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fontayne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Romo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9889,90 +9889,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeunes en détention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sid Abdellaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Blatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Auzoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Boudoukha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Combaluzier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10101,51 +10101,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A2597E6D"/>
+    <w:nsid w:val="586A73AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10332,51 +10332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/abdel-boudoukha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9317-0396" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136765866" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969442v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Atig Le Griguer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel H. Boudoukha" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2024.11.007" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05327576v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jalin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2025.102805" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327852v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chand&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Halim Boudoukha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacob" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rollon Poinsot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2024.101010" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153717v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Verhulst" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arsandaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10468781251353674" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322260v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Flaudias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Martinot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Damase" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.11.011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04792639v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Macherey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-024-06098-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04817978v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Ouagazzal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Goutaudier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodic" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2024.03.016" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369475v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Denis" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemonteix" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0246-1072(23)43625-5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04224040v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1182114" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504938v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann l'Hegaret" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Neveux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0246-1072(23)47262-8" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416482v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Capponi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04227145v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Denizot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mennuti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miele" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20065198" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166663v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Lanza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verdi&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bertelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Dubos-Paillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151411063" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03981749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2023.103857" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796475v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emin Altintas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasemin Karaca" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2022.2093923" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286865v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Ceschi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Meylan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rowe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11896-022-09548-0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04031674v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Olivier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Lizio" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5781" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661239v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.23240" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688175v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Congard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boudoukha" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Galharret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bret" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sapin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.02.001" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835560v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jalin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chandes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-H. Boudoukha" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.03.003" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237797v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed A Moustafa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Gallouj" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ADR-220041" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286961v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.824549" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03763799v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schleyer-Lindenmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39495" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03699116v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Luyat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2022.104745" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03349618v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Moustafa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0891988720924723" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332357v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Denis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zinger-Maurin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2020.04.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04006181v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Julien Sweerts" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Boudoukha" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fouques" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.AMP.2021.02.003" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04914157v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021821992991" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03349331v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Annweiler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutoleau-Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chapelet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-210615" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04594018v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03341425v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Antoine" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2019.103953" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619042v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Allain" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-201029" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594038v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre&#239;-Cristian Cristian Tudorache" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpmfor.2020.05.006" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746955v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Henry" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laurent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/ppm0000245" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970796v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Jouannic" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ameline" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Pasquon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tran Duc Minh" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12208585" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03343464v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jad-190440" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02391755v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Le Borgne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Petit" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roquelaure" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.09.015" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345223v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.12.001" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02363184v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ouagazzal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bernoussi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2019.06.001" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04594058v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faye-Dumanget" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Belleil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanche" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marjolet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.09.012" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345274v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.10.014" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01902623v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/tra0000243" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345465v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Quistrebert-Davanne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levesque" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nizard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2017.03.004" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454427v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.12771" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881589v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sjpain.2017.08.008" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911879v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Przygodzki-Lionet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hautekeete" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2011.05.004" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03321858v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2016.06.007" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03322487v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Martin-Krumm" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kern" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fontayne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11205-014-0774-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04592138v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Garnier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/trm0000046" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355746v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Hamard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.774.0373" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355737v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355579v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carr&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vom Hofe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2013.07.003" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04594089v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Falabr&#232;gues" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_757" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333315v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.525.0209" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355730v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guilbaud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.08.004" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623587v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rusinek" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Graziani" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Fonseca" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332438v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fantini-Hauwel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hautekeete" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0886260512475314" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355581v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2013.06.004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566756v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salom&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332421v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fantini-Hauwel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arciszewski" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/snp.v2i0.10744" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332413v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chaillou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2011.07.010" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332409v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Abdellaoui" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Groux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garay" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2010.08.006" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332400v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;raldi-Gacki&#232;re, Daniela" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332380v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hautekeete-Sence" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cousin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calesse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.03.013" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580181v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332376v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cousin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Calesse" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038541v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325882v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beffara Bret" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328767v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03683863v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01421975v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kern" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kotbagi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morvan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ah. Boudoukha" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481765v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wagner" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rocher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.2696.4082" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200128v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bouvet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01550861v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552728v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Khocha" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04845378v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Dusseaux-Edom" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780367824358-4" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738132v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bouve.2021.01.0071" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738124v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bouve.2021.01.0041" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324668v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chauchard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Simon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Galan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevens Rouzo" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061671v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03906306v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Haule" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Charrier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918777v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blatier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Auzoult" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Combaluzier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/abdel-boudoukha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9317-0396" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136765866" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969442v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Atig Le Griguer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel H. Boudoukha" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2024.11.007" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05327576v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jalin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2025.102805" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05327852v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chand&#232;s" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Halim Boudoukha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacob" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rollon Poinsot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2024.101010" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153717v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Naud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Verhulst" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Arsandaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10468781251353674" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322260v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Flaudias" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pires" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Martinot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Damase" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2023.11.011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04817978v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Ouagazzal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Goutaudier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodic" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2024.03.016" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04792639v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Macherey" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-024-06098-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504938v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann l'Hegaret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Neveux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0246-1072(23)47262-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369475v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Denis" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Villemonteix" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0246-1072(23)43625-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04224040v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1182114" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416482v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Capponi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04227145v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Denizot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mennuti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miele" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20065198" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04166663v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Lanza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damienne Provitolo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Verdi&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bertelle" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Dubos-Paillard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151411063" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03981749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2023.103857" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796475v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emin Altintas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasemin Karaca" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El Haj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2022.2093923" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237797v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed A Moustafa" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Gallouj" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/ADR-220041" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835560v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jalin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chandes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-H. Boudoukha" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.03.003" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688175v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Congard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boudoukha" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Galharret" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bret" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sapin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.02.001" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286865v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grazia Ceschi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Meylan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rowe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11896-022-09548-0" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04031674v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Olivier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Lizio" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/gps.5781" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661239v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.23240" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286961v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.824549" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03763799v2" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tricot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schleyer-Lindenmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39495" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03699116v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Luyat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2022.104745" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04914157v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Moustafa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021821992991" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03349618v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0891988720924723" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332357v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Denis" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Zinger-Maurin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2020.04.005" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04006181v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Julien Sweerts" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Boudoukha" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fouques" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.AMP.2021.02.003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03349331v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Annweiler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boutoleau-Bretonni&#232;re" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chapelet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-210615" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-04594018v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619042v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Allain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-201029" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03341425v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Antoine" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2019.103953" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594038v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Clarys" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre&#239;-Cristian Cristian Tudorache" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpmfor.2020.05.006" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746955v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Henry" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Courtois" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laurent" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/ppm0000245" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970796v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Jouannic" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ameline" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Pasquon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tran Duc Minh" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12208585" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02391755v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Le Borgne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Petit" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Roquelaure" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.09.015" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03343464v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/jad-190440" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345223v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.12.001" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02363184v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Ouagazzal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bernoussi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2019.06.001" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04594058v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Faye-Dumanget" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Belleil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Blanche" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Marjolet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.09.012" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345274v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.10.014" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01902623v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/tra0000243" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345465v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Quistrebert-Davanne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levesque" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gu&#233;rin" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nizard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2017.03.004" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454427v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jep.12771" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01881589v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sjpain.2017.08.008" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911879v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Przygodzki-Lionet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hautekeete" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2011.05.004" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03321858v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2016.06.007" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03322487v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Martin-Krumm" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kern" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fontayne" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11205-014-0774-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04592138v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Garnier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/trm0000046" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355737v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355746v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Hamard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.774.0373" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355579v2" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carr&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vom Hofe" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2013.07.003" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04594089v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Falabr&#232;gues" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34745/numerev_757" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333315v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bacro" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.525.0209" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355730v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guilbaud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.08.004" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623587v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rusinek" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Graziani" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David da Fonseca" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332438v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fantini-Hauwel" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hautekeete" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0886260512475314" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355581v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2013.06.004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566756v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salom&#233;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332421v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fantini-Hauwel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Arciszewski" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/snp.v2i0.10744" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332409v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sid Abdellaoui" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Groux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Garay" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2010.08.006" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332413v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chaillou" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2011.07.010" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332400v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;raldi-Gacki&#232;re, Daniela" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332380v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hautekeete-Sence" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cousin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calesse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2009.03.013" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580181v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332376v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cousin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Calesse" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038541v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325882v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beffara Bret" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328767v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03683863v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01421975v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kern" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Kotbagi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Morvan" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ah. Boudoukha" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481765v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wagner" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rocher" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.2696.4082" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200128v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Bouvet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01550861v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552728v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Khocha" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04845378v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Dusseaux-Edom" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780367824358-4" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738124v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bouve.2021.01.0041" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738132v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bouve.2021.01.0071" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324668v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chauchard" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Simon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Galan" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevens Rouzo" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061671v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03906306v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Haule" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Charrier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01918777v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Blatier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Auzoult" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Combaluzier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>