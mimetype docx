--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -602,472 +602,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04320612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation de sources en acoustique sous-marine passive</w:t>
+                <w:t xml:space="preserve">Émulation de Systèmes Cyber-Physiques sur FPGA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rozenn Gourvès-Cousin</w:t>
+                <w:t xml:space="preserve">Maelic Louart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Labat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Le Lann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">GRETSI'22 XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France. pp.481-484</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03847918v1</w:t>
+                <w:t xml:space="preserve">hal-03839578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximation de l'entropie de von Neumann de graphes pour une analyse de vulnérabilité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Localisation de sources en acoustique sous-marine passive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Daré-Emzivat</w:t>
+                <w:t xml:space="preserve">Rozenn Gourvès-Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Préaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765240v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03847918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de détection des Falsifications des Positions des Messages AIS Basée sur l'Application du Filtre IMM</w:t>
+                <w:t xml:space="preserve">Approximation de l'entropie de von Neumann de graphes pour une analyse de vulnérabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maelic Louart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
+                <w:t xml:space="preserve">Tristan Averty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Daré-Emzivat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Le Roy</w:t>
+                <w:t xml:space="preserve">Yves Préaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gretsi'22 XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
+              <w:t xml:space="preserve">GRETSI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03859377v1</w:t>
+                <w:t xml:space="preserve">hal-03765240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émulation de Systèmes Cyber-Physiques sur FPGA</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Stratégie de détection des Falsifications des Positions des Messages AIS Basée sur l'Application du Filtre IMM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maelic Louart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Lann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Le Roy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI'22 XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France. pp.481-484</w:t>
+              <w:t xml:space="preserve">Gretsi'22 XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03839578v1</w:t>
+                <w:t xml:space="preserve">hal-03859377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-Dimensional Spreading waveform for Adaptive Rate Acoustic Underwater Communication</w:t>
               </w:r>
@@ -1164,593 +1164,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03497566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur la modélisation du bruit en détection d'anomalie magnétique</w:t>
+                <w:t xml:space="preserve">Antartic blue whale localization with ocean bottom seismometers in southern indian ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Tanguy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Richard Dreo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Bouffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Barruol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GRETSI, Sep 2017, Juan Les Pins, France</w:t>
+              <w:t xml:space="preserve">UACE2017 - 4th Underwater Acoustics Conference and Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Skiatos Island, Greece. pp.87-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04691099v1</w:t>
+                <w:t xml:space="preserve">hal-02140838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filtrage Adapté Stochastique passif pour la détection de plongeurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesure de similarité de signaux par opérateur d'énergie croisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Préaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Cexus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iwao Fujino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Bouffaut</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+                <w:t xml:space="preserve">Laurent Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Juan les pins, France. pp.4</w:t>
+              <w:t xml:space="preserve">26° Colloque GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143392v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antarctic Blue Whale Calls Detection Based on an Improved Version of the Stochastic Matched Filter</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Barruol</w:t>
+                <w:t xml:space="preserve">Sur la modélisation du bruit en détection d'anomalie magnétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Boudraa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 25th European Signal Processing Conference (EUSIPCO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRETSI, Sep 2017, Juan Les Pins, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2017.8081624⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02140787v1</w:t>
+                <w:t xml:space="preserve">hal-04691099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure de similarité de signaux par opérateur d'énergie croisée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Filtrage Adapté Stochastique passif pour la détection de plongeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Bouffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dreo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurent Guillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26° Colloque GRETSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Juan-les-Pins, France</w:t>
+              <w:t xml:space="preserve">GRETSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Juan les pins, France. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670785v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02143392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antartic blue whale localization with ocean bottom seismometers in southern indian ocean</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Antarctic Blue Whale Calls Detection Based on an Improved Version of the Stochastic Matched Filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Bouffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dreo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Dreo</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Guilhem Barruol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UACE2017 - 4th Underwater Acoustics Conference and Exhibition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 25th European Signal Processing Conference (EUSIPCO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Kos Island, Greece. pp.2383-2387, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO.2017.8081624⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02140838v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02140787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'images ISAR par Décomposition Modale Empirique et Représentation Temps-Fréquence</w:t>
               </w:r>
@@ -2368,98 +2368,2214 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 09 : European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00498439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ship detection and tracking from single ocean-bottom seismic and hydroacoustic stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alister Trabattoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Barruol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dréo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 153, pp.260 - 273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/10.0016810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04019952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of AIS Messages Falsifications and Spoofing by Checking Messages Compliance with TDMA Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maelic Louart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Lann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 136, pp.103983. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsp.2023.103983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multidimensional directional derivatives and AM-FM dual-band image demodulation by higher order Teager-Kaiser operators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129, pp.103641. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsp.2022.103641⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Performance Optimization of Underwater Communication Links at Different Ranges for AIS Relay to AUV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Laot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app12094166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03684299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Behavior of MEMD in Presence of Multivariate Fractional Gaussian Noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Flandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Andre Astolfi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 69, pp.2676-2688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2021.3074005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03372943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blind separation of ECG signals from noisy signals affected by electrosurgical artifacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Bensafia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Haddab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ariès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analog Integrated Circuits and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10470-020-01674-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02882649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audio coding via EMD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kais Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chonavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounia Turki Hadj-Alouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104, pp.102770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dsp.2020.102770⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02902533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the behavior of EMD and MEMD in presence of symmetric alpha-stable noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Nolan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (7), pp.818-822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2014.2371132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01089465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Image source detection for geoacoustic inversion by Teager-Kaiser energy operator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Drira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 135 (6), pp.EL258-EL264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4874235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01071050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EMD-Based Filtering Using Similarity Measure Between Probability Density Functions of IMFs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Augier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 63 (1), pp.27-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2013.2275243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01083721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Speech enhancement using empirical mode decomposition and the Teager–Kaiser energy operator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kais Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Komaty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 135 (1), pp.451-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.4837835⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Psi_B-energy operator and cross-power spectral density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chonavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Cexus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 94, pp.236-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2013.05.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01088196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HHT-based audio coding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kais Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Torrésani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chonavel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11760-013-0433-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new class of multi-dimensional Teager Kaiser and higher order operators based on directional derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Salzenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chonavel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multidimensional Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 24 (3), pp.543-572. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11045-012-0179-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00704168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audio watermarking via EMD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kais Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Audio, Speech and Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21 (3), pp.675-680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASL.2012.2227733⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01087064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multicomponent AM-FM signals analysis based on EMD-B-splines ESA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkhalek Bouchikhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 92 (9), pp.2214-2228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sigpro.2012.02.014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01090557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voiced speech enhancement based on adaptive filtering of selected intrinsic mode functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kais Khaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monia Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advances in Adaptive Data Analysis </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2 (1), pp.65-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S1793536910000409⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01087176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of intrinsic mode functions: A PDE approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Hadji Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radjesvarane Alexandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (4), pp.398-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2009.2038770⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01087092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Relationships between Psi_B energy operator and some time-frequency representations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Signal Processing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (6), pp.527-530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LSP.2010.2045548⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01083621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réseaux de neurones convolutifs profonds pour la détection et la localisation de navires sur des images satellitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Szkolnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2475,2173 +4591,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIXème Colloque Francophone de Traitement du Signal et des Images (GRETSI'23)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04691090v1</w:t>
-              </w:r>
-[...2114 lines deleted...]
-                <w:t xml:space="preserve">hal-01087092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4672,51 +4672,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teager-Kaiser energy operators in time-frequency analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Ouahab Boudraa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Salzenstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">B. Boashash. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Time-Frequency Signal Analysis and Processing: A Comprehensive Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 78, Elsevier, pp.196-204, 2015, 978-0-12-398499-9. </w:t>
@@ -4856,51 +4856,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="50E38968"/>
+    <w:nsid w:val="3F74B172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5087,51 +5087,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/abdel-boudraa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6717-6965" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/263145541855396600061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682911v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Roignant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Josse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Boudraa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Szkolnik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Penven" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682904v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=EL-Hadji Samba Diop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-O Boudraa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04320612v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Ouahab Boudraa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cexus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847918v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gourv&#232;s-Cousin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765240v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Averty" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dar&#233;-Emzivat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pr&#233;aux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859377v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelic Louart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Lann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839578v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497566v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Imbert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705842" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691099v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Tanguy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143392v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bouffaut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dreo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140787v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081624" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01670785v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwao Fujino" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140838v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241499v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hadj Bay Ahmed" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Toumi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090551v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Komaty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dare" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626523v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Abdel Latif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Osswald" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486746v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Khaldi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Torresani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Turki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498439v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Samaali" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691090v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816183v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2023.103983" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019952v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dr&#233;o" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0016810" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03684299v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Imbert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12094166" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797674v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salzenstein" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2022.103641" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372943v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Flandrin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Andre Astolfi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2021.3074005" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02882649v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Bensafia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mansour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Haddab" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ari&#232;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01674-1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902533v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia Turki Hadj-Alouane" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2020.102770" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089465v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Nolan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2014.2371132" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083721v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Augier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2013.2275243" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084175v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4837835" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088196v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2013.05.022" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071050v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Drira" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4874235" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704168v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11045-012-0179-2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818033v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Torr&#233;sani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-013-0433-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087064v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2012.2227733" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090557v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkhalek Bouchikhi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2012.02.014" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083621v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2010.2045548" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087176v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793536910000409" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087092v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Diop" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radjesvarane Alexandre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2009.2038770" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279398v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2018.03.010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTDPGJZP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/abdel-boudraa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6717-6965" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/263145541855396600061" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682911v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Roignant" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Josse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Boudraa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Szkolnik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Penven" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682904v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=EL-Hadji Samba Diop" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-O Boudraa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-04320612v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Ouahab Boudraa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cexus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839578v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelic Louart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Lann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Roy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847918v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Gourv&#232;s-Cousin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Labat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765240v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Averty" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dar&#233;-Emzivat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pr&#233;aux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03859377v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497566v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Imbert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705842" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140838v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dreo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bouffaut" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guillon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Barruol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01670785v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwao Fujino" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691099v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Tanguy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143392v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140787v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081624" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01241499v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hadj Bay Ahmed" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmalek Toumi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090551v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Komaty" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dare" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626523v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassam Abdel Latif" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Osswald" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486746v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Khaldi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Torresani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Turki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498449v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00498439v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Samaali" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019952v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alister Trabattoni" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dr&#233;o" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0016810" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816183v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2023.103983" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797674v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Salzenstein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2022.103641" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-03684299v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Imbert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12094166" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372943v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Flandrin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Amblard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Andre Astolfi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2021.3074005" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02882649v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Bensafia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mansour" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Haddab" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ari&#232;s" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-020-01674-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902533v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia Turki Hadj-Alouane" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2020.102770" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089465v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Nolan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2014.2371132" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071050v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Drira" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4874235" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083721v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Augier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2013.2275243" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01084175v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4837835" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088196v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2013.05.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818033v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Torr&#233;sani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-013-0433-6" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704168v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11045-012-0179-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087064v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASL.2012.2227733" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01090557v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkhalek Bouchikhi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2012.02.014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087176v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S1793536910000409" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087092v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadji Diop" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radjesvarane Alexandre" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2009.2038770" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01083621v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LSP.2010.2045548" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691090v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279398v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsp.2018.03.010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTDPGJZP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>