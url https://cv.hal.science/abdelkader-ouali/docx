--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1741,277 +1741,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03658500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving SAR analysis via pharmacophoric feature selection and feature transformation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fouille de Motifs Fermés et Diversifiés Basée sur la Relaxation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnold Hien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Loudni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Aribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahia Lebbah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hajar Rehioui</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alban Lepailleur</w:t>
+                <w:t xml:space="preserve">Amine Laghzaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th SFCi</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Lille, France</w:t>
+              <w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données (CIFSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03786797v1</w:t>
+                <w:t xml:space="preserve">hal-03686185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille de Motifs Fermés et Diversifiés Basée sur la Relaxation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yahia Lebbah</w:t>
+                <w:t xml:space="preserve">Improving SAR analysis via pharmacophoric feature selection and feature transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hajar Rehioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Ouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Couronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amine Laghzaoui</w:t>
+                <w:t xml:space="preserve">Alban Lepailleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Internationale Francophone sur la Science des Données (CIFSD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">10th SFCi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03686185v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03786797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Feature Selection Method based on Tree Decomposition of Correlation Graph</w:t>
               </w:r>
@@ -3333,265 +3333,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02088803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche parallèle coopérative exploitant la décomposition arborescente dans VNS</w:t>
+                <w:t xml:space="preserve">Cooperative parallel decomposition guided VNS for solving Weighted CSP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Loudni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakhdar Loukil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Boizumault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahia Lebbah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Colloque sur l'Optimisation et les Systèmes d'Information et les Systèmes d'Information (COSI 2014)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th Int. Workshop on Hybrid MetaHeuristics (HM 14)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, hamburg, Germany. pp 100-114, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-07644-7_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01026276v1</w:t>
+                <w:t xml:space="preserve">hal-01024659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative parallel decomposition guided VNS for solving Weighted CSP</w:t>
+                <w:t xml:space="preserve">Une approche parallèle coopérative exploitant la décomposition arborescente dans VNS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Loudni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lakhdar Loukil</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Boizumault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yahia Lebbah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Int. Workshop on Hybrid MetaHeuristics (HM 14)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11ème Colloque sur l'Optimisation et les Systèmes d'Information et les Systèmes d'Information (COSI 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Béjaia, Algeria. pp.P1-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-07644-7_8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01024659v1</w:t>
+                <w:t xml:space="preserve">hal-01026276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3635,51 +3635,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lehembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Lepailleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3794,51 +3794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Couronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3944,51 +3944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Lehembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Couronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Crémilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4082,51 +4082,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Couronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Crémilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4520,51 +4520,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491840v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawad Bekkoucha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Diop" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boizumault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2026.102566" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589011v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lehembre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Zimmermann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cuissart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-024-01037-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719085v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Hien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Aribi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Loudni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lebbah" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-024-09373-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779874v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufia Bennai" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Amroun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04667-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02463467v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allouche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2019.103194" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095122v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931430v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644326v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60597-0_4" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644333v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042541v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33374-3_20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576019v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658500v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bureau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lamotte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-01333-1_15" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786797v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Rehioui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couronne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lepailleur" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686185v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laghzaoui" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194229v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyoman Juniarta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709850v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIA.-.1-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818827v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785380v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Katsirelos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628162v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733961v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597819v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57529-2_23" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597804v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02480619v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088803v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loudni Samir" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026276v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Loukil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024659v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07644-7_8" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057516v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2965103b75bfde799d013a8168869ed8b6009223;origin=https://hal.archives-ouvertes.fr/hal-04057516;visit=swh:1:snp:34a1933583e423c3e278e01f7af0c30cd9bba03a;anchor=swh:1:rel:292195ed6b833ebe641c1cdaf573e4c699948d6f;path=/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661997v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764657v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Manguin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764647v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177634v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Katsirelos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491840v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawad Bekkoucha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Diop" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cr&#233;milleux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Boizumault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.datak.2026.102566" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589011v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lehembre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albrecht Zimmermann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cuissart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-024-01037-8" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719085v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnold Hien" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Aribi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Loudni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Lebbah" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10601-024-09373-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779874v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufia Bennai" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Amroun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11227-022-04667-1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02463467v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Allouche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon de Givry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.artint.2019.103194" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095122v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931430v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644326v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-60597-0_4" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644333v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042541v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-33374-3_20" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576019v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Reynaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03658500v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bureau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lamotte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-01333-1_15" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03686185v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laghzaoui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786797v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajar Rehioui" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couronne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lepailleur" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194229v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyoman Juniarta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709850v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733676v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RIA.-.1-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01818827v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785380v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Katsirelos" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Zytnicki" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628162v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733961v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597819v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57529-2_23" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597804v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02480619v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02088803v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loudni Samir" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024659v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Loukil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07644-7_8" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026276v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057516v2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:2965103b75bfde799d013a8168869ed8b6009223;origin=https://hal.archives-ouvertes.fr/hal-04057516;visit=swh:1:snp:34a1933583e423c3e278e01f7af0c30cd9bba03a;anchor=swh:1:rel:292195ed6b833ebe641c1cdaf573e4c699948d6f;path=/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661997v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764657v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Manguin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764647v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177634v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Katsirelos" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-45223-0_4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>