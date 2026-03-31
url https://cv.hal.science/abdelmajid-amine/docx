--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Abdelmajid Amine </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre en s'amusant ! Quand l'expérience de visite muséale se vit au travers d'une application gamifiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinda Agrebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quinio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Grandpierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, May 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et si la labellisation venait au secours des appareils reconditionnés ! Impact du label RECQ sur la réticence à l'achat de smartphones reconditionnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafsa Saadane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, May 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'efficacité des stratégies de gamification et de personnalisation dans la phase d'entrée en relation en ligne avec un prospect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Jouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Venise (IT), Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les marques coopèrent avec les membres de leur communauté en ligne pour promouvoir une consommation plus responsable ! Une lecture au prisme de la co-création/co-destruction de valeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamilia Aouaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Etienne Thil, Oct 2024, Monpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04752064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What delivery choices do eco-responsible consumers make when shopping online ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Paillart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Venise, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04419615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadeau à portée de clic… Impact des offres de cadeaux conditionnées à un seuil sur le montant du panier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Vigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EFFETS DES TYPES DE FEEDBACK SUR LA VALEUR PERÇUE DE L'EXPERIENCE DES PARTICIPANTS AU CROWDSOURCING GAMIFIE EN SITUATION DE PERTE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma SIALA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème congrès international de l'afm : Vannes 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Université Bretagne Sud (UBS), Le laboratoire d’Economie et de Gestion de l’Ouest (LEGO ), May 2023, Vannes (Bretagne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des influenceuses en ligne sur l’attitude et l’intention d’achat du vin – Une investigation sur le réseau Instagram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Joffrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délégation de la gestion de la relation client aux communautés de marque en ligne. Enjeux des motivations des membres à s’impliquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème Congrès de l’AFM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française du Marketing, May 2023, Vannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délégation de la gestion de la relation client aux communautés de marque en ligne : formes et mécanismes de contrôle mobilisés par la marque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ème Congrès de l’Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française du Marketing, May 2022, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hôpital comme espace liminal d'expériences de service de soins pour les patients âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ième Congrès International de l'Association Française de Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la crédibilité des avis négatifs en ligne estompe l'effet des avis positifs et altère l'intention d'achat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMTC, Jan 2022, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of losing a gamified crowdsourcing campaign on participants' engagement with the platform: an experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ème Congrès International de l'AFM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'efficacité des packagings éco-conçus en question ! Une application au secteur de l'hygiène-beauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brethereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03382541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Organismes D'aide Comme Espaces De Consommation Contraints Et Lieux De Négociation Identitaire Pour Les Bénéficiaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Angers, France. pp.443-453</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la relation client par les communautés de marque en ligne : quels mécanismes de contrôle mobilisés par la marque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Recherche de l’IRG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Recherche en Gestion, Dec 2020, Visioconférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention aux avis négatifs en ligne ! Quand leur crédibilité accentue leur effet délétère sur l’intention d’achat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Etienne Thil, Oct 2020, Visioconférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration du rôle joué par la source et le moment du Feedback durant les campagnes de crowdsourcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Saied Benrached</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IRG2020 : Plateformes, communautés et écosystèmes à l'ère du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Consumption Activities Within Symbolic Spaces in Shaping the Identities of People Living in Poverty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Association for Consumer Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France. pp.81-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ambivalence De La Consommation Contre-Culturelle : Le Role Du Style Heavy Metal Dans La Dialectique Contre-Culture/Culture Dominante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Normandes de la Recherche sur la Consommation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02022689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'organisation hospitalière à l'épreuve du temps du patient âgé : dyschronies des temporalités soignant-patient dans la relation de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque pluridisciplinaire "les dimensions du temps dans le développement des hommes et des organisations"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Economie et de Gestion de l'Ouest (LEGO), Mar 2018, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Countercultures of consumption: Teenage heavy metal affiliates’ coping responses to deviant labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th EMAC (European Marketing Academy Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment faire participer les patients âgés à la relation de soins? Une exploration des pratiques d’intégration de ressources dans un service de gériatrie hospitalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ième Journée Internationale du Marketing Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résistance « socialement responsable » du consommateur : légitimation théorique et implications pour les pratiques marketing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Benhallam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de l'Association Marocaine du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Marocaine du Marketing, Apr 2017, Tanger, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des représentations des patients âgés aux pratiques de gestion des soins: vers une opportunité de coproduction soignant-soigné.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE de Tours, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tensions entre normes professionnelles et personnelles des personnels soignants : Histoire d'une résistance ordinaire dans la relation de service aux patients âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring Elderly Patients’ Identities through Healthcare Service Relationships: Toward a Guardian Conception of Vulnerable Publics’ Identities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Consumer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités au prisme des représentations et des pratiques des organisations marchandes et non marchandes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Béji-Bécheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Brial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Congrès International de l'AFM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFM, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682315v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des représentations des patients âgés aux pratiques de gestion des soins : Vers une opportunité de co-production soignant-soigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles stratégies relationnelles entre clients « vulnérables » et conseillers bancaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Normandes de Recherche sur la Consommation (JNRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nimec Caen-Rouen, Nov 2015, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">But... I don't dress him with ruffles &amp;quot; : a qualitative research on mothers' cross-gender consumption for their son(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vidali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Austrian-German (FAG) Workshop on Consumer Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Bayreuth, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01403138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation des nouveaux produits hybrides par les consommateurs : éclairage par la théorie de l’affordance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Dhouha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème séminaire M@rsouin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Rennes - Le Bono, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du design dans la catégorisation des produits nouveaux hybrides (PNH) : Cas du vin mélangé Ice Tropez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Venise, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du design dans la catégorisation des produits nouveaux hybrides (PNH) : Cas du vin mélangé Ice Tropez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Tendances Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Venise, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why Do Consumers Resist to Modern Food Retailing in Emerging Countries? The Case of Opposition to Hypermarkets in Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bentanfous Hendaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMAC (European Marketing Academy Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and categorization of new hybrid products. An application to electronic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Dhouha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMAC 2012 : 41st Annual Conference of European Marketing Academy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DYNAMIC ANALYSIS OF TRUST IN CUSTOMER-BANK RELATIONSHIP: A RETROSPECTIVE CASE STUDIES APPROACH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sherazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retroscapes and futurescapes : temporal tensions in organizations </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GMA, Jun 2006, Palerme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01541128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauvreté transitoire des consommateurs et reconfiguration de leurs pratiques de consommation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d'édition et de diffusion Al Madariss. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et pratiques managériales au Maroc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.105-140, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design affordance does matter: a spotlight on categorization and evaluation of hybrid innovations by consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Dhouha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luigi Aldieri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation - Research and Development for Human, Economic and Institutional Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IntechOpen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-13, 2024, Business, Management and Economics, 978-1-83768-996-5. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.112966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumer resistance in services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Services, F. Gallouj et al. (eds), Edward Elgar Publishing, UK.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire participer les patients âgés à leur parcours de soin, est-ce toujours possible ? Une lecture par les représentations des soignants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé, consommation et marchés, H. Gorge (dir.), Editions EMS, Caen.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do heavy metal fans defend their taste regime? Insights from teenage fans in the French cultural context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-27. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0267257X.2025.2497051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05050964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des tensions de normes chez les soignants dans la configuration des pratiques de soins avec les patients âgés vulnérables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Service Economics and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Revue Européenne d’Économie et Management des Services 2022 – 1, n° 13, 2022 – 1 (n° 13), pp.151-174. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13090-1.p.0151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle du retour d’expérience dans la « gamification » des campagnes de crowdsourcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Prépublication, pp.I - XXVI. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr2.0134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le statut évolutif de la confiance dans la relation entre les clients vulnérables et les banques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Service Economics and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Revue Européenne d’Économie et Management des Services 2021 – 1, n° 11, 2021 – 1 (n° 11), pp.55-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’attachement à la marque: État des connaissances et perspectives de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Lacoeuilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Des Garets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 312, pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of carers' healthcare practices on the categorization of elderly patients as vulnerable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Services Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35 (5), pp.604-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des patients âgés à la relation de soins en question(s) : Une recherche dans un service hospitalier de gériatrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (290), pp.107-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le temps du soignant rencontre les temporalités des personnes âgées vulnérables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets de la Consommation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Consommation &amp; Handicap, Volume 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporarily vulnerable consumers in a bank services setting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Services Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (5), pp.602-614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition des individus par des épisodes de pauvreté : de l’ajustement de la consommation à la reconfiguration identitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toumi Alia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), pp.144-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction 2 du mini-dossier spécial de la revue Economies & Sociétés consacré à la thématique « Pauvreté et Consommation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ethnicité, un levier d’action pertinent du management interculturel des ressources humaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Apitsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (70), pp.13-31. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.070.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au mini-dossier « Pauvreté, précarité et consommation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1, pp.113-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01135371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring consumers' opposition motives to the modern retailing format in the Tunisian market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feyrouz Hendaoui-Bentanfous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 40 (7), pp.510-527</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoppers’ reactions to modern food retailing systems in an emerging country: The case of Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Lazzaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 39 (8), pp.562-581</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking Resistance and anti-Consumption Behaviours in the light of the concept of Deviance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45 (11/12), pp.1809-1819</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation et évaluation des produits nouveaux hybrides par les consommateurs : Application à deux produits électroniques grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4, pp.111-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation et évaluation des produits nouveaux hybrides par les consommateurs : Application à deux produits électroniques grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4/10 (Juillet-Août), pp.111-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dynamic analysis of trust in customer-bank relationship: A retrospective case studies approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue marocaine de recherche en management et marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Marketing des services, responsabilité sociétale et gestion de la relation client, 2-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01418977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence et structuration des communautés de marques en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Sitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 46, Avril/juin, pp.63-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Retailer Assortment: A Consumer Choice Evaluation Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cadenat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 31 (10), pp.486-497</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient retailer assortment: a consumer choice evaluation perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cadenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 31, pp.486 - 497. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/09590550310497012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la typicalité dans le positionnement des enseignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Pontier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 17, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.017.07.15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02925774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumer s’ true brand loyalty: the central role of commitment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Strategic Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 6, pp.305-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le consommateur face au télé-achat en France et aux États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Fady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Helies-Hassid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 5, pp.63-70. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.005.63-70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02926612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion et pratiques managériales au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camal Gallouj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Marzak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d'édition et de diffusion Al Madariss. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de méthodes en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Allard-Poesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Charreire-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Management et Société - EMS, 2002, 978-2912647795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défis de la participation des patients âgés à la relation de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FNEGE Médias Vidéos et Podcasts en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03551059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of Feedback source and timing on the engagement of participants in crowdsourcing activities and platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Saied Benrached</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Marketing Academy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporarily Vulnerable Consumers in a Bank Services Setting - à paraître.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId137"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Abdelmajid Amine </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la relation de service public se dématérialise. Ajustements des usagers en précarité numérique dans la co-production de service</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamilia Aouaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 327, pp.mars/avril. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/rfg.2026.135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05557829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do heavy metal fans defend their taste regime? Insights from teenage fans in the French cultural context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.1-27. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0267257X.2025.2497051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05050964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do heavy metal fans defend their taste regime? Insights from teenage fans in the French cultural context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Marketing Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (5-6), pp.508-534. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0267257X.2025.2497051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des tensions de normes chez les soignants dans la configuration des pratiques de soins avec les patients âgés vulnérables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Service Economics and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Revue Européenne d’Économie et Management des Services 2022 – 1, n° 13, 2022 – 1 (n° 13), pp.151-174. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13090-1.p.0151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03669678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle du retour d’expérience dans la « gamification » des campagnes de crowdsourcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Prépublication, pp.I - XXVI. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.pr2.0134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03709625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le statut évolutif de la confiance dans la relation entre les clients vulnérables et les banques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Service Economics and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Revue Européenne d’Économie et Management des Services 2021 – 1, n° 11, 2021 – 1 (n° 11), pp.55-86</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’attachement à la marque: État des connaissances et perspectives de recherche.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Lacoeuilhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Des Garets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 312, pp.11-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03595938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of carers' healthcare practices on the categorization of elderly patients as vulnerable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Services Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 35 (5), pp.604-616</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03335041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le temps du soignant rencontre les temporalités des personnes âgées vulnérables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carnets de la Consommation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Consommation &amp; Handicap, Volume 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation des patients âgés à la relation de soins en question(s) : Une recherche dans un service hospitalier de gériatrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française de Gestion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (290), pp.107-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03044323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporarily vulnerable consumers in a bank services setting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Services Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 33 (5), pp.602-614</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition des individus par des épisodes de pauvreté : de l’ajustement de la consommation à la reconfiguration identitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toumi Alia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (2), pp.144-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction 2 du mini-dossier spécial de la revue Economies & Sociétés consacré à la thématique « Pauvreté et Consommation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ethnicité, un levier d’action pertinent du management interculturel des ressources humaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Apitsa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue management &amp; avenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 4 (70), pp.13-31. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mav.070.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction au mini-dossier « Pauvreté, précarité et consommation »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économies et sociétés. Série KC, Études critiques en management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1, pp.113-117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01135371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring consumers' opposition motives to the modern retailing format in the Tunisian market</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feyrouz Hendaoui-Bentanfous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 40 (7), pp.510-527</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoppers’ reactions to modern food retailing systems in an emerging country: The case of Morocco</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najoua Lazzaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 39 (8), pp.562-581</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking Resistance and anti-Consumption Behaviours in the light of the concept of Deviance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohan Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 45 (11/12), pp.1809-1819</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation et évaluation des produits nouveaux hybrides par les consommateurs : Application à deux produits électroniques grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4, pp.111-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation et évaluation des produits nouveaux hybrides par les consommateurs : Application à deux produits électroniques grand public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4/10 (Juillet-Août), pp.111-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A dynamic analysis of trust in customer-bank relationship: A retrospective case studies approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue marocaine de recherche en management et marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Marketing des services, responsabilité sociétale et gestion de la relation client, 2-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01418977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence et structuration des communautés de marques en ligne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Sitz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 46, Avril/juin, pp.63-75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient Retailer Assortment: A Consumer Choice Evaluation Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cadenat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 31 (10), pp.486-497</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficient retailer assortment: a consumer choice evaluation perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Cadenat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 31, pp.486 - 497. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/09590550310497012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle de la typicalité dans le positionnement des enseignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Pontier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 17, pp.7-15. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.017.07.15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02925774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumer s’ true brand loyalty: the central role of commitment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Strategic Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 6, pp.305-319</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01193323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le consommateur face au télé-achat en France et aux États-Unis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Fady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Louise Helies-Hassid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Décisions Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 5, pp.63-70. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7193/DM.005.63-70⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02926612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apprendre en s'amusant ! Quand l'expérience de visite muséale se vit au travers d'une application gamifiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinda Agrebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quinio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Grandpierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, May 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et si la labellisation venait au secours des appareils reconditionnés ! Impact du label RECQ sur la réticence à l'achat de smartphones reconditionnés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafsa Saadane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, May 2025, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'efficacité des stratégies de gamification et de personnalisation dans la phase d'entrée en relation en ligne avec un prospect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Jouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Venise (IT), Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What delivery choices do eco-responsible consumers make when shopping online ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Paillart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2024, Venise, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04419615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les marques coopèrent avec les membres de leur communauté en ligne pour promouvoir une consommation plus responsable ! Une lecture au prisme de la co-création/co-destruction de valeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamilia Aouaa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Etienne Thil, Oct 2024, Monpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04752064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des types de feedback sur la valeur perçue de l'expérience des participants au Crowdsourcing gamifié en situation de perte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma SIALA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème congrès international de l'afm : Vannes 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Université Bretagne Sud (UBS), Le laboratoire d’Economie et de Gestion de l’Ouest (LEGO ), May 2023, Vannes (Bretagne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04445141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effets des influenceuses en ligne sur l’attitude et l’intention d’achat du vin – Une investigation sur le réseau Instagram</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomé Joffrion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délégation de la gestion de la relation client aux communautés de marque en ligne. Enjeux des motivations des membres à s’impliquer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39ème Congrès de l’AFM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française du Marketing, May 2023, Vannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadeau à portée de clic… Impact des offres de cadeaux conditionnées à un seuil sur le montant du panier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Vigner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hôpital comme espace liminal d'expériences de service de soins pour les patients âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ième Congrès International de l'Association Française de Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03675146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la crédibilité des avis négatifs en ligne estompe l'effet des avis positifs et altère l'intention d'achat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st International Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMTC, Jan 2022, Rome, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of losing a gamified crowdsourcing campaign on participants' engagement with the platform: an experimental study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ème Congrès International de l'AFM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Tunis, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Délégation de la gestion de la relation client aux communautés de marque en ligne : formes et mécanismes de contrôle mobilisés par la marque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38ème Congrès de l’Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Française du Marketing, May 2022, Tunis, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Organismes D'aide Comme Espaces De Consommation Contraints Et Lieux De Négociation Identitaire Pour Les Bénéficiaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Angers, France. pp.443-453</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'efficacité des packagings éco-conçus en question ! Une application au secteur de l'hygiène-beauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Brethereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Roubaix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03382541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la relation client par les communautés de marque en ligne : quels mécanismes de contrôle mobilisés par la marque ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de Recherche de l’IRG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de Recherche en Gestion, Dec 2020, Visioconférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attention aux avis négatifs en ligne ! Quand leur crédibilité accentue leur effet délétère sur l’intention d’achat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamidou Sawadogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline de Pechpeyrou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème colloque Etienne Thil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Etienne Thil, Oct 2020, Visioconférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Consumption Activities Within Symbolic Spaces in Shaping the Identities of People Living in Poverty</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Association for Consumer Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France. pp.81-85</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration du rôle joué par la source et le moment du Feedback durant les campagnes de crowdsourcing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Saied Benrached</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IRG2020 : Plateformes, communautés et écosystèmes à l'ère du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02952176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ambivalence De La Consommation Contre-Culturelle : Le Role Du Style Heavy Metal Dans La Dialectique Contre-Culture/Culture Dominante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Normandes de la Recherche sur la Consommation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02022689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Countercultures of consumption: Teenage heavy metal affiliates’ coping responses to deviant labeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anis Jounaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th EMAC (European Marketing Academy Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'organisation hospitalière à l'épreuve du temps du patient âgé : dyschronies des temporalités soignant-patient dans la relation de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque pluridisciplinaire "les dimensions du temps dans le développement des hommes et des organisations"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Economie et de Gestion de l'Ouest (LEGO), Mar 2018, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment faire participer les patients âgés à la relation de soins? Une exploration des pratiques d’intégration de ressources dans un service de gériatrie hospitalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ième Journée Internationale du Marketing Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tensions entre normes professionnelles et personnelles des personnels soignants : Histoire d'une résistance ordinaire dans la relation de service aux patients âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tailoring Elderly Patients’ Identities through Healthcare Service Relationships: Toward a Guardian Conception of Vulnerable Publics’ Identities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Consumer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités au prisme des représentations et des pratiques des organisations marchandes et non marchandes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Béji-Bécheur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bérangère Brial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33ème Congrès International de l'AFM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AFM, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01682315v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des représentations des patients âgés aux pratiques de gestion des soins : Vers une opportunité de co-production soignant-soigné</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des représentations des patients âgés aux pratiques de gestion des soins: vers une opportunité de coproduction soignant-soigné.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de l'Association Française du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IAE de Tours, May 2017, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La résistance « socialement responsable » du consommateur : légitimation théorique et implications pour les pratiques marketing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouna Benhallam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès International de l'Association Marocaine du Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Marocaine du Marketing, Apr 2017, Tanger, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01505791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">But... I don't dress him with ruffles &amp;quot; : a qualitative research on mothers' cross-gender consumption for their son(s)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Vidali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-Austrian-German (FAG) Workshop on Consumer Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Bayreuth, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01403138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles stratégies relationnelles entre clients « vulnérables » et conseillers bancaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Normandes de Recherche sur la Consommation (JNRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nimec Caen-Rouen, Nov 2015, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01562375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du design dans la catégorisation des produits nouveaux hybrides (PNH) : Cas du vin mélangé Ice Tropez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marketing Trends Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Venise, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle du design dans la catégorisation des produits nouveaux hybrides (PNH) : Cas du vin mélangé Ice Tropez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Glérant-Glikson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès des Tendances Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Venise, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01136169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catégorisation des nouveaux produits hybrides par les consommateurs : éclairage par la théorie de l’affordance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Dhouha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème séminaire M@rsouin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Rennes - Le Bono, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why Do Consumers Resist to Modern Food Retailing in Emerging Countries? The Case of Opposition to Hypermarkets in Tunisia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bentanfous Hendaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMAC (European Marketing Academy Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01137378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and categorization of new hybrid products. An application to electronic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Dhouha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMAC 2012 : 41st Annual Conference of European Marketing Academy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01217316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A DYNAMIC ANALYSIS OF TRUST IN CUSTOMER-BANK RELATIONSHIP: A RETROSPECTIVE CASE STUDIES APPROACH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sherazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Retroscapes and futurescapes : temporal tensions in organizations </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GMA, Jun 2006, Palerme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01541128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The modernisation of the food retail sector in emerging countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Retailing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.827-831, 2025, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781035319701.00230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauvreté transitoire des consommateurs et reconfiguration de leurs pratiques de consommation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d'édition et de diffusion Al Madariss. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et pratiques managériales au Maroc</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.105-140, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnerable consumer inclusion and retailers’ benefits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Retailing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.540-543, 2025, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781035319701.00154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elderly consumers and large-scale retailing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Retailing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.510-514, 2025, </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781035319701.00147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Store choice behaviour: from store image and positioning to store selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Retailing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.610-615, 2025, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781035319701.00172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05551425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design affordance does matter: a spotlight on categorization and evaluation of hybrid innovations by consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Amri Dhouha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Madeleine Besson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luigi Aldieri. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation - Research and Development for Human, Economic and Institutional Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IntechOpen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-13, 2024, Business, Management and Economics, 978-1-83768-996-5. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5772/intechopen.112966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consumer resistance in services</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Services, F. Gallouj et al. (eds), Edward Elgar Publishing, UK.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire participer les patients âgés à leur parcours de soin, est-ce toujours possible ? Une lecture par les représentations des soignants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé, consommation et marchés, H. Gorge (dir.), Editions EMS, Caen.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03793692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion et pratiques managériales au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camal Gallouj</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hind Marzak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société d'édition et de diffusion Al Madariss. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05004682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions de méthodes en sciences de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Mourgues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Allard-Poesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Charreire-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joan Le Goff</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Management et Société - EMS, 2002, 978-2912647795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01271632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les défis de la participation des patients âgés à la relation de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bonnemaizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaret Josion-Portail</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FNEGE Médias Vidéos et Podcasts en Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03551059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of Feedback source and timing on the engagement of participants in crowdsourcing activities and platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaïma Siala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaouther Saied Benrached</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Marketing Academy Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04446350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporarily Vulnerable Consumers in a Bank Services Setting - à paraître.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelmajid Amine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shérazade Gatfaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId148"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004817v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pechpeyrou" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Amine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Agrebi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quinio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grandpierre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004824v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafsa Saadane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901770v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752064v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Sawadogo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Aouaa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419615v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Paillart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629326v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Vigner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445141v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cha&#239;ma SIALA" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629331v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Joffrion" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254605v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254651v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675146v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnemaizon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Josion-Portail" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254704v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446404v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cha&#239;ma Siala" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382541v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brethereau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369279v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Jounaid" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254764v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254731v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Saied Benrached" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374862v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022689v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02747386v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793920v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02747563v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505791v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Benhallam" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505753v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684180v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684147v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682315v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Brial" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684213v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562375v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh&#233;razade Gatfaoui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403138v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vidali" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137435v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Amri Dhouha" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137418v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gl&#233;rant-Glikson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136169v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137378v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bentanfous Hendaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217316v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541128v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherazade Gatfaoui" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004696v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281561v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/12857" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.112966" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793689v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793692v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050964v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2025.2497051" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669678v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13090-1.p.0151" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709625v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr2.0134" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407071v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595938v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacoeuilhe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Herrmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Des Garets" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Michel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335041v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03044323v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938922v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405979v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506972v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toumi Alia" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385119v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137363v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Apitsa" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.070.0013" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135371v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193341v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feyrouz Hendaoui-Bentanfous" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193340v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Lazzaoui" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193337v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Gicquel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136161v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193334v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418977v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193332v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sitz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193326v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385120v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/09590550310497012" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/91467B0BF2F544AB84FABE02604CBF085767A3CC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02925774v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Pontier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.017.07.15" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193323v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926612v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Fady" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Helies-Hassid" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.005.63-70" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004682v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camal Gallouj" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Marzak" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271632v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mourgues" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Allard-Poesi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Charreire-Petit" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551059v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446350v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190068v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05557829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamilia Aouaa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmajid Amine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/rfg.2026.135" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050964v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Jounaid" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2025.2497051" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669678v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bonnemaizon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Josion-Portail" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13090-1.p.0151" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709625v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cha&#239;ma Siala" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.pr2.0134" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407071v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh&#233;razade Gatfaoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595938v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lacoeuilhe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Herrmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Des Garets" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Michel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335041v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938922v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-03044323v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405979v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506972v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toumi Alia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385119v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137363v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Apitsa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.070.0013" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135371v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193341v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feyrouz Hendaoui-Bentanfous" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193340v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Lazzaoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193337v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Gicquel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136161v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Gl&#233;rant-Glikson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193334v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418977v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193332v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sitz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cadenat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385120v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/09590550310497012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/91467B0BF2F544AB84FABE02604CBF085767A3CC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02925774v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Pontier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.017.07.15" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193323v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926612v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Fady" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Louise Helies-Hassid" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.005.63-70" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004817v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline de Pechpeyrou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinda Agrebi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quinio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grandpierre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004824v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafsa Saadane" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901770v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Jouet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419615v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Paillart" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752064v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidou Sawadogo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445141v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cha&#239;ma SIALA" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629331v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Joffrion" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254605v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629326v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Vigner" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03675146v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254704v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446404v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254651v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369279v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03382541v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brethereau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254764v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254731v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374862v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02952176v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Saied Benrached" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022689v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793920v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02747386v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-02747563v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684180v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684147v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01682315v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina B&#233;ji-B&#233;cheur" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Brial" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684213v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505753v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01505791v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Benhallam" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01403138v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vidali" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562375v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137418v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136169v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137435v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Besson" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Amri Dhouha" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137378v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bentanfous Hendaoui" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01217316v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541128v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sherazade Gatfaoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551430v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781035319701.00230" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004696v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551400v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781035319701.00154" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551391v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781035319701.00147" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551425v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781035319701.00172" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281561v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.intechopen.com/books/12857" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/intechopen.112966" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793689v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793692v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004682v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camal Gallouj" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Marzak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271632v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mourgues" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Allard-Poesi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Charreire-Petit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Le Goff" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551059v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446350v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190068v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>