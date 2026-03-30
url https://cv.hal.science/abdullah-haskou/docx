--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2010,226 +2010,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01314981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A compact circularly-polarized array based on superdirective elements</w:t>
+                <w:t xml:space="preserve">Small Array Design Using Parasitic Superdirective Antennas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Haskou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Collardey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Sharaiha</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Collardey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> IEEE Middle East Conference on Antennas and Propagation (MECAP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Conference on Antennas and Propagation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Davos, Switzerland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01421335v1</w:t>
+                <w:t xml:space="preserve">hal-01314971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Array Design Using Parasitic Superdirective Antennas</w:t>
+                <w:t xml:space="preserve">A compact circularly-polarized array based on superdirective elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdullah Haskou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Sharaiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Collardey</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ala Sharaiha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Antennas and Propagation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> IEEE Middle East Conference on Antennas and Propagation (MECAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Beirut, Lebanon. pp.1 - 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MECAP.2016.7790082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01314971v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01421335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Parasitic Three-Element Superdirective Electrically Small Antenna Array</w:t>
               </w:r>
@@ -3739,51 +3739,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936738v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Borderon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ginestar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.W. Gundel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Haskou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nadaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2986227" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733099v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lemur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1587/transcom.2017ISP0001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497582v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ginestar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31192" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409757v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2016.11.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247233v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2015.2510382" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146356v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2015.2425913" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01338399v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Hammoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.29995" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233649v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2015.2496112" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01204751v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.29363" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511048v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732945v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Jaafar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532721v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01622487v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaafar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sharaiha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP.2017.7928443" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01484542v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANTEM.2016.7550103" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314974v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314981v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421335v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECAP.2016.7790082" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314971v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115425v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Clemente" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delaveaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120134v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/aps.2015.7305315" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233654v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAPC.2015.7366122" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115414v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iwat.2015.7365292" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120137v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/aps.2015.7305357" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114271v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Pigeon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouroch Mahdjoubi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAPC.2014.6996410" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058975v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline H&#233;lard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2014.7136179" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120060v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Husseini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadeen Rishani" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim y Kabalan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169631v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brousseau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282298v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01428037v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016REN1S043" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936738v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Borderon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ginestar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.W. Gundel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Haskou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nadaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2020.2986227" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733099v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lemur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Collardey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Sharaiha" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1587/transcom.2017ISP0001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497582v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ginestar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.31192" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409757v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2016.11.003" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247233v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2015.2510382" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146356v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAWP.2015.2425913" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01338399v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Hammoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.29995" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233649v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2015.2496112" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01204751v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mop.29363" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511048v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01732945v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Jaafar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532721v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01622487v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaafar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sharaiha" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EuCAP.2017.7928443" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01484542v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANTEM.2016.7550103" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314974v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314981v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314971v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421335v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECAP.2016.7790082" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115425v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Clemente" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delaveaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120134v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/aps.2015.7305315" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233654v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAPC.2015.7366122" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115414v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iwat.2015.7365292" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120137v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/aps.2015.7305357" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114271v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117301v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lusine Pigeon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouroch Mahdjoubi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LAPC.2014.6996410" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058975v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mary" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline H&#233;lard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2014.7136179" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120060v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Al-Husseini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadeen Rishani" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim y Kabalan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01169631v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brousseau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282298v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01428037v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016REN1S043" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>