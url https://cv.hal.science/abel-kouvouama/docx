--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Abel KOUVOUAMA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que peut signifier l'exigence de réflexion philosophique complexe sur les sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel M. Banywesize. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'épistémologie des sciences sociales sur l'Afrique : Penser en complexité la complexité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Du Cygne, pp.265-270, 2026, 9782849248553</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mon cheminement scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghislain Thierry Maguessa Ebomé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe dans la cité : expérimenter l'Universel (suivi de l'hommage à Souleymane Bachir Diagne, Abel Kouvouama et Yacouba Konaté)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Cygne, pp.212-222, 2026, Pensées africaines, 978-2-84924-852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La philosophie et les défis du contemporain : l' expérience de la Société congolaise de philosophie (Sophia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghislain Thierry Maguessa Ebomé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe dans la cité : expérimenter l'Universel (suivi de l'hommage à Souleymane Bachir Diagne, Abel Kouvouama et Yacouba Konaté)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Cygne, pp.7-21, 2026, Pensées africaines, 978-2-84924-852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensée philosophique critique, mythe et utopie créatrice dans le « Code de la nature » de Morelly (philosophe du 18ème siècle en France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hayet Ben Charrada; Nesrine Boukadi Jallouli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouverture et Clôture dans les arts et la littérature. Hommage au professeur Hédia Abdelkéfi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Publication Universitaire, pp.345-362, 2025, 978-99-38-46-122-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface de l’ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Auguste Miabeto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enfant dans la tradition orale kôngo: Imaginaire et quête de transcendance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, 2025, 978-2842201500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanence de la croyance mythique et de la malédiction chez les Baynounk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mané Idrissa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie du mythe de la malédiction au Sénégal. Cas des Baynouk de Casamance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, 2025, Études africaines, 978-2-336-56641-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités, modernités et changement numérique : quels impacts sur les mutations dans les sociétés africaines contemporaines?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cyrille Koné, Daniel Speich Chassé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le changement numérique en Afrique. Actes du séminaire international Joseph KI-ZERBO, Ouagadougou, 2-3 juin 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paari, pp.227-244, 2025, 978-2-84220-117-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalités, explications narratives de la maladie par les acteurs sociaux : retours d’expériences des terrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charlemagne Simplice Moukouta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pratique clinique aux prises des temporalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, pp.17-36, 2025, 978-2842201548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : le lien social en question de sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.19-24, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité de la (ré)invention de la démocratie en Afrique francophone : enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CORLAN-IOAN Simona; GOROVEI Dominica. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un continent en mouvement. Régimes politiques et élections en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions universitaires de Bucarest, pp.21-35, 2024, 978-606-16-1450-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion : Sciences sociales et vigilance épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.199-203, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association d’entraide, musique et fête à Brazzaville : les formes variées d’expression du lien social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.65-74, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrique centrale. Le patriotisme et ses expériences dans les sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Axel Augé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patriotismes et sociétés. Dynamiques et permanences d'un fait social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lamarque éditions, pp.181-193, 2023, 978-2-490643-92-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir des élections ou des élections pour sortir des crises en Afrique centrale ? Esquisse de quelques figures du politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre le Sénégal et l’Afrique d’aujourd’hui. Mélanges offerts à Momar-Coumba Diop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, Crepos, pp.213-228, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exigences éthiques et « sens pratique » du métier d’enseignant-chercheur en philosophie et en anthropologie : retours d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alfred Romuald Gambou; Stéphanie Péraud-Puigségur; Laurent Gankama; Jean-François Dupeyron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éthique et les enjeux de la formation professionnelle : éducation et santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.216-217, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État, pratiques d’acteurs et recompositions politiques en Afrique centrale: l’exemple du Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ştiinţele sociale între angajament şi distanţare In honorem Mihai Dinu Gheorghiu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Universităţii Al. I. Cuza, pp.526-541, 2023, 978-606-714-778-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue à l’épreuve des terrains : entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Bernard Ouédraogo, Benoit Hazard, Abel Kouvouama (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les zones critiques d'une anthropologie du contemporain : hommage à Jean Copans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibidem-Verlag, 2021, 978-3-8382-1571-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation internationale, formation des élites congolaises en Europe de l’Est et de l’Ouest et stratégies de reconversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simona Corlan-Ioan, Mihai Dinu Gheorghiu, Abel Kouvouama. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires des élites africaines dans le monde. Réseaux et transferts entre diasporas et « petites sociétés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Universitaire, Alexandru Ioan Cuza, pp.57-82, 2021, 978-606-714-674-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : Les vicissitudes du monde contemporain en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean--Bernard Ouedraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hazard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Bernard Ouédraogo; Abel Kouvouama; Benoit Hazard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Copans et les zones critiques d’une anthropologie du contemporain.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibidem Verlag, pp.8-10, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03097922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels modes d'expérimentation des solidarités face au coronavirus Covid 19?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pons Evelyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charlemagne Simplice Moukouta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pandémie de la Covid-19. Comment concevoir et soigner avec les incertitudes?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.49-60, 2021, EFM, 2-35311-126-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Texte d’introduction à l’ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyages réels, voyages imaginaires : perspectives interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Bucarest, pp.14-19, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue à l’épreuve des terrains. Entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les zones critiques d’une anthropologie du contemporain, Hommage à Jean Copans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibidem-Verlag, pp.415-432, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simona Corlan-Ioan, Mihai Dinu Gheorghiu, Abel Kouvouama. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires des élites africaines dans le monde. Réseaux et transferts entre diasporas et « petites sociétés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Universitaire, Alexandru Ioan Cuza, pp.9-21, 2021, 978-606-714-674-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traité sur l'utopie, le mythe et l'idéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.65-98, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.9-17, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture critique et prospective du &amp;quot;Projet de constitution pour la Corse&amp;quot; de Jean-Jacques Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.21-61, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.99-101, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abel Kouvouama; Simona Corlan Ioan; Frédéric Bidouze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs France Roumanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.13-17, 2021, EFM, 9782353111251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chanson congolaise de variétés et le bar-dancing comme terrain d'observation socio-anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mahougnon Kakpo; Fernand Nouwligbeto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures, sociétés et imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Editions des Diasporas, pp.45-62, 2021, 978-99982-63-93-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Bossangoa à Pau : trajectoires intellectuelles, cumul des identités et trajets urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abel Kouvouama; Simona Corlan Ioan; Frédéric Bidouze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs France Roumanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.165-184, 2021, EFM, 9782353111251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le clos et l'ouvert comme catégorie d'analyse et comme catégorie de pratique et de représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A l'ombre de la ligne de fuite, une alternative des possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, pp.9-13, 2020, 978-2842201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs de la rue, entre le clos et l'ouvert, ombre/ligne de fuite : le carnaval Biarnès dans la ville de Pau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A l'ombre de la ligne de fuite, une alternative des possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, pp.125-136, 2020, 978-2842201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la bonté naturelle dans le &amp;quot;Code de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.47-67, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.17-21, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la contradiction individu/communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.83-84, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'organisation sociale de la cité idéale morellienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.69-74, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.85-88, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration du &amp;quot;Code de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.23-28, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique morellienne de la propriété privée et l 'exaltation de la communauté des biens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.39-46, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société comme artifice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.75-82, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des principes du discours philosophique dans le &amp;quot;Code le la nature&amp;quot; de Morelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.29-37, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le trajet anthropologique de « l’ici » et de « l’ailleurs » dans les représentations franco-brésiliennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Puyo, Jean-Yves; Viana-Martin, Eden. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues France-Brésil : représentations de l’ailleurs. Espaces, imaginaires, représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O trajeto antropológico ‘do aqui e do algures’ nas representações franco-brasileiras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Luis Jobim; Maria Elizabeth Chaves de Mello; Eden Viana Martin,; Neima Kermele. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogos frança-Brasil. Circulacoes, représentacoes, imaginarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Makunaima, pp.170-188, 2019, 978-85-65130-28-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos du concept d'ethos, d'habitus et de globalisation dans la pensée sociologique de Pierre Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.97-107, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours et espace du politique dans l'analyse sociologique de Pierre Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.51-73, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie, pouvoir et champ politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.77-93, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.11-14, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du corps &amp;quot;chanté&amp;quot; dans les chansons congolaises de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.29-48, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama, Abel; Cunchinabe, Dominique; Ziavoula, Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nature à l’épreuve de la société. L’Adour en Pays Grenadois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.11-28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire et société dans la chanson et la musique congolaise de variétés : les nouveaux visages de l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simona Corlan-Ioan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouveaux visages de l'Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura universitãtii din bucaresti, pp.213-231, 2019, Cărtile institutului de studii africane ub, 978-606-16-1109-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la dignité comme politique de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boni Tanella. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de la dignité. Actes du colloque international d'Abidjan du 31 mai au 04 juin 2016, Université Félix Houphouët-Boigny</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouvelles Éditions Balafons, pp.781-796, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : pour une anthropologie des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nature à l'épreuve de la société. L'Adour en Pays Grenadois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université de Pau et des Pays de l'Adour, pp.11-28, 2018, 2-35311-099-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sorcellerie en question? Entre discours, langage, représentations et pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sorcellerie, Pouvoirs : écrits et représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUPPA, pp.11-22, 2018, 2-35311-098-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacré religieux, sacré politique dans les sociétés d’Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Ziavoula, A. Kouvouama, P. Yengo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les territoires du sacré. Images, discours pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les territoires du sacré. Images, discours, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, 2016, Hommes et sociétés, 978-2-8111-1680-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Offres de soins et dynamiques interculturelles en contexte migratoire : regard anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan - Editions Licorne, pp.37-63, 2016, Villes Plurielles, 978-2-296-12095-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires intellectuelles et/ou politiques des élites philosophiques congolaises formées en URSS et en RDA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Zacharie Bowao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudier à l'Est. Expériences de diplômés africains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala; FMSH, 2015, 978-2-8111-1463-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerre civile et construction de l’autochtonie dans la société congolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maurice Daumas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’autochtonie. Figures et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUPPA, pp.165-173, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerres civiles et construction de l'autochtonie dans les sociétés ivoiriennes et congolaises contemporaines : regard anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Autochtonie. Figures et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Presses universitaires de Pau et des Pays de l'Adour, pp.165-174, 2015, Espaces, Frontières, Métissages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire, littérature et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre poétique romanesque et littérature politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Classiques Garnier, pp.273-282, 2015, Rencontres, 978-2-8124-3702-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du religieux dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés en mutation dans l'Afrique contemporaine. Dynamiques locales, dynamiques globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.443-455, 2014, Hommes et sociétés, 978-2-8111-1180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échelles et postures des réformes administratives en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Régine Tchicaya-Oboa, Abel Kouvouama, Jean-Pierre Missié. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés en mutation dans l'Afrique contemporaine. Dynamiques locales, dynamiques globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Karthala, pp.329-354, 2014, Hommes et sociétés, 978-8111-1180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revendications démocratiques, violences politiques et sorties de crise en Afrique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C. Koné "Médiation et gestion des conflits: essais sur les fins et les moyens pacifiques de sortie de crise"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.169--182, 2011, (Philosophie et transculturalité, ISSN 1618-467X ; 11), 978-3-631-61499-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs scientifiques et contraintes de la globalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bidouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes universitaires face au marché circulation des savoirs et pratiques des acteurs: Colloque international, l'École Hassania des travaux publics de Casablanca, juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.339-347, 2011, Hommes et sociétés, 978-2-8111-0517-4 2-8111-0517-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paradigmes socio-anthropologiques du religieux en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M. Hirschhorn, M. Tamba "La sociologie francophone en Afrique: état des lieux et enjeux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.287-303, 2010, 978-2-8111-0289-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction critique d'un journal satirique à Brazzaville: &amp;quot;La Rue Meurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E. Toussaint "La fonction critique de l'art: dynamiques et ambigüités"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Lettre volée, pp.57--65, 2009, Collection Essais (La lettre volée), 978-2-87317-341-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique et la danse : une relation festive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Apprill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre à Brazzaville. Modernité et crise au quotidien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 1998, 2-86537-856-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décoloniser et promouvoir la quête de l’universel : à propos des sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15dx9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le penser philosophique chez Paulin Hountondji : Itinéraire exemplaire d’un précurseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diogène : Revue internationale des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Hommage à Paulin J. Hountondji, 2023/3-4 (283-284), pp.90-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité et migration dans l'espace francophone. Synthèse et conclusion du Colloque international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Luică</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Necula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55 (1), pp.159-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique et les défis sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Les sciences sociales en Afrique et les défis sociétaux, 53 (1), pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et réflexivité: sur les rapports entre modernité, politique et religion dans les sociétés d’Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Les sciences sociales en Afrique et les défis sociétaux, 53 (1), pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’actualité de la recherche en sciences sociales et humaines en Afrique: prospectives et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52 (3), pp.27-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intellectuel collectif et l’anthropologie aux frontières. Entretiens avec Mihai Gheorghiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Dinu Gheorghiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52 (2), pp.7-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures narratives et descriptives de l'utopie : entre nature et communauté/société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diogène : Revue internationale des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 273-274, pp.53-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">法语非洲文学中文本意图的来源_爱学术</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">``意图'' 与``阐释'' 的讨论 [Social Science Front]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.138-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la dignité comme politique de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presence africaine (Paris, France : 1967)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les politiques de la dignité, 193, pp.235-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et sorties de crise en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Africultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 83, pp.148-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques de terrain en situation de tensions sociales et de guerre civile au Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Champs de recherche et enjeux de terrain. La recherche en actes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée politique, sociale et morale dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Africultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Des objets de pensée aux sujets pensants, 3 (82), pp.172-177. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/afcul.082.0170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Temporalité messianique et mythes du Salut dans le Congo actuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Loxias 3 (févr. 2004) Eclipses et surgissements de constellations mythiques. Littératures et contexte culturel, champ francophone (2e partie), 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En hommage à l'anthropologue français Louis-Vincent Thomas, ce spécialiste de l'imaginaire thanatologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Journal des anthropologues N° 56, Anthropologie et politique de la recherche, 56, pp.83 - 85. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jda.1994.1833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Publications en République Populaire du Congo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française des Anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, Le rite annuel : Bulletin de l'Association française des anthropologues (N° 19-1-2112), pp.71-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion sur le texte de Paulin Hountondji de 2020 : « Le retour à l’humain comme condition de la paix mondiale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Hommage à Paulin J. Hountondji »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Bénin, Feb 2025, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards philosophiques sur les conférences nationales africaines (1989-1993)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de philosophie "La philosophie africaine et ses enjeux : sens, pratiques, perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bucarest, May 2025, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les textes chantés des chansons africaines de variétés comme archives en philosophie africaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude “La philosophie africaine et les archives : questions épistémologiques”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Pau et des Pays de l’Adour / ITEM; Université Félix Houphouet-Boigny d’Abidjan, Jun 2025, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités, modernité et changement numérique : quels impacts sur les mutations dans les sociétés africaines contemporaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Séminaire international, Université Joseph KI-ZERBO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut supérieur des sciences de la population; CEPHISS, Jun 2022, Ouagadougou, France. pp.227-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les concepts d’interculturalité et de migration peuvent-ils faire partie du &amp;quot;tour du monde&amp;quot; des concepts ? Questionnement épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de Psychologie « L’interculturalité à l’épreuve des pratiques et des regards divers »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne, Nov 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et citoyenneté chez Jean-Jacques Rousseau : leçons philosophiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et interdisciplinaire sur la citoyenneté. Quelles expériences éducatives pour promouvoir la citoyenneté ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marien Ngouabi, Ecole Normale Supérieure, Oct 2024, Brazzaville, Congo-Brazzaville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4 ème édition du Festival de poésie d’Abidjan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Felix Houphouet-Boigny, Nov 2024, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourdieu et la question de l’internationalisation des sciences sociales : expériences en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « L’œuvre de Pierre Bourdieu. Son rayonnement national et international »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PauSes; Université de Pau et des Pays de l'Adour (ITEM), Oct 2024, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les productions des violences de masse dans les États d'Afrique centrale (1989 - 2024) : les enjeux socio-politiques du local et du global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LADEC – Laboratoire d’anthropologie des enjeux contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lumière Lyon 2, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on et doit-on interpréter ce que signifie le masque ? Brève analyse des masques dans les sociétés africaines subsahariennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le masque dans tous ses états : quels regards des sciences sociales et humaines ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d’études africaines, Université de Bucarest (Roumanie) 25 – 28 novembre 2024, Nov 2024, Bucarest (Roumanie), Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05220746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité Sud/sud et Sud/Nord et expériences post-conférences nationales (1990-2002) des élites des sociétés d'Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations étudiantes africaines et formation des élites. Sciences, Savoirs et Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association internationale des sociologues de langue française (AISLF), Jul 2024, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quelques nouvelles épistémès dans les sciences sociales africaines et africanistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire pluridisciplinaire Master/Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM UR 3002 - UPPA, Apr 2023, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourdieu et l’internationalisation des sciences sociales comme contribution la plus efficace au progrès de l’autonomie scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Quêtes et enquêtes en sciences sociales Bourdieu en pratiques dans la rive sud de la Méditerranée"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des Lettres et des Sciences Humaines, Université Ibn Zohr, Espace des Humanités, Mar 2023, Agadir, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récit autobiographique et procédé dialogique dans l’ouvrage « Rousseau, juge de Jean-Jacques. Dialogues (1772-1776) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Ego d'histoire - histoire d'égo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM UPPA, Oct 2023, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence en distanciel du CR 37 du mardi 26 septembre 2023 (15h -17h):Expérience de travail avec le sociologue Pierre Bourdieu : entre engagement scientifique et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expérience de travail avec le sociologue Pierre Bourdieu : entre engagement scientifique et réflexivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CR 37 de l'AISLF, l'Université Eduardo Mondlane de Maputo (Mozambique) et l'Ambassade de France au Mozambique), Sep 2023, Maputo, Mozambique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05220743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apprentissage des humanités en contexte interculturel permet-il de « faire humanité ensemble » à l'échelle mondiale ? Pistes de réflexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles humanités pour éduquer et former au XXI e siècle ? Questions et perspectives philosophiques contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Francophone de Philosophie de l’Éducation, Bordeaux – INSPE/SPH, Jun 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimpa Vita ou le destin historique d’une femme prophétesse au 18ème siècle dans le royaume Kongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temporalité(s) biographique(s). Rupture, événement et sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM - Université de Pau et des Pays de l'Adour, Jul 2021, Pau, France. pp.167-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations du corps humain sur les peintures murales des commerces de Brazzaville (Congo) : mémoire culturelle urbaine des années 1980</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Human Body in the Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of Ancient History, Archaeology and History of Art, Faculty of History, University of Bucharest, Sep 2022, Bucarest (Roumanie), Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le philosopher dans ses cheminements poétiques et romanesques : clin d'oeil à Tanella BONI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage académique à Tanella Boni, l’universitaire, la féministe, la citoyenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Félix Houphouet-Boigny d'Abidjan, Nov 2022, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de recherche du 24 juillet 2021:Réflexion anthropologique sur les conflits, les violences politiqueset les modalités de sortie de crise dans les sociétés contemporaines d’Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de recherche ITEM: Réflexion anthropologique sur les conflits, les violences politiques et les modalités de sortie de crise dans les sociétés contemporaines d’Afrique centrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM, Université de Pau et des Pays de l'Adour (UPPA), Jul 2021, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05231499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chanson congolaise de variétés et le bar-dancing comme terrain d'observation socio-anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM UR 3002 - UPPA, Dec 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral La Recherche Universitaire en Transition(s). Le rôle social du chercheur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire et voyage dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Voyages réels, voyages imaginaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les univers de croyances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table-ronde au Salon du livre de Genève</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilités des élites universitaires et de jeunes chercheurs d’Europe centrale et orientale à Irissarry dans le Sud-Ouest de la France : l’exemple de l’université européenne et internationale d’été en anthropologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs (France-Roumanie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'estime de soi : entre reconnaissance de soi et reconnaissance de l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat du mardi 8 octobre 2019: estime de soi, reconnaissance de soi et de l'autre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM-UPPA, Oct 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes provisoires socio-anthropologiques sur le champ politique et le champ matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée sociologique de Pierre Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM et association PauSES, Jan 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir et ses représentations dans la &amp;quot;tragédie du roi Christophe&amp;quot; : des Antilles à l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université de Lausanne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lausanne, Suisse. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et sociabilité juvénile autour de la rumba congolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e édition du Colloque scientifique de l'Université des Artistes Les musiques de la diversité : des "lieux apprenants" entre éducation et culture Laïcité, Diversité et apprentissage du Commun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Cergy-Pontoise, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue à l’épreuve des terrains : entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "L'oeuvre de Jean Copans et les zones critiques d'une anthropologie du contemporain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques mémorielles, « régimes » de vérité et modalités de sortie de crise : quelques « foyers d’expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les politiques mémorielles et les modalités de sorties de crise (Europe, Afrique, Amériques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modération de la journée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral "La Recherche Universitaire en Transition(s). Le rôle social du chercheur"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sociologie de la littérature selon Pierre Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du Master "Langues, littératures et civilisations étrangères et régionales"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Pau, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie politique dans le bassin du Congo : la portée des images sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique et anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la dignité comme politique de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Politiques de la dignité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Félix Houphouët-Boigny, May 2016, Abidjan, Côte d’Ivoire. pp.781-796</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métamorphoses des identités : mondialisation et transnationalisation. Séminaire doctoral interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les identités dans la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de terrain et images sonores dans le bassin du Congo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique et anthropologie. Anthropologie politique dans le bassin du Congo : la portée des images sonores</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sources de l’intentionnalité textuelle dans la littérature africaine francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de l’Université de Shanghai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Chinoise des Sciences Sociales, Apr 2017, Shanghai, Chine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les techniques du récit romanesque dans Le commencement des douleurs de Sony Labou Tansi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude “Multiculturalité et plurilinguisme”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions de la table-ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles solidarités à l’épreuve du politique et du religieux (Europe, Afrique, Amériques, Asie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO; UPPA, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles solidarités et formation des subjectivités à l’épreuve du politique et du religieux : questions théoriques et épistémologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles solidarités à l’épreuve du politique et du religieux (Europe, Afrique, Amériques, Asie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO; UPPA, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire et relire Joseph Tonda : logique des pouvoirs et violence de l’imaginaire en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international sur l’œuvre de Joseph TONDA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Omar Bongo, Faculté des Lettres et Sciences humaines, Feb 2017, Libreville, Gabon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre utilité(s) et bien commun: “la nature” à l’épreuve de la société. Terres et territoire du bord de l’Adour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Saint Maurice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Balandier ou la figure exemplaire de la sociologie dynamique des mutations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international en hommage à Georges Balandier, « Les mondes en mouvement de Georges Balandier »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique, religions et violences armées : crise du lien social ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDENTITÉS ET DISCOURS : VIVRE ET PENSER LES SITUATIONS EXTRÊMES. Pays du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques religieuses et territorialité dans les « villes nouvelles » en région parisienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude interdisciplinaire Pratiques, expressions et architectures religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que vivre et penser les situations extrêmes veut dire : esquisses d’analyse anthropologique et philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDENTITÉS ET DISCOURS : VIVRE ET PENSER LES SITUATIONS EXTRÊMES. Afrique centrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures d’Etat, rationalité et irrationalité des pratiques politiques dans les sociétés africaines en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXème congrès de l’Association Internationale des Sociologues de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de recherche (CR 37 Afriques en mutation), Jul 2016, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La figure de Donald Trump : actualisation spectaculaire du fétichisme de la délégation politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'oeuvre de Pierre Bourdieu en pratiques (15ème édition) : "Ni gauche ni droite! Existe-t-il encore un vote de classe?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PauSes; Université de Pau et des Pays de l'Adour, Apr 2015, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La laïcité, un principe de liberté dans l’espace public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'oeuvre de Pierre Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le clos et l'ouvert Acteurs religieux, Acteurs sociaux et usages de la rue (Europe, Afrique, Asie, Amériques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le clos et l’ouvert Acteurs religieux, Acteurs sociaux et usages de la rue (Europe, Afrique, Asie, Amériques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Gaston Berger (Sénégal)net Acteurs émergents de la FMSH (Paris), Oct 2014, Saint-Louis du Sénégal, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie du fait religieux dans les sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Certificat International d'Ecologie Humaine (CIEH) - Université de Pau et des Pays de l'Adour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIEH, Jan 2014, Pau (UPPA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Textes « chantés », musique congolaise de variétés et bars-dancing : d'un terrain à l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude: Terrains de recherche territorialisés et déterritorialisés : pratiques et représentations » Pau, 20 février 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche Espaces, Frontières, Métissages, Université de Pau et des Pays de l'Adour, Feb 2014, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fait religieux et changements sociaux dans les sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de master d’économie 5 -6 février 2013 – UPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Droit, Economie, Gestion de l'Université de Pau et des Pays de l'Adour, Feb 2013, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le développement de l'Afrique : enjeux et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'Afrique et le développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa Africa, Nov 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ville et religions à Brazzaville : regard d'anthropologie historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire INALCO-RIAM-ITEM, Ville et religions à Brazzaville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO, May 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les productions de la modernité religieuse au Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études: GEORGES BALANDIER ET LA RECONFIGURATION DES SCIENCES SOCIALES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'études africaines, Musée du Quai Branly, Feb 2012, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protestations prophétiques, socialités et expériences des mobilités religieuses en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de Nairobi, "Mobilité religieuse en Afrique de l’Est et en Amérique latine", 24-26 avril 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français de Recherche en Afrique (IFRA), Nairobi Institut de Hautes Etudes Internationales et du Développement, Genève Catholic University in Eastern Africa, Nairobi, Apr 2012, Nairobi, Kenya</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie, identité et formation des subjectivités : analyse comparée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire: Les mardis d'ITEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM-UPPA, Jan 2012, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'espace frontalier comme trace et comme lieu : esquisses anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire de recherche Fédération SHS, Espaces, frontières, métissages 10 mai 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération SHS, Espaces, frontières, métissages UPPA, May 2012, Pau (UPPA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion, sacré et politique dans la société urbaine congolaise : une perspective anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire RAE-FMSH-ITEM-INALCO : Territoire et sacré Paris, 20 mars 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAE-FMSH, ITEM-UPPA, INALCO : Robert Ziavoula, Patrice Yengo et Abel Kouvouama, Mar 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etre sociologue en Afrique au sud du Sahara: les défis, contraintes et exigences du métier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOCIOLOGIES D’ICI ET D’AILLEURS : Des sociologues entre particularismes et mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM, LISE et CNRS, May 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laïcité, espace public et affirmations croyantes : regards sociologiques et anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence débat à Artix du samedi 17 novembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mairie d'Artix dans les Pyrnées-Atlantiques, Nov 2012, Artix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoire de l'imaginaire, imaginaire du territoire dans les romans d'Emmanuel Dongala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEUXIÈMES RENCONTRES FRANCO-ESPAGNOLES « Géographie et littérature : regards croisés sur l'imaginaire géographique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire SET (UMR 5603), UPPA, Jun 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05220745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ÉPISODE COLONIAL DANS LA CONSTRUCTION DE L'AFRIQUE DE DEMAIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ÉPISODE COLONIAL DANS LA CONSTRUCTION DE L'AFRIQUE DE DEMAIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Havre, May 2011, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie, Fêtes urbaines et territoire en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche ITEM du 11 septembre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM-UPPA, Sep 2011, Pau (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sociologie francophone dans les deux Congos : éléments de réflexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés en mutations dans l'Afrique contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marien Ngouabi et l'Association Internationale des Sociologues de Langue Française (AISLSF), Feb 2010, Brazzaville, Congo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'indépendance en question : figures contemporaines de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Regards d’ici et d’ailleurs sur l’Afrique » 17-18 septembre 2010, Amiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne, Sep 2010, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du religieux dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des mutations, mutations des sociétés. 16-19 février 2010, Brazzaville, Congo </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Brazzaville, Congo, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01799194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos des sciences sociales en Afrique et hors d'Afrique : Enjeux et défis des temporalités historiques et scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire du Réseau Acteurs Emergents de la FMSH du Laboratoire ITEM-UPPA et l'INALCO:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAE/FMSH-ITEM-INALCO, Oct 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire CIEH/UPPA 17-25 mars 2010 Les sciences sociales et humaines et la question de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines et la question de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM, Mar 2010, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions identitaires dans la mondialisation contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Sociologie et ses frontières. Les faits et les effets de la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Université Hassan II Mohammedia, Casablanca, l’Association Internationale des Sociologues de Langue Française (AISLF) et le Centre Jacques Berque, Rabat, (Maroc), Jun 2009, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes brèves sur les rapports entre l'anthropologie et la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des doctorant(e)s de littérature comparée francophone, Université de Nice Sophia-Antipolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice Sophia-Antipolis Pr. Arlette Chemain -Litérature comparée, Feb 2009, Nice (06000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire et territoire : une approche anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’IRSAM : « Imaginaires locaux et constructions territoriales » 25 janvier 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche sur les sociétés et l'aménagement montagnard (IRSAM), actuellement Institut Claude Laugénie (ICL), Jan 2008, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SYSTÉMIQUE & ACCOMPAGNEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bricage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Beaussart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Chapard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chassaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerasela Deltor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Feb 2007, 155 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00130212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revendications démocratiques, conflits politiques, violences armées et sorties de crise en Afrique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, Fins et moyens pacifiques de sortie de crise, 12 au 14 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Ouagadougou, Sep 2006, Ouagadougou, Burkina Faso</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme et société dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ITEM du 10 avril 2006: Femme et société dans la chanson congolaise de variétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM, Apr 2006, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sacrifice en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pluridisciplinaire « SACRIFIER, SE SACRIFIER »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne - Amiens, Mar 2004, Amiens ( Université Picardie Jules Vernes), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citoyenneté démocratique et gouvernance en Afrique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ITEM, Citoyenneté démocratique et gouvernance en Afrique contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM-UPPA, Sep 2003, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rites et séduction dans une société urbaine africaine : l'exemple de Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche ITEM, Rites et séduction dans une société urbaine africaine : l’exemple de Brazzaville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM-UPPA, Nov 2003, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rumba congolaise comme matrice culturelle et esthétique africaine de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Félix Houphouet-Boigny d'Abidjan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Hommage à Yacouba Konaté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Félix Houphouet-Boigny d'Abidjan (Côte d'Ivoire), Nov 2023, Abidjan (Côte d'Ivoire), Côte d’Ivoire. pp.777 - 796, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesafricaines.166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique comme vecteur d'intégration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CEFRESS, Musique et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire CEFRESS, Université de Picardie Jules Verne - Amiens, Apr 2001, Amiens, Université Picardie Jules Verne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des auteurs français et latino-américains par les écrivains congolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude du CEFRESS : Les réceptions de l'oeuvre littéraire, UPJV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire CEFRESS, Université de Pacardie Jules Verne, May 2001, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion, culture et identité dans les sociétés d'Afrique centrale : regard d'anthropologie historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de DEA, Université de Picardie Jules Verne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire CEFRESS, Université de Picardie Jules Verne, Feb 2000, Amiens, Université Picardie Jules Verne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et politique, les figures de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études, Le politique et le religieux : éclatement des frontières ? -16 juin 2000, Salle E 110 - Amiens)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEFRESS, Université de Picardie Jules Verne, Jun 2000, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démocratisation et violences urbaines en Afrique : les logiques d'acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Etat et acteurs émergents en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fondation Maison des Sciences de l'Homme (Paris), Nov 2000, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque International : &amp;quot;Truth in Politics, Rhetoric, Ethics, Politics&amp;quot; (20-21 septembre 1999, University of Cape Town) Vérité du politique, vérité en politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International : "Truth in Politics, Rhetoric, Ethics, Politics" (20-21 septembre 1999, University of Cape Town)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAS, University of Cape Town, Sep 1999, Cape Town / Le Cap, Afrique du Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'impact éducatif de la philosophie pour les enfants : expérience du Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'Unesco, « La philosophie pour les enfants » Réunion d'experts -Division de la philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unesco, Division de la philosophie, Mar 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie comparée des représentations et des pratiques dans quelques champs sociaux européens et africains. Thème 3 : les représentations sociales de l'identité (2 séances) Séance 1 du 12 mai 2025 Abel KOUVOUAMA Professeur des universités émérite Laboratoire ITEM-UPPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. les représentations sociales de l’identité, Pau, Université du Temps Libre - UPPA, France. 2025, Six (06) p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance 5 du jeudi 30 janvier 2025 Thème 3 : Les littératures africaines francophones (séance 5)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Les littératures africaines francophones, Pau, Université du temps libre (UPPA), France. 2025, huit p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance 6 du jeudi 06 février 2025 Thème 3 : Les littératures africaines francophones (séance 6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Imaginaire et narration historique dans les littératures francophones, Pau, Université du Temps Libre, France. 2025, Vingt-une (21) p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 21, pp.208, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport, EPS et émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gastaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Margnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l’Université de Pau et des Pays de l’Adour, pp.150, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPORT, EPS ET EMANCIPATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gastaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Margnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2022, Espaces, frontières, métissages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalité(s) biographique(s). Rupture, événement et sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bidouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.199, 2022, Collection SSHP, 2-35311-142-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinéraires des élites africaines dans le monde. Réseaux et transferts entre diasporas et « petites sociétés »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Dinu Gheorghiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editura Universitaire, Alexandru Ioan Cuza, pp.352, 2021, Observatorul social, 978-606-714-674-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs France Roumanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bidouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 15, pp.186, 2021, EFM, 9782353111251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages réels, voyages imaginaires : perspectives interdisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecaterina Lung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Bucarest, pp.442, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les zones critiques d’une anthropologie du contemporain. Hommage à Jean Copans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Ouedraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hazard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ibidem-Verlag, pp.508, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.108, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2, pp.92, 2020, Anthropo-socius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A l'ombre de la ligne de fuite, une alternative des possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Yengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Paari, pp.256, 2020, 978-2842201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature et Inférences anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paari editeur, pp.160, 2019, GERMOD, 978-2-84220-100-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Pau et des Pays de l'Adour, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire du messianisme : Un &amp;quot;monde renversé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2018, 978-2-8111-1980-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature à l'épreuve de la société. L'Adour en Pays Grenadois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l'Université de Pau et des Pays de l'Adour, 2018, 2-35311-099-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorcellerie, Pouvoirs : écrits et représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Prignitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Maupeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUPPA, pp.224, 2018, 2-35311-098-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires du sacré. Images, discours, pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Yengo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.276, 2016, Hommes et sociétés, 978-2-8111-1680-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthropologie dans un monde en mouvement. Le lointain et le proche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paari, 2015, Les cahiers du Germod, 2-84220-090-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociétés en mutation dans l'Afrique contemporaine. Dynamiques locales, dynamiques globales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Missié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.544, 2014, Hommes et sociétés, 978-2-8111-1180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterritorialisation: effet de mode ou concept pertinent?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Albert, Abel Kouvouama. Presses Universitaires de Pau et des Pays de l'Adour, pp.143, 2013, Espaces, frontières, métissages, 9782353110346</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00972037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie de la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Paari, 6, pp.128, 2013, Cultures, Arts et Sociétés, 978-2-84220-067-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations et productions de l'espace dans les sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cochart-Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.298, 2009, Les Cahiers du CEFRESS, 978-2-296-10541-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures croisées d'intellectuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Gueye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-C. Wagner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2007, 2845868669</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre à Brazzaville. Modernité et crise au quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Apprill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">karthala, 1998, 9782865378562</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique et les défis sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 53 (1), pp.150, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Dinu Gheorghiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52 (2), pp.193, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invention démocratique, Etat, religion en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et sociabilité juvénile autour de la rumba congolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identité et mémoire en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes d'historicité et figures d'Etat en Afrique Subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie de l'Etat et mondialisation en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religions, temporalités, modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et valorisation du patrimoine naturel et culturel en Pays Grenadois ( deuxième édition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chareyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Le Couédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Pau et des Pays de l'Adour; Pays Adour Chalosse Tursan; Région Aquitaine; Communauté de Communes du Pays Grenadois. 2014, pp.116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et valorisation du patrimoine naturel et culturel en Pays Grenadois. Rapport d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idrissa Mané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Pau et des Pays de l'Adour; Pays Grenadois; Région Aquitaine. 2014, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId264"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Abel KOUVOUAMA </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que peut signifier l'exigence de réflexion philosophique complexe sur les sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel M. Banywesize. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'épistémologie des sciences sociales sur l'Afrique : Penser en complexité la complexité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Du Cygne, pp.265-270, 2026, 9782849248553</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mon cheminement scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghislain Thierry Maguessa Ebomé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe dans la cité : expérimenter l'Universel (suivi de l'hommage à Souleymane Bachir Diagne, Abel Kouvouama et Yacouba Konaté)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Cygne, pp.212-222, 2026, Pensées africaines, 978-2-84924-852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La philosophie et les défis du contemporain : l' expérience de la Société congolaise de philosophie (Sophia)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghislain Thierry Maguessa Ebomé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le philosophe dans la cité : expérimenter l'Universel (suivi de l'hommage à Souleymane Bachir Diagne, Abel Kouvouama et Yacouba Konaté)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions du Cygne, pp.7-21, 2026, Pensées africaines, 978-2-84924-852-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface de l’ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Auguste Miabeto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’enfant dans la tradition orale kôngo: Imaginaire et quête de transcendance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, 2025, 978-2842201500</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pensée philosophique critique, mythe et utopie créatrice dans le « Code de la nature » de Morelly (philosophe du 18ème siècle en France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hayet Ben Charrada; Nesrine Boukadi Jallouli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouverture et Clôture dans les arts et la littérature. Hommage au professeur Hédia Abdelkéfi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Publication Universitaire, pp.345-362, 2025, 978-99-38-46-122-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Permanence de la croyance mythique et de la malédiction chez les Baynounk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mané Idrissa. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologie du mythe de la malédiction au Sénégal. Cas des Baynouk de Casamance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, l'Harmattan, 2025, Études africaines, 978-2-336-56641-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités, modernités et changement numérique : quels impacts sur les mutations dans les sociétés africaines contemporaines?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cyrille Koné, Daniel Speich Chassé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le changement numérique en Afrique. Actes du séminaire international Joseph KI-ZERBO, Ouagadougou, 2-3 juin 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paari, pp.227-244, 2025, 978-2-84220-117-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05441837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalités, explications narratives de la maladie par les acteurs sociaux : retours d’expériences des terrains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charlemagne Simplice Moukouta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pratique clinique aux prises des temporalités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, pp.17-36, 2025, 978-2842201548</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion : Sciences sociales et vigilance épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.199-203, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexité de la (ré)invention de la démocratie en Afrique francophone : enjeux et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CORLAN-IOAN Simona; GOROVEI Dominica. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Un continent en mouvement. Régimes politiques et élections en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions universitaires de Bucarest, pp.21-35, 2024, 978-606-16-1450-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association d’entraide, musique et fête à Brazzaville : les formes variées d’expression du lien social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.65-74, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : le lien social en question de sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 21, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.19-24, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Afrique centrale. Le patriotisme et ses expériences dans les sociétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Axel Augé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patriotismes et sociétés. Dynamiques et permanences d'un fait social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lamarque éditions, pp.181-193, 2023, 978-2-490643-92-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04108134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sortir des élections ou des élections pour sortir des crises en Afrique centrale ? Esquisse de quelques figures du politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre le Sénégal et l’Afrique d’aujourd’hui. Mélanges offerts à Momar-Coumba Diop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, Crepos, pp.213-228, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exigences éthiques et « sens pratique » du métier d’enseignant-chercheur en philosophie et en anthropologie : retours d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alfred Romuald Gambou; Stéphanie Péraud-Puigségur; Laurent Gankama; Jean-François Dupeyron. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’éthique et les enjeux de la formation professionnelle : éducation et santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.216-217, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État, pratiques d’acteurs et recompositions politiques en Afrique centrale: l’exemple du Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ştiinţele sociale între angajament şi distanţare In honorem Mihai Dinu Gheorghiu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Universităţii Al. I. Cuza, pp.526-541, 2023, 978-606-714-778-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.9-17, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : Les vicissitudes du monde contemporain en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean--Bernard Ouedraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hazard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Bernard Ouédraogo; Abel Kouvouama; Benoit Hazard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Copans et les zones critiques d’une anthropologie du contemporain.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibidem Verlag, pp.8-10, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03097922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels modes d'expérimentation des solidarités face au coronavirus Covid 19?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pons Evelyne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charlemagne Simplice Moukouta. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pandémie de la Covid-19. Comment concevoir et soigner avec les incertitudes?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 16, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.49-60, 2021, EFM, 2-35311-126-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Texte d’introduction à l’ouvrage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voyages réels, voyages imaginaires : perspectives interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Bucarest, pp.14-19, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue à l’épreuve des terrains. Entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les zones critiques d’une anthropologie du contemporain, Hommage à Jean Copans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibidem-Verlag, pp.415-432, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simona Corlan-Ioan, Mihai Dinu Gheorghiu, Abel Kouvouama. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires des élites africaines dans le monde. Réseaux et transferts entre diasporas et « petites sociétés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Universitaire, Alexandru Ioan Cuza, pp.9-21, 2021, 978-606-714-674-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traité sur l'utopie, le mythe et l'idéologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.65-98, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.99-101, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture critique et prospective du &amp;quot;Projet de constitution pour la Corse&amp;quot; de Jean-Jacques Rousseau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.21-61, 2021, 2-35311-132-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abel Kouvouama; Simona Corlan Ioan; Frédéric Bidouze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs France Roumanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.13-17, 2021, EFM, 9782353111251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chanson congolaise de variétés et le bar-dancing comme terrain d'observation socio-anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mahougnon Kakpo; Fernand Nouwligbeto. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures, sociétés et imaginaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Editions des Diasporas, pp.45-62, 2021, 978-99982-63-93-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Bossangoa à Pau : trajectoires intellectuelles, cumul des identités et trajets urbains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Abel Kouvouama; Simona Corlan Ioan; Frédéric Bidouze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs France Roumanie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.165-184, 2021, EFM, 9782353111251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue à l’épreuve des terrains : entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Bernard Ouédraogo, Benoit Hazard, Abel Kouvouama (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les zones critiques d'une anthropologie du contemporain : hommage à Jean Copans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ibidem-Verlag, 2021, 978-3-8382-1571-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulation internationale, formation des élites congolaises en Europe de l’Est et de l’Ouest et stratégies de reconversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simona Corlan-Ioan, Mihai Dinu Gheorghiu, Abel Kouvouama. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Itinéraires des élites africaines dans le monde. Réseaux et transferts entre diasporas et « petites sociétés »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura Universitaire, Alexandru Ioan Cuza, pp.57-82, 2021, 978-606-714-674-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la contradiction individu/communauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.83-84, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l'organisation sociale de la cité idéale morellienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.69-74, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur la bonté naturelle dans le &amp;quot;Code de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.47-67, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.17-21, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.85-88, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuration du &amp;quot;Code de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.23-28, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique morellienne de la propriété privée et l 'exaltation de la communauté des biens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.39-46, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société comme artifice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.75-82, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des principes du discours philosophique dans le &amp;quot;Code le la nature&amp;quot; de Morelly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Presses universitaires de Pau et des Pays de l'Adour (PUPPA), pp.29-37, 2020, Anthroposocius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les acteurs de la rue, entre le clos et l'ouvert, ombre/ligne de fuite : le carnaval Biarnès dans la ville de Pau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A l'ombre de la ligne de fuite, une alternative des possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, pp.125-136, 2020, 978-2842201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le clos et l'ouvert comme catégorie d'analyse et comme catégorie de pratique et de représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A l'ombre de la ligne de fuite, une alternative des possibles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Paari, pp.9-13, 2020, 978-2842201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.11-14, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O trajeto antropológico ‘do aqui e do algures’ nas representações franco-brasileiras</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José Luis Jobim; Maria Elizabeth Chaves de Mello; Eden Viana Martin,; Neima Kermele. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogos frança-Brasil. Circulacoes, représentacoes, imaginarios</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Makunaima, pp.170-188, 2019, 978-85-65130-28-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos du concept d'ethos, d'habitus et de globalisation dans la pensée sociologique de Pierre Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.97-107, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discours et espace du politique dans l'analyse sociologique de Pierre Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.51-73, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie, pouvoir et champ politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.77-93, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du corps &amp;quot;chanté&amp;quot; dans les chansons congolaises de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Université de Pau et des Pays de l'Adour, pp.29-48, 2019, 2-35311-109-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une anthropologie des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama, Abel; Cunchinabe, Dominique; Ziavoula, Robert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nature à l’épreuve de la société. L’Adour en Pays Grenadois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.11-28, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire et société dans la chanson et la musique congolaise de variétés : les nouveaux visages de l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Simona Corlan-Ioan. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouveaux visages de l'Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editura universitãtii din bucaresti, pp.213-231, 2019, Cărtile institutului de studii africane ub, 978-606-16-1109-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le trajet anthropologique de « l’ici » et de « l’ailleurs » dans les représentations franco-brésiliennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Puyo, Jean-Yves; Viana-Martin, Eden. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues France-Brésil : représentations de l’ailleurs. Espaces, imaginaires, représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sorcellerie en question? Entre discours, langage, représentations et pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sorcellerie, Pouvoirs : écrits et représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUPPA, pp.11-22, 2018, 2-35311-098-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la dignité comme politique de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boni Tanella. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques de la dignité. Actes du colloque international d'Abidjan du 31 mai au 04 juin 2016, Université Félix Houphouët-Boigny</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nouvelles Éditions Balafons, pp.781-796, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : pour une anthropologie des territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La nature à l'épreuve de la société. L'Adour en Pays Grenadois</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'Université de Pau et des Pays de l'Adour, pp.11-28, 2018, 2-35311-099-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacré religieux, sacré politique dans les sociétés d’Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Ziavoula, A. Kouvouama, P. Yengo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les territoires du sacré. Images, discours pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les territoires du sacré. Images, discours, pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, 2016, Hommes et sociétés, 978-2-8111-1680-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Offres de soins et dynamiques interculturelles en contexte migratoire : regard anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan - Editions Licorne, pp.37-63, 2016, Villes Plurielles, 978-2-296-12095-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trajectoires intellectuelles et/ou politiques des élites philosophiques congolaises formées en URSS et en RDA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Zacharie Bowao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudier à l'Est. Expériences de diplômés africains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala; FMSH, 2015, 978-2-8111-1463-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerre civile et construction de l’autochtonie dans la société congolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maurice Daumas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’autochtonie. Figures et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUPPA, pp.165-173, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guerres civiles et construction de l'autochtonie dans les sociétés ivoiriennes et congolaises contemporaines : regard anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Autochtonie. Figures et perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 4, Presses universitaires de Pau et des Pays de l'Adour, pp.165-174, 2015, Espaces, Frontières, Métissages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire, littérature et politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre poétique romanesque et littérature politique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Classiques Garnier, pp.273-282, 2015, Rencontres, 978-2-8124-3702-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du religieux dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés en mutation dans l'Afrique contemporaine. Dynamiques locales, dynamiques globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.443-455, 2014, Hommes et sociétés, 978-2-8111-1180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échelles et postures des réformes administratives en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Régine Tchicaya-Oboa, Abel Kouvouama, Jean-Pierre Missié. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés en mutation dans l'Afrique contemporaine. Dynamiques locales, dynamiques globales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Karthala, pp.329-354, 2014, Hommes et sociétés, 978-8111-1180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revendications démocratiques, violences politiques et sorties de crise en Afrique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C. Koné "Médiation et gestion des conflits: essais sur les fins et les moyens pacifiques de sortie de crise"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Peter Lang, pp.169--182, 2011, (Philosophie et transculturalité, ISSN 1618-467X ; 11), 978-3-631-61499-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoirs scientifiques et contraintes de la globalisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bidouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les mondes universitaires face au marché circulation des savoirs et pratiques des acteurs: Colloque international, l'École Hassania des travaux publics de Casablanca, juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.339-347, 2011, Hommes et sociétés, 978-2-8111-0517-4 2-8111-0517-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les paradigmes socio-anthropologiques du religieux en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M. Hirschhorn, M. Tamba "La sociologie francophone en Afrique: état des lieux et enjeux"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.287-303, 2010, 978-2-8111-0289-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonction critique d'un journal satirique à Brazzaville: &amp;quot;La Rue Meurt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">E. Toussaint "La fonction critique de l'art: dynamiques et ambigüités"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, la Lettre volée, pp.57--65, 2009, Collection Essais (La lettre volée), 978-2-87317-341-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique et la danse : une relation festive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Apprill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vivre à Brazzaville. Modernité et crise au quotidien</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 1998, 2-86537-856-X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité et migration dans l'espace francophone. Synthèse et conclusion du Colloque international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Luică</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Necula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 55 (1), pp.159-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05272980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le penser philosophique chez Paulin Hountondji : Itinéraire exemplaire d’un précurseur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diogène : Revue internationale des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Hommage à Paulin J. Hountondji, 2023/3-4 (283-284), pp.90-101</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décoloniser et promouvoir la quête de l’universel : à propos des sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15dx9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05500867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique et les défis sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Les sciences sociales en Afrique et les défis sociétaux, 53 (1), pp.7-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche et réflexivité: sur les rapports entre modernité, politique et religion dans les sociétés d’Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Les sciences sociales en Afrique et les défis sociétaux, 53 (1), pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’actualité de la recherche en sciences sociales et humaines en Afrique: prospectives et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52 (3), pp.27-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Dinu Gheorghiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52 (2), pp.7-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intellectuel collectif et l’anthropologie aux frontières. Entretiens avec Mihai Gheorghiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 52, pp.11-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures narratives et descriptives de l'utopie : entre nature et communauté/société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diogène : Revue internationale des sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 273-274, pp.53-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03682569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">法语非洲文学中文本意图的来源_爱学术</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">``意图'' 与``阐释'' 的讨论 [Social Science Front]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.138-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la dignité comme politique de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Presence africaine (Paris, France : 1967)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Les politiques de la dignité, 193, pp.235-251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02175532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et sorties de crise en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Africultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 83, pp.148-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques de terrain en situation de tensions sociales et de guerre civile au Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SociologieS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Champs de recherche et enjeux de terrain. La recherche en actes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01345429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pensée politique, sociale et morale dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Africultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Des objets de pensée aux sujets pensants, 3 (82), pp.172-177. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/afcul.082.0170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Temporalité messianique et mythes du Salut dans le Congo actuel »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loxias</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Loxias 3 (févr. 2004) Eclipses et surgissements de constellations mythiques. Littératures et contexte culturel, champ francophone (2e partie), 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04515458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En hommage à l'anthropologue français Louis-Vincent Thomas, ce spécialiste de l'imaginaire thanatologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal des anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Journal des anthropologues N° 56, Anthropologie et politique de la recherche, 56, pp.83 - 85. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/jda.1994.1833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Publications en République Populaire du Congo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Association Française des Anthropologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, Le rite annuel : Bulletin de l'Association française des anthropologues (N° 19-1-2112), pp.71-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universités, modernité et changement numérique : quels impacts sur les mutations dans les sociétés africaines contemporaines ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Séminaire international, Université Joseph KI-ZERBO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut supérieur des sciences de la population; CEPHISS, Jun 2022, Ouagadougou, France. pp.227-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards philosophiques sur les conférences nationales africaines (1989-1993)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de philosophie "La philosophie africaine et ses enjeux : sens, pratiques, perspectives"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Bucarest, May 2025, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les textes chantés des chansons africaines de variétés comme archives en philosophie africaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude “La philosophie africaine et les archives : questions épistémologiques”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Pau et des Pays de l’Adour / ITEM; Université Félix Houphouet-Boigny d’Abidjan, Jun 2025, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les concepts d’interculturalité et de migration peuvent-ils faire partie du &amp;quot;tour du monde&amp;quot; des concepts ? Questionnement épistémologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées internationales de Psychologie « L’interculturalité à l’épreuve des pratiques et des regards divers »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne, Nov 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05507549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexion sur le texte de Paulin Hountondji de 2020 : « Le retour à l’humain comme condition de la paix mondiale ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Hommage à Paulin J. Hountondji »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Bénin, Feb 2025, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation et citoyenneté chez Jean-Jacques Rousseau : leçons philosophiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international et interdisciplinaire sur la citoyenneté. Quelles expériences éducatives pour promouvoir la citoyenneté ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marien Ngouabi, Ecole Normale Supérieure, Oct 2024, Brazzaville, Congo-Brazzaville</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourdieu et la question de l’internationalisation des sciences sociales : expériences en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « L’œuvre de Pierre Bourdieu. Son rayonnement national et international »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PauSes; Université de Pau et des Pays de l'Adour (ITEM), Oct 2024, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on et doit-on interpréter ce que signifie le masque ? Brève analyse des masques dans les sociétés africaines subsahariennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le masque dans tous ses états : quels regards des sciences sociales et humaines ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut d’études africaines, Université de Bucarest (Roumanie) 25 – 28 novembre 2024, Nov 2024, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05220746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les productions des violences de masse dans les États d'Afrique centrale (1989 - 2024) : les enjeux socio-politiques du local et du global</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LADEC – Laboratoire d’anthropologie des enjeux contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Lumière Lyon 2, Oct 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04757048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et poésie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4 ème édition du Festival de poésie d’Abidjan</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Felix Houphouet-Boigny, Nov 2024, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité Sud/sud et Sud/Nord et expériences post-conférences nationales (1990-2002) des élites des sociétés d'Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations étudiantes africaines et formation des élites. Sciences, Savoirs et Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association internationale des sociologues de langue française (AISLF), Jul 2024, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bourdieu et l’internationalisation des sciences sociales comme contribution la plus efficace au progrès de l’autonomie scientifique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Quêtes et enquêtes en sciences sociales Bourdieu en pratiques dans la rive sud de la Méditerranée"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté des Lettres et des Sciences Humaines, Université Ibn Zohr, Espace des Humanités, Mar 2023, Agadir, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récit autobiographique et procédé dialogique dans l’ouvrage « Rousseau, juge de Jean-Jacques. Dialogues (1772-1776) »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude Ego d'histoire - histoire d'égo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM UPPA, Oct 2023, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence en distanciel du CR 37 du mardi 26 septembre 2023 (15h -17h):Expérience de travail avec le sociologue Pierre Bourdieu : entre engagement scientifique et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expérience de travail avec le sociologue Pierre Bourdieu : entre engagement scientifique et réflexivité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CR 37 de l'AISLF, l'Université Eduardo Mondlane de Maputo (Mozambique) et l'Ambassade de France au Mozambique), Sep 2023, Maputo, Mozambique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05220743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apprentissage des humanités en contexte interculturel permet-il de « faire humanité ensemble » à l'échelle mondiale ? Pistes de réflexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quelles humanités pour éduquer et former au XXI e siècle ? Questions et perspectives philosophiques contemporaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Francophone de Philosophie de l’Éducation, Bordeaux – INSPE/SPH, Jun 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quelques nouvelles épistémès dans les sciences sociales africaines et africanistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire pluridisciplinaire Master/Doctorat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM UR 3002 - UPPA, Apr 2023, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le philosopher dans ses cheminements poétiques et romanesques : clin d'oeil à Tanella BONI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommage académique à Tanella Boni, l’universitaire, la féministe, la citoyenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Félix Houphouet-Boigny d'Abidjan, Nov 2022, Abidjan, Côte d’Ivoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chimpa Vita ou le destin historique d’une femme prophétesse au 18ème siècle dans le royaume Kongo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temporalité(s) biographique(s). Rupture, événement et sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM - Université de Pau et des Pays de l'Adour, Jul 2021, Pau, France. pp.167-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04259565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les représentations du corps humain sur les peintures murales des commerces de Brazzaville (Congo) : mémoire culturelle urbaine des années 1980</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Human Body in the Arts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Department of Ancient History, Archaeology and History of Art, Faculty of History, University of Bucharest, Sep 2022, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atelier de recherche du 24 juillet 2021:Réflexion anthropologique sur les conflits, les violences politiqueset les modalités de sortie de crise dans les sociétés contemporaines d’Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier de recherche ITEM: Réflexion anthropologique sur les conflits, les violences politiques et les modalités de sortie de crise dans les sociétés contemporaines d’Afrique centrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM, Université de Pau et des Pays de l'Adour (UPPA), Jul 2021, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05231499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral La Recherche Universitaire en Transition(s). Le rôle social du chercheur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire et voyage dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Voyages réels, voyages imaginaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Bucarest, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les univers de croyances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table-ronde au Salon du livre de Genève</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Genève, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes provisoires socio-anthropologiques sur le champ politique et le champ matrimonial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La pensée sociologique de Pierre Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM et association PauSES, Jan 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilités des élites universitaires et de jeunes chercheurs d’Europe centrale et orientale à Irissarry dans le Sud-Ouest de la France : l’exemple de l’université européenne et internationale d’été en anthropologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire international, Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs (France-Roumanie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'estime de soi : entre reconnaissance de soi et reconnaissance de l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat du mardi 8 octobre 2019: estime de soi, reconnaissance de soi et de l'autre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM-UPPA, Oct 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le pouvoir et ses représentations dans la &amp;quot;tragédie du roi Christophe&amp;quot; : des Antilles à l'Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence à l'Université de Lausanne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Lausanne, Suisse. pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et sociabilité juvénile autour de la rumba congolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e édition du Colloque scientifique de l'Université des Artistes Les musiques de la diversité : des "lieux apprenants" entre éducation et culture Laïcité, Diversité et apprentissage du Commun</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Cergy-Pontoise, France. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue à l’épreuve des terrains : entre engagement et réflexivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "L'oeuvre de Jean Copans et les zones critiques d'une anthropologie du contemporain"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La chanson congolaise de variétés et le bar-dancing comme terrain d'observation socio-anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM UR 3002 - UPPA, Dec 2019, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05176416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les politiques de la dignité comme politique de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international "Politiques de la dignité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Félix Houphouët-Boigny, May 2016, Abidjan, Côte d’Ivoire. pp.781-796</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sociologie de la littérature selon Pierre Bourdieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche du Master "Langues, littératures et civilisations étrangères et régionales"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Pau, France. pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie politique dans le bassin du Congo : la portée des images sonores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique et anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métamorphoses des identités : mondialisation et transnationalisation. Séminaire doctoral interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser les identités dans la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de terrain et images sonores dans le bassin du Congo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génétique et anthropologie. Anthropologie politique dans le bassin du Congo : la portée des images sonores</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politiques mémorielles, « régimes » de vérité et modalités de sortie de crise : quelques « foyers d’expériences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les politiques mémorielles et les modalités de sorties de crise (Europe, Afrique, Amériques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modération de la journée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire doctoral "La Recherche Universitaire en Transition(s). Le rôle social du chercheur"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre utilité(s) et bien commun: “la nature” à l’épreuve de la société. Terres et territoire du bord de l’Adour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Saint Maurice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusions de la table-ronde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles solidarités à l’épreuve du politique et du religieux (Europe, Afrique, Amériques, Asie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO; UPPA, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles solidarités et formation des subjectivités à l’épreuve du politique et du religieux : questions théoriques et épistémologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouvelles solidarités à l’épreuve du politique et du religieux (Europe, Afrique, Amériques, Asie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO; UPPA, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lire et relire Joseph Tonda : logique des pouvoirs et violence de l’imaginaire en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international sur l’œuvre de Joseph TONDA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Omar Bongo, Faculté des Lettres et Sciences humaines, Feb 2017, Libreville, Gabon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Balandier ou la figure exemplaire de la sociologie dynamique des mutations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international en hommage à Georges Balandier, « Les mondes en mouvement de Georges Balandier »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sources de l’intentionnalité textuelle dans la littérature africaine francophone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de l’Université de Shanghai</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Chinoise des Sciences Sociales, Apr 2017, Shanghai, Chine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les techniques du récit romanesque dans Le commencement des douleurs de Sony Labou Tansi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude “Multiculturalité et plurilinguisme”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques religieuses et territorialité dans les « villes nouvelles » en région parisienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude interdisciplinaire Pratiques, expressions et architectures religieuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que vivre et penser les situations extrêmes veut dire : esquisses d’analyse anthropologique et philosophique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDENTITÉS ET DISCOURS : VIVRE ET PENSER LES SITUATIONS EXTRÊMES. Afrique centrale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures d’Etat, rationalité et irrationalité des pratiques politiques dans les sociétés africaines en mouvement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXème congrès de l’Association Internationale des Sociologues de Langue Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de recherche (CR 37 Afriques en mutation), Jul 2016, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politique, religions et violences armées : crise du lien social ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IDENTITÉS ET DISCOURS : VIVRE ET PENSER LES SITUATIONS EXTRÊMES. Pays du Maghreb</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La laïcité, un principe de liberté dans l’espace public</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'oeuvre de Pierre Bourdieu</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02178002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La figure de Donald Trump : actualisation spectaculaire du fétichisme de la délégation politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'oeuvre de Pierre Bourdieu en pratiques (15ème édition) : "Ni gauche ni droite! Existe-t-il encore un vote de classe?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PauSes; Université de Pau et des Pays de l'Adour, Apr 2015, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le clos et l'ouvert Acteurs religieux, Acteurs sociaux et usages de la rue (Europe, Afrique, Asie, Amériques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le clos et l’ouvert Acteurs religieux, Acteurs sociaux et usages de la rue (Europe, Afrique, Asie, Amériques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Gaston Berger (Sénégal)net Acteurs émergents de la FMSH (Paris), Oct 2014, Saint-Louis du Sénégal, Sénégal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie du fait religieux dans les sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Certificat International d'Ecologie Humaine (CIEH) - Université de Pau et des Pays de l'Adour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CIEH, Jan 2014, Pau (UPPA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Textes « chantés », musique congolaise de variétés et bars-dancing : d'un terrain à l'autre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude: Terrains de recherche territorialisés et déterritorialisés : pratiques et représentations » Pau, 20 février 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération de recherche Espaces, Frontières, Métissages, Université de Pau et des Pays de l'Adour, Feb 2014, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fait religieux et changements sociaux dans les sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de master d’économie 5 -6 février 2013 – UPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Faculté de Droit, Economie, Gestion de l'Université de Pau et des Pays de l'Adour, Feb 2013, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser le développement de l'Afrique : enjeux et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'Afrique et le développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Casa Africa, Nov 2013, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protestations prophétiques, socialités et expériences des mobilités religieuses en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international de Nairobi, "Mobilité religieuse en Afrique de l’Est et en Amérique latine", 24-26 avril 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Français de Recherche en Afrique (IFRA), Nairobi Institut de Hautes Etudes Internationales et du Développement, Genève Catholic University in Eastern Africa, Nairobi, Apr 2012, Nairobi, Kenya</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les productions de la modernité religieuse au Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études: GEORGES BALANDIER ET LA RECONFIGURATION DES SCIENCES SOCIALES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'études africaines, Musée du Quai Branly, Feb 2012, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie, identité et formation des subjectivités : analyse comparée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire: Les mardis d'ITEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM-UPPA, Jan 2012, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ville et religions à Brazzaville : regard d'anthropologie historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire INALCO-RIAM-ITEM, Ville et religions à Brazzaville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INALCO, May 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'espace frontalier comme trace et comme lieu : esquisses anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire de recherche Fédération SHS, Espaces, frontières, métissages 10 mai 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération SHS, Espaces, frontières, métissages UPPA, May 2012, Pau (UPPA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion, sacré et politique dans la société urbaine congolaise : une perspective anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire RAE-FMSH-ITEM-INALCO : Territoire et sacré Paris, 20 mars 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAE-FMSH, ITEM-UPPA, INALCO : Robert Ziavoula, Patrice Yengo et Abel Kouvouama, Mar 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05242675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etre sociologue en Afrique au sud du Sahara: les défis, contraintes et exigences du métier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SOCIOLOGIES D’ICI ET D’AILLEURS : Des sociologues entre particularismes et mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNAM, LISE et CNRS, May 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05222230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laïcité, espace public et affirmations croyantes : regards sociologiques et anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence débat à Artix du samedi 17 novembre 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mairie d'Artix dans les Pyrnées-Atlantiques, Nov 2012, Artix, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoire de l'imaginaire, imaginaire du territoire dans les romans d'Emmanuel Dongala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DEUXIÈMES RENCONTRES FRANCO-ESPAGNOLES « Géographie et littérature : regards croisés sur l'imaginaire géographique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire SET (UMR 5603), UPPA, Jun 2011, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05220745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ÉPISODE COLONIAL DANS LA CONSTRUCTION DE L'AFRIQUE DE DEMAIN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'ÉPISODE COLONIAL DANS LA CONSTRUCTION DE L'AFRIQUE DE DEMAIN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Havre, May 2011, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie, Fêtes urbaines et territoire en Afrique centrale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche ITEM du 11 septembre 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM-UPPA, Sep 2011, Pau (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'indépendance en question : figures contemporaines de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international « Regards d’ici et d’ailleurs sur l’Afrique » 17-18 septembre 2010, Amiens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne, Sep 2010, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sociologie francophone dans les deux Congos : éléments de réflexion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociétés en mutations dans l'Afrique contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Marien Ngouabi et l'Association Internationale des Sociologues de Langue Française (AISLSF), Feb 2010, Brazzaville, Congo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les figures du religieux dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociologie des mutations, mutations des sociétés. 16-19 février 2010, Brazzaville, Congo </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Brazzaville, Congo, Région indéterminée</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01799194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A propos des sciences sociales en Afrique et hors d'Afrique : Enjeux et défis des temporalités historiques et scientifiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire interdisciplinaire du Réseau Acteurs Emergents de la FMSH du Laboratoire ITEM-UPPA et l'INALCO:</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RAE/FMSH-ITEM-INALCO, Oct 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire CIEH/UPPA 17-25 mars 2010 Les sciences sociales et humaines et la question de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines et la question de la modernité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM, Mar 2010, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Notes brèves sur les rapports entre l'anthropologie et la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire des doctorant(e)s de littérature comparée francophone, Université de Nice Sophia-Antipolis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nice Sophia-Antipolis Pr. Arlette Chemain -Litérature comparée, Feb 2009, Nice (06000), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05211950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les constructions identitaires dans la mondialisation contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Sociologie et ses frontières. Les faits et les effets de la mondialisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L’Université Hassan II Mohammedia, Casablanca, l’Association Internationale des Sociologues de Langue Française (AISLF) et le Centre Jacques Berque, Rabat, (Maroc), Jun 2009, Rabat, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginaire et territoire : une approche anthropologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l’IRSAM : « Imaginaires locaux et constructions territoriales » 25 janvier 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de recherche sur les sociétés et l'aménagement montagnard (IRSAM), actuellement Institut Claude Laugénie (ICL), Jan 2008, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SYSTÉMIQUE & ACCOMPAGNEMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Bricage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Beaussart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Chapard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Chassaigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cerasela Deltor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Feb 2007, 155 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00130212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Femme et société dans la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ITEM du 10 avril 2006: Femme et société dans la chanson congolaise de variétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire ITEM, Apr 2006, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05219483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revendications démocratiques, conflits politiques, violences armées et sorties de crise en Afrique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international, Fins et moyens pacifiques de sortie de crise, 12 au 14 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Ouagadougou, Sep 2006, Ouagadougou, Burkina Faso</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sacrifice en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Pluridisciplinaire « SACRIFIER, SE SACRIFIER »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne - Amiens, Mar 2004, Amiens ( Université Picardie Jules Vernes), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rites et séduction dans une société urbaine africaine : l'exemple de Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche ITEM, Rites et séduction dans une société urbaine africaine : l’exemple de Brazzaville</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM-UPPA, Nov 2003, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citoyenneté démocratique et gouvernance en Afrique contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire ITEM, Citoyenneté démocratique et gouvernance en Afrique contemporaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ITEM-UPPA, Sep 2003, Pau (FRA), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La rumba congolaise comme matrice culturelle et esthétique africaine de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université Félix Houphouet-Boigny d'Abidjan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Hommage à Yacouba Konaté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Félix Houphouet-Boigny d'Abidjan (Côte d'Ivoire), Nov 2023, Abidjan (Côte d'Ivoire), Côte d’Ivoire. pp.777 - 796, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesafricaines.166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La musique comme vecteur d'intégration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CEFRESS, Musique et société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire CEFRESS, Université de Picardie Jules Verne - Amiens, Apr 2001, Amiens, Université Picardie Jules Verne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réception des auteurs français et latino-américains par les écrivains congolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude du CEFRESS : Les réceptions de l'oeuvre littéraire, UPJV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire CEFRESS, Université de Pacardie Jules Verne, May 2001, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion, culture et identité dans les sociétés d'Afrique centrale : regard d'anthropologie historique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de DEA, Université de Picardie Jules Verne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire CEFRESS, Université de Picardie Jules Verne, Feb 2000, Amiens, Université Picardie Jules Verne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religion et politique, les figures de la modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'études, Le politique et le religieux : éclatement des frontières ? -16 juin 2000, Salle E 110 - Amiens)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEFRESS, Université de Picardie Jules Verne, Jun 2000, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Démocratisation et violences urbaines en Afrique : les logiques d'acteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Etat et acteurs émergents en Afrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fondation Maison des Sciences de l'Homme (Paris), Nov 2000, Paris ( France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colloque International : &amp;quot;Truth in Politics, Rhetoric, Ethics, Politics&amp;quot; (20-21 septembre 1999, University of Cape Town) Vérité du politique, vérité en politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International : "Truth in Politics, Rhetoric, Ethics, Politics" (20-21 septembre 1999, University of Cape Town)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAS, University of Cape Town, Sep 1999, Cape Town / Le Cap, Afrique du Sud</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05212201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de l'impact éducatif de la philosophie pour les enfants : expérience du Congo-Brazzaville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de l'Unesco, « La philosophie pour les enfants » Réunion d'experts -Division de la philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Unesco, Division de la philosophie, Mar 1998, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie comparée des représentations et des pratiques dans quelques champs sociaux européens et africains. Thème 3 : les représentations sociales de l'identité (2 séances) Séance 1 du 12 mai 2025 Abel KOUVOUAMA Professeur des universités émérite Laboratoire ITEM-UPPA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. les représentations sociales de l’identité, Pau, Université du Temps Libre - UPPA, France. 2025, Six (06) p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance 5 du jeudi 30 janvier 2025 Thème 3 : Les littératures africaines francophones (séance 5)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Les littératures africaines francophones, Pau, Université du temps libre (UPPA), France. 2025, huit p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séance 6 du jeudi 06 février 2025 Thème 3 : Les littératures africaines francophones (séance 6)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Imaginaire et narration historique dans les littératures francophones, Pau, Université du Temps Libre, France. 2025, Vingt-une (21) p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lien social et nouvelles formes de sociabilité dans les sociétés africaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Kouvouama Abel; Tchicaya-Oboa Régine. Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 21, pp.208, 2024, Espaces Frontières métissages, 9782353110483</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04736675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport, EPS et émancipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gastaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Margnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l’Université de Pau et des Pays de l’Adour, pp.150, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SPORT, EPS ET EMANCIPATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gastaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Margnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2022, Espaces, frontières, métissages</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04572779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporalité(s) biographique(s). Rupture, événement et sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bidouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.199, 2022, Collection SSHP, 2-35311-142-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales et humaines face aux écritures de soi. Epistémè et production comparée des savoirs France Roumanie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bidouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 15, pp.186, 2021, EFM, 9782353111251</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03159329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itinéraires des élites africaines dans le monde. Réseaux et transferts entre diasporas et « petites sociétés »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Dinu Gheorghiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editura Universitaire, Alexandru Ioan Cuza, pp.352, 2021, Observatorul social, 978-606-714-674-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyages réels, voyages imaginaires : perspectives interdisciplinaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecaterina Lung</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Bucarest, pp.442, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les zones critiques d’une anthropologie du contemporain. Hommage à Jean Copans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Bernard Ouedraogo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hazard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ibidem-Verlag, pp.508, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Essai sur Jean-Jacques Rousseau. Projet de Constitution pour la Corse (1765)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), pp.108, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A l'ombre de la ligne de fuite, une alternative des possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Yengo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Paari, pp.256, 2020, 978-2842201111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophie, utopie et politique chez Morelly. A propos du Code de la nature (1755)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Pau et des Pays de l'Adour (PUPPA), 2, pp.92, 2020, Anthropo-socius, 978-2-35311-121-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03147942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Re)lire les écrits de Pierre Bourdieu : pour une démarche socio-anthropologique critique et créatrice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université de Pau et des Pays de l'Adour, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02524646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Littérature et Inférences anthropologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paari editeur, pp.160, 2019, GERMOD, 978-2-84220-100-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02177502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La nature à l'épreuve de la société. L'Adour en Pays Grenadois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses de l'Université de Pau et des Pays de l'Adour, 2018, 2-35311-099-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorcellerie, Pouvoirs : écrits et représentations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisèle Prignitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Maupeu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUPPA, pp.224, 2018, 2-35311-098-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une histoire du messianisme : Un &amp;quot;monde renversé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2018, 978-2-8111-1980-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02015301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les territoires du sacré. Images, discours, pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Ziavoula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Yengo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.276, 2016, Hommes et sociétés, 978-2-8111-1680-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthropologie dans un monde en mouvement. Le lointain et le proche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paari, 2015, Les cahiers du Germod, 2-84220-090-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01772852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociétés en mutation dans l'Afrique contemporaine. Dynamiques locales, dynamiques globales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régine Tchicaya-Oboa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Missié</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, pp.544, 2014, Hommes et sociétés, 978-2-8111-1180-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterritorialisation: effet de mode ou concept pertinent?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christiane Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Albert, Abel Kouvouama. Presses Universitaires de Pau et des Pays de l'Adour, pp.143, 2013, Espaces, frontières, métissages, 9782353110346</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00972037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie de la chanson congolaise de variétés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Paari, 6, pp.128, 2013, Cultures, Arts et Sociétés, 978-2-84220-067-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01625109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentations et productions de l'espace dans les sociétés contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cochart-Coste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, pp.298, 2009, Les Cahiers du CEFRESS, 978-2-296-10541-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Figures croisées d'intellectuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdoulaye Gueye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Piriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.-C. Wagner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Karthala, 2007, 2845868669</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre à Brazzaville. Modernité et crise au quotidien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Dorier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Apprill</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">karthala, 1998, 9782865378562</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04113743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique et les défis sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Corlan-Ioan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 53 (1), pp.150, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sciences sociales en Afrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mihaï Dinu Gheorghiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psihologia Socială</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 52 (2), pp.193, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04454765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invention démocratique, Etat, religion en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Musique et sociabilité juvénile autour de la rumba congolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identité et mémoire en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes d'historicité et figures d'Etat en Afrique Subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropologie de l'Etat et mondialisation en Afrique subsaharienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Religions, temporalités, modernité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et valorisation du patrimoine naturel et culturel en Pays Grenadois ( deuxième édition)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Chareyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Le Couédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Paule Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Champagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Pau et des Pays de l'Adour; Pays Adour Chalosse Tursan; Région Aquitaine; Communauté de Communes du Pays Grenadois. 2014, pp.116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et valorisation du patrimoine naturel et culturel en Pays Grenadois. Rapport d'étape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abel Kouvouama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Cunchinabe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lamothe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idrissa Mané</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Université de Pau et des Pays de l'Adour; Pays Grenadois; Région Aquitaine. 2014, pp.67</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01730640v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId264"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Kouvouama" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441886v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441881v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507439v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507366v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507377v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441837v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507412v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736678v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Tchicaya-Oboa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507403v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736684v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736680v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108134v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259472v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259453v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259482v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524831v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280809v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097922v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean--Bernard Ouedraogo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hazard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113534v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pons Evelyne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657783v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280811v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280808v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748614v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748600v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748608v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748615v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280814v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113131v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159316v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147940v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147941v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748676v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748633v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748688v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748678v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748691v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748632v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748670v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748680v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748665v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524780v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748740v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748735v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748695v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748700v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524768v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178007v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524823v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015291v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunchinabe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015261v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175531v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772970v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772966v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772836v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Zacharie Bowao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175528v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772839v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772835v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772787v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01303991v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ziavoula" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772087v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772076v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bidouze" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772149v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771160v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599965v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Apprill" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dx9" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507391v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272980v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Corlan-Ioan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Luic&#259;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Necula" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747925v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747928v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507381v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454306v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha&#239; Dinu Gheorghiu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682569v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524633v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175532v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654959v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345429v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637339v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afcul.082.0170" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515458v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242607v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jda.1994.1833" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242588v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211908v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176323v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507529v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507517v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507549v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748260v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176372v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748279v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757048v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220746v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212009v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176354v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748312v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280525v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220743v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216319v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259565v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212011v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216737v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231499v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176416v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177510v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524893v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178126v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524931v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247198v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211930v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178118v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178044v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524997v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015466v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177582v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178154v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177507v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524839v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015457v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015419v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524876v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177601v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177628v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177624v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222291v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177670v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524881v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177680v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177703v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177677v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524867v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524970v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178002v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212007v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213717v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238158v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213705v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211973v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212214v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213719v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213712v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211958v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213723v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242675v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222230v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238531v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220745v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212207v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219611v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219571v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219529v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799194v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238573v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211888v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216409v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211950v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219505v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130212v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bricage" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beaussart" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Chapard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chassaigne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerasela Deltor" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216368v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219483v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212014v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212043v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212044v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212188v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Universit&#233; F&#233;lix Houphouet-Boigny d'Abidjan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.166" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212049v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212050v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212196v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247156v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212017v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212201v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216303v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216861v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216840v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216848v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736675v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657792v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gastaud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Margnes" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04572779v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657789v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recherche.univ-pau.fr/fr/productions-scientifiques/puppa/publications/series/serie-sciences-sociales-et-humaines-en-partage-sshp/temporalite-s-biographique-s.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280799v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159329v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Corlan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657780v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dupuy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecaterina Lung" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524675v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Ouedraogo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657794v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03147942v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524666v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Yengo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177502v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524646v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015301v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015311v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015302v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Prignitz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maupeu" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625178v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772852v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625137v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Missi&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00972037v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Albert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625109v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615647v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cochart-Coste" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183669v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Gueye" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piriou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Wagner" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113743v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dorier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747921v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454765v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234092v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234142v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234108v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234228v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234262v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234251v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730677v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chareyre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le Cou&#233;dic" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Lavergne" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Champagne" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730640v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Espinosa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lamothe" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrissa Man&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500829v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Kouvouama" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441886v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441881v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507366v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507439v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507377v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441837v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507412v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736684v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Tchicaya-Oboa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507403v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736680v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736678v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108134v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259472v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259453v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259482v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748600v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097922v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean--Bernard Ouedraogo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hazard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113534v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pons Evelyne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657783v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280811v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280808v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748614v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748615v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748608v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280814v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113131v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159316v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524831v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280809v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748688v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748678v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748676v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748633v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748691v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748632v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748670v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748680v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04748665v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147941v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147940v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748695v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524807v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748740v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748735v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748737v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748700v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178007v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524780v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015261v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524823v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015291v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunchinabe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175531v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772970v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772966v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772836v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Zacharie Bowao" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175528v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772839v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772835v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772787v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01303991v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ziavoula" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772087v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772076v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bidouze" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772149v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771160v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599965v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Apprill" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272980v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Corlan-Ioan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Luic&#259;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Necula" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507391v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500867v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15dx9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747925v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747928v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454302v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454306v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miha&#239; Dinu Gheorghiu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507381v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682569v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524633v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02175532v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654959v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01345429v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637339v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/afcul.082.0170" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515458v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242607v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/jda.1994.1833" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242588v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507517v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176323v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507529v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05507549v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211908v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748260v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748279v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220746v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757048v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176372v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212009v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748312v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280525v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220743v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216319v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176354v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216737v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259565v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212011v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05231499v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177510v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524893v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178126v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211930v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524931v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247198v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178118v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178044v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524997v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176416v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524839v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178154v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177507v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015457v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015419v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015466v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177582v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177670v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177628v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177624v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222291v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524881v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524876v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177601v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177703v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177677v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524867v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177680v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02178002v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524970v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212007v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213717v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238158v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213705v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211973v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213712v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213719v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211958v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212214v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213723v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242675v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222230v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238531v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220745v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212207v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219611v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219529v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219571v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799194v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238573v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211888v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05211950v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216409v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219505v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130212v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bricage" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Beaussart" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Chapard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chassaigne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerasela Deltor" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219483v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216368v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212014v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212044v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212043v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212188v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Universit&#233; F&#233;lix Houphouet-Boigny d'Abidjan" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.166" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212049v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212050v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212196v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247156v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212017v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212201v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216303v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216861v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216840v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216848v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736675v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657792v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gastaud" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Margnes" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04572779v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657789v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://recherche.univ-pau.fr/fr/productions-scientifiques/puppa/publications/series/serie-sciences-sociales-et-humaines-en-partage-sshp/temporalite-s-biographique-s.html" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159329v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Corlan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280799v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657780v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dupuy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecaterina Lung" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524675v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Ouedraogo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657794v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524666v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Yengo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03147942v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524646v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177502v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015311v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015302v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Prignitz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maupeu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015301v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625178v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772852v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625137v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Missi&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00972037v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Albert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625109v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615647v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cochart-Coste" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183669v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Gueye" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Piriou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Wagner" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113743v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Dorier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747921v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04454765v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234092v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234142v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234108v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234228v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234262v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234251v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730677v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chareyre" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Le Cou&#233;dic" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Paule Lavergne" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Champagne" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01730640v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Espinosa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lamothe" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrissa Man&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>