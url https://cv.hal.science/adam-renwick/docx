--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Adam Renwick </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Averbal interactional prefabricated sentences and constructions: looking for variability and frozenness in a constructicon for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexis. Journal in English Lexicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 26, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15i66⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminology, Stars and (Exo)Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic Journal of Modern Philology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, pp.265-274. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34616/ajmp.2021.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altmanova, J., Centrella, M. & Russo, K. E. (Eds). (2017). Terminology & Discourse / Terminologie et discours. Peter Lang.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New lexical blends in The Simpsons: a formal analysis of English nonce formations and their French translations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Renner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexis. Journal in English Lexicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lexis.3829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Storm in a Teacup? The Académie française, Language Policy and Normativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rasprave: Časopis Instituta za hrvatski jezik i jezikoslovlje</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (2), pp.457-469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Orbite LEO»: Précision, pertes, paradigmes et pléonasmes dans la traduction des sigles de l'orbitologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité et identité culturelle en Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Numéro thématique TERMINOLOGIE ET MULTILINGUISME: OBJECTIFS, METHODOLOGIES ET PRATIQUES, 13 (1), pp.153-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How To Account For The Regularities In Speech Formulae: From Corpus Extraction To Constructional Phrasemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europhras 2025 Phraseology and Communication - Formulaic Language in Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Aarhus (Denmark), Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05108330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des phrases préfabriquées des interactions à partir de corpus oraux et écrits : il y a du pain sur la planche !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches interdisciplinaires des unités phraséologiques dans les langues du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INaLCO, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’utilité de confronter les sorties de plusieurs étiqueteurs morphosyntaxiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">». ConCordial : La constitution de corpus en diachronie longue : méthodologies, objectifs et exploitations linguistiques et stylistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">j'ai screenshot, j'ai report, j'ai bloqué&amp;quot; : étude de la non-flexion des anglicismes verbaux en français contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Renner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">V Congresso Internazionale di neologia in lingue romanze (CINEO).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Gênes, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les emprunts en ING en diachronie longue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les emprunts néologiques en français, en polonais et en tchèque contemporains : Études de cas, méthodologies et approches théoriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminology, Stars and (Exo)Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Wroclaw Terminological Meeting TERMOS 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Term Formation in Astronomy and Astrophysics: A Diachronic Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop TOTh 2019: Term Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la participation des non-spécialistes à l'aménagement terminologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Journée REALITER : Convergences et divergences dans la pratique terminologique : de la terminologie spontanée à la terminologie aménagée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The How And The What Of Terminological Implantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAFT Summit 2018: Making, Managing, Measuring Terminology. In the Pursuit of Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Donostia/San Sebastián, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Results of French Terminological Development Efforts: A Corpus-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congreso Internacional de Lingüística de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Cáceres, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la dénomination du voyageur spatial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII journée scientifique REALITER : Terminologie pour la normalisation et terminologie pour l'internationalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Barcelona, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Storm in a Teacup? The French Academy, Purism and Linguistic Policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLARC 2016: Language Planning and Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rijeka, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots des média et réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emprunts néologiques et équivalents autochtones : mesure de leurs circulations respectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lodz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anglicismes et néologismes : l'implantation des termes recommandés de la spatiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctoriales de l'AFFUMT 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’implantation terminologique 20 ans après - le cas de la télédétection aérospatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference TOTh 2015 Terminology &amp; Ontology: Theories and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbite LEO : précision, pléonasmes et paradigmes dans la traduction des sigles de l'orbitologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIe Journée scientifique REALITER Terminologie et multilinguisme : objectifs, méthodologies et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inflection dropping in the English-origin verbs of present-day French: A Twitter-wide exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Renner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berlin: Language Science Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voids in Morphology: Exploring "Uninflectedness"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la méthodologie de la recherche en linguistique théorique et descriptive : l’exemple du cours magistral « systèmes linguistiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Veleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metodologia da pesquisa em linguística teórica, descritiva e experimental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDUFRN, pp.58-103, 2024, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21680/978-65-5569-492-5_cap02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christine Jacquet-Pfau; Andrzej Napieralski; Jean-François Sablayrolles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emprunts néologiques et équivalents autochtones : études interlangues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Łódź, 2018, 978-83-8088-785-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ampleur des emprunts en -ING à l’anglais : une étude quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Results of French Terminological Development Efforts: A Corpus-Based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la participation des non-spécialistes à l'aménagement terminologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la dénomination du voyageur spatial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’implantation terminologique 20 ans après : le cas de la télédétection aérospatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desafíos de la neología en las lenguas románicas en el siglo XXI/ Défis de la néologie en langues romanes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Carlos de Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Poix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Veleanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, 9788409233984. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6018/editum.2810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes en ligne du colloque « Recomposition » (20-21 mai 2016) [en ligne], colloque pluridisciplinaire organisé avec l’association des doctorant.e.s « Les Têtes Chercheuses » à l’Université Jean Moulin Lyon 3 et à l’Université Lumière Lyon 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Lannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Triou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandations et implantation : Le cas des termes des sciences et techniques spatiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Lyon, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018LYSE2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01956005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId55"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Adam Renwick </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Averbal interactional prefabricated sentences and constructions: looking for variability and frozenness in a constructicon for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexis. Journal in English Lexicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 26, </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15i66⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05484969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminology, Stars and (Exo)Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic Journal of Modern Philology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13, pp.265-274. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34616/ajmp.2021.13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Altmanova, J., Centrella, M. & Russo, K. E. (Eds). (2017). Terminology & Discourse / Terminologie et discours. Peter Lang.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallèles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New lexical blends in The Simpsons: a formal analysis of English nonce formations and their French translations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Renner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lexis. Journal in English Lexicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 14, </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lexis.3829⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Storm in a Teacup? The Académie française, Language Policy and Normativity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rasprave: Časopis Instituta za hrvatski jezik i jezikoslovlje</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (2), pp.457-469</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Orbite LEO»: Précision, pertes, paradigmes et pléonasmes dans la traduction des sigles de l'orbitologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversité et identité culturelle en Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Numéro thématique TERMINOLOGIE ET MULTILINGUISME: OBJECTIFS, METHODOLOGIES ET PRATIQUES, 13 (1), pp.153-162</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction des phrases préfabriquées des interactions à partir de corpus oraux et écrits : il y a du pain sur la planche !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Approches interdisciplinaires des unités phraséologiques dans les langues du monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INaLCO, Mar 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05019344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How To Account For The Regularities In Speech Formulae: From Corpus Extraction To Constructional Phrasemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Tutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Europhras 2025 Phraseology and Communication - Formulaic Language in Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Aarhus (Denmark), Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05108330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">j'ai screenshot, j'ai report, j'ai bloqué&amp;quot; : étude de la non-flexion des anglicismes verbaux en français contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Renner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">V Congresso Internazionale di neologia in lingue romanze (CINEO).</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Gênes, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’utilité de confronter les sorties de plusieurs étiqueteurs morphosyntaxiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">». ConCordial : La constitution de corpus en diachronie longue : méthodologies, objectifs et exploitations linguistiques et stylistiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les emprunts en ING en diachronie longue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les emprunts néologiques en français, en polonais et en tchèque contemporains : Études de cas, méthodologies et approches théoriques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Terminology, Stars and (Exo)Planets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Wroclaw Terminological Meeting TERMOS 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Term Formation in Astronomy and Astrophysics: A Diachronic Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop TOTh 2019: Term Formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la participation des non-spécialistes à l'aménagement terminologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVe Journée REALITER : Convergences et divergences dans la pratique terminologique : de la terminologie spontanée à la terminologie aménagée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The How And The What Of Terminological Implantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAFT Summit 2018: Making, Managing, Measuring Terminology. In the Pursuit of Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Donostia/San Sebastián, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Results of French Terminological Development Efforts: A Corpus-Based Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congreso Internacional de Lingüística de Corpus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Cáceres, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la dénomination du voyageur spatial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII journée scientifique REALITER : Terminologie pour la normalisation et terminologie pour l'internationalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Barcelona, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Storm in a Teacup? The French Academy, Purism and Linguistic Policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLARC 2016: Language Planning and Policies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Rijeka, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots des média et réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emprunts néologiques et équivalents autochtones : mesure de leurs circulations respectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Lodz, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anglicismes et néologismes : l'implantation des termes recommandés de la spatiologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctoriales de l'AFFUMT 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orbite LEO : précision, pléonasmes et paradigmes dans la traduction des sigles de l'orbitologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIe Journée scientifique REALITER Terminologie et multilinguisme : objectifs, méthodologies et pratiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’implantation terminologique 20 ans après - le cas de la télédétection aérospatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference TOTh 2015 Terminology &amp; Ontology: Theories and applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Chambéry, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inflection dropping in the English-origin verbs of present-day French: A Twitter-wide exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Renner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berlin: Language Science Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Voids in Morphology: Exploring "Uninflectedness"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction à la méthodologie de la recherche en linguistique théorique et descriptive : l’exemple du cours magistral « systèmes linguistiques »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Veleanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Walker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metodologia da pesquisa em linguística teórica, descritiva e experimental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDUFRN, pp.58-103, 2024, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21680/978-65-5569-492-5_cap02⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04763313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots des réseaux sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christine Jacquet-Pfau; Andrzej Napieralski; Jean-François Sablayrolles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emprunts néologiques et équivalents autochtones : études interlangues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Łódź, 2018, 978-83-8088-785-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ampleur des emprunts en -ING à l’anglais : une étude quantitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03927810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the Results of French Terminological Development Efforts: A Corpus-Based approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la participation des non-spécialistes à l'aménagement terminologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la dénomination du voyageur spatial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’implantation terminologique 20 ans après : le cas de la télédétection aérospatiale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Desafíos de la neología en las lenguas románicas en el siglo XXI/ Défis de la néologie en langues romanes au XXIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Carlos de Hoyos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Poix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Veleanu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020, 9788409233984. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.6018/editum.2810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03135137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes en ligne du colloque « Recomposition » (20-21 mai 2016) [en ligne], colloque pluridisciplinaire organisé avec l’association des doctorant.e.s « Les Têtes Chercheuses » à l’Université Jean Moulin Lyon 3 et à l’Université Lumière Lyon 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Lannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Triou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02104101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommandations et implantation : Le cas des termes des sciences et techniques spatiales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Renwick</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linguistique. Université de Lyon, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2018LYSE2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01956005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId55"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484969v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tutin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Renwick" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15i66" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927850v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34616/ajmp.2021.13" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135129v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02417336v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Renner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.3829" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955504v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955535v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108330v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05019344v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927741v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927861v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135123v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135121v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955632v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955591v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955557v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955939v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955990v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955458v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04843151v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04763313v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Veleanu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Walker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21680/978-65-5569-492-5_cap02" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955518v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927810v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955551v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955979v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955964v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135137v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos de Hoyos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Poix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6018/editum.2810" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02104101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lannier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Triou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01956005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSE2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484969v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Tutin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Renwick" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15i66" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927850v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34616/ajmp.2021.13" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135129v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02417336v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Renner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lexis.3829" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955504v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955535v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-05019344v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927861v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927741v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135123v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135121v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955632v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955591v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955557v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955939v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955957v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955990v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955930v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955458v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04843151v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04763313v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Veleanu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Walker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21680/978-65-5569-492-5_cap02" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955518v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03927810v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955551v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955979v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955964v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955918v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135137v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos de Hoyos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Poix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6018/editum.2810" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02104101v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lannier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Triou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01956005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSE2025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>