--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:104.63215258856px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ADAM VANBERGEN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers of viral prevalence in landscape‐scale pollinator networks across Europe: honey bee viral density, niche overlap with this reservoir host and network architecture.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bassit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cyrille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 29 (1), pp.13. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.70309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical habitat thresholds for effective pollinator conservation in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Kleijn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignasi Bartomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rufus Isaacs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 389 (6767), pp.1314-1319. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.adr2146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using total abundance as a proxy for wild bee species richness: A practical tool for non‐experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Marini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gazzea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">András Báldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Péter Batáry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 62 (11), pp.3065-3077. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.70167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worldviews and values of key societal actors influencing decision‐making around nature: The case of wild pollinator conservation in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zafarani Uwingabire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Damiens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom D. Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René van der Wal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">People and Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (6), pp.1366-1381. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pan3.70035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticides have negative effects on non-target organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nian-Feng Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liwan Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Dainese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Pødenphant Kiær</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue-Qing Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.1360. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-56732-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EuPPollNet : a European database of Plant‐Pollinator Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose B. Lanuza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany M. Knight</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Montes-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will Glenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ecology and Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (2), pp.e70000. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/geb.70000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04948867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator functional group abundance and floral heterogeneity in an agroecological context affect mating patterns in a self‐incompatible wild plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Matejicek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 111 (12), </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajb2.16440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide impacts on insect pollinators: Current knowledge and future research challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Basu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.T. Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gemmill-Herren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 954, pp.176656. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape simplification leads to loss of plant–pollinator interaction diversity and flower visitation frequency despite buffering by abundant generalist pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Martínez‐núñez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dominik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonna Heuschele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yicong Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity and Distributions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (9), pp.e13853. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ddi.13853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species traits, landscape quality and floral resource overlap with honeybees determine virus transmission in plant–pollinator networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandria Schauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando Yañez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (12), pp.2239-2251. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41559-024-02555-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisation and agricultural intensification modulate plant–pollinator network structure and robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cyrille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (3), pp.628-641. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.14503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual flowering phenology shapes plant–pollinator interactions across ecological scales affecting plant reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie S Monticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.art. e9707. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.9707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où sont passés les insectes pollinisateurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Gaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vaissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Hancok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science &amp; vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 306 Hors Série, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04058831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use and soil characteristics affect soil organisms differently from above-ground assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Burton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Contu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana de Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.135. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12862-022-02089-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecological farming, flowering phenology and the pollinator–herbivore–parasitoid nexus regulate non‐crop plant reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Monticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju-Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 59 (8), pp.2046-2058. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.14205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long‐term cattle grazing shifts the ecological state of forest soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Andrews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Griffiths</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Keith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (4), pp.art. e8786. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.8786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liens entre la structure des systèmes d’interactions plantes-pollinisateurs et leur fonctionnalité pour la reproduction des plantes sauvages : le cas du bleuet des champs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonte,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Matejicek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature-Study Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interaction des pesticides est délétère pour les abeilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Henri Wallet,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Croix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les produits agrochimiques agissent de manière synergique sur la mortalité des abeilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Santé de l'Abeille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 306, pp.585-589</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03632034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator monitoring more than pays for itself</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom D Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison P Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelvin G Balcombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Brereton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (1), pp.44 - 57. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.13755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité : la commune accueille un projet de recherche europeen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Henon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Verpillot,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Bien Public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface Special Issue 'The Future of Agricultural Landscapes' part III</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 65, pp.xxi-xxv. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0065-2504(21)00039-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat loss, predation pressure and episodic heat-shocks interact to impact arthropods and photosynthetic functioning of microecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Boissieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S Chapman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 288, </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2021.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global-scale expert assessment of drivers and risks associated with pollinator decline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Dicks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepa Senapathi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiandong An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (10), pp.1453-1461. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41559-021-01534-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pathways for Novel Epidemiology: Plant–Pollinator–Pathogen Networks and Global Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert J Paxton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 14 p. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2021.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cocktail of pesticides, parasites and hunger leaves bees down and out</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 596 (7872), pp.351-352. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/d41586-021-02079-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface Special Issue 'The Future of Agricultural Landscapes' part II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 64, pp.xiii-xix. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0065-2504(21)00012-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03652859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface Special Issue 'The Future of Agricultural Landscapes' part 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63, pp.xv-xxii</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03166551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil biota, carbon cycling and crop plant biomass responses to biochar in a temperate mesocosm experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Mccormack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Ostle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Bardgett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hopkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Glória Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 440 (1-2), pp.341-356. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-019-04062-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring insect pollinators and flower visitation: The effectiveness and feasibility of different survey methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rory S. O'Connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William E. Kunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Garratt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon G. Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen E. Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (12), pp.2129-2140. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk to pollinators from anthropogenic electro-magnetic radiation (EMR): Evidence and knowledge gaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon G. Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pascal Malkemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Young</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 695, pp.133833. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.133833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential landscape-scale pollinator networks across Great Britain: structure, stability and influence of agricultural land cover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John W. Redhead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben A. Woodcock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J. O. Pocock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard F. Pywell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (12), pp.1821-1832. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The database of the Predicts (Projecting responses of ecological diversity in changing terrestrial systems) project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence N. Hudson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim Newbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Contu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha L. L. Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Lysenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.145-188. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.2579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional traits and local environment predict vegetation responses to disturbance: a pan-European multi-site experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernhardt-Römermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bergès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bohner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 99 (3), pp.777-787. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2745.2011.01794.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional traits as indicators of biodiversity response to land use changes across ecosystems and organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Vandewalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco de Bello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matty P. Berg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bolger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dolédec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (10), pp.2921-2947. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10531-010-9798-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00521331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in Collembola richness and diversity along a gradient of land-use intensity: a pan European study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bolger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Manuela da Gama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Lukkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pedobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50 (2), pp.147-156. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pedobi.2005.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00496483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHANGES IN COLLEMBOLA RICHNESS AND DIVERSITY ALONG A GRADIENTOF LAND-USE INTENSITY : A pan European study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Manuela da Gama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bolger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Lukkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pedobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50, pp.147-156. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pedobi.2005.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant-pollinator interactions: land-use, plant mating and pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Masters Course: Sustainable Farming and Pollinator Habitat Restoration for Biodiversity and Food Security (2024/2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Freiburg, Allemagne et Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of agroecological infrastructures on pollinator networks and on the performance of a pollinator-dependent crop: Blackcurrant (Noir de Bourgogne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Cadé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Charlotte Anstett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'urbanisation et la gestion agricole intensive modifient la structure et la robustesse des réseaux de pollinisateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity promotes healthy agricultural systems and benefits human health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioDiversa+ BiodivHealth Stakeholder and Media briefing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forces principales dans la transmission des pathogènes entre les pollinisateurs sauvages et les domestiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dalmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04835414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pollinisateurs dans les paysages bourguignons : le projet VOODOO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences participatives et pollinisateurs - POLLINECO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an integrated assessment framework for pollinators in agricultural, semi natural and urban areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Week of Regions and Cities: Smart and sustainable growth for regions: Buzzworthy solutions for pollinator conservation in cities and regions, Albert Borschette Conference Centre AB-4B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator functional group abundance and floral heterogeneity in an agroecological context affect mating patterns in a selfincompatible wild plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Matejicek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VOODOO project: Viral eco-evolutionary dynamics of wild and domestic pollinators under global change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BiodivHealth Final conference, Biodiversa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Visio Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape composition modulates plant-pollinator coextinctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju‐duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Nathan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 9, 9th congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape type & floral resources modify plant pollinator network structure and stability: implications for pathogen exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Abrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Entomological Society Annual Conference (Ento23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Cornwall, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinisateurs : menaces, concurrence et virus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association pour le Développement de l'Apiculture de Bourgogne-Franche-Comté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Dole, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04034302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DWV-A presence in wild VS. managed bees from Poland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazur, Mazur, Ewaszentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Zmuda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 9, 9th congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive agriculture VS. Rural environement - seasonal analysis of pollination networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Zmuda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobis Agnieszka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justyna Kierat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 9, 9th congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinators & pollination: values, threats, policy, and practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollinators: values, risks and responses What's buzzing in our quarries? CEMBUREAU- The European Cement Association: webinar &amp; panel discussion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les insectes pollinisateurs et leurs fonctions écologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Young</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zafarani Uwingabire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidays®, fête des abeilles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape type and floral resources modify plant-pollinator network structure and stability: implications for pathogen exchange. VOODOO Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Congress of Conservation Biology “Biodiversity crisis in a changing world”. ECCB 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual phenology and spatial heterogeneity shape plant reproduction through plant-pollinator interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² GfÖ EEF. Joint meeting, International Conference on Ecological Sciences. "Ecology and Evolution: New perspectives and societal challenges"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban greening for pollinators: from policy to practice. &amp;quot;Promote Pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Side Event at the UN Biodiversity COP15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban greening for pollinators: from policy to practice. &amp;quot;Background to the workshop & the Safeguard project&amp;quot; (Part 1) & &amp;quot;Pollinators & Cities&amp;quot;: framing the issue for evidence informed decisions (Part 2). EU policy workshop &amp;quot;Urban greening for pollinators: from policy to practice&amp;quot; Safegaurd project, EuroCities and ICLEI – Local Governments for Sustainability.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Side Event at the UN Biodiversity COP15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et stabilité des réseaux de pollinisation et de la reproduction des plantes sauvages en contexte agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity-based agroecological system experiments to test agroecological weed management at various temporal and spatial scales: The CA-SYS and ABY platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boucherot J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maupetit D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th European Weed Research Society Symposium EWRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape type and floral resources modify plant-pollinator network structure and stability: implications for pathogen exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² GfÖ EEF. Joint meeting, International Conference on Ecological Sciences. "Ecology and Evolution: New perspectives and societal challenges"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity-based agroecological system experiment: what, why, how?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape 2021. Diversity for Sustainable and Resilient Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et stabilité des réseaux de pollinisation et de la reproduction des plantes : impacts du paysage agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonte,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOURGE - System ecology of multispecies regulation of weeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Rencontres des porteurs de projets SPE 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Insectes Pollinisateurs : leurs valeurs, leur statut et les conséquences de leur déclin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Audience invitée par Mme Jacquemet Sénatrice du Doubs et l’Office Parlementaire d’Évaluation des Choix Scientifiques et Technologiques (OPECST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions plantes messicoles – pollinisateurs : une convergence d’intérêts ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Adeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonte,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Cambecèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres annuelles du GDR Pollineco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land-use modifies the structure and function of plant-pollinator networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Réunion Annuelle du GDR Pollinéco - Pollinisation, réseaux d’interaction et fonctionnalité des écosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk to pollinators from anthropogenic EMR: Evidence and knowledge gaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Environmental effects of electric, magnetic and electromagnetic fields: flora and fauna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPBES and the science-policy interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALTER-Net Summer School on "Biodiversity and ecosystem services: science and its impact on policy and society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Peyresq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecology, pollinators and people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KISKALI Living Lab Project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bangalore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator networks: structure, stability and land-use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Masters Behavioural Ecology and Wildlife Management. Université de Bourgogne et Franche Comté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecology, Pollinators and People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-India Knowledge Summit 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPBES pollinators, pollination and food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"ALTER-Net Summer School on "Biodiversity and ecosystem services: science and its impact on policy and society"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Peyresq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinators: values, risks and responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Creating a Buzz: Biodiversity in Quarries” Heidelberg Cement Group &amp; Birdlife International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness of insect-flower networks to disturbance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.A Woodcock,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M S Heard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D S Chapman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Ecological Society annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insect pollinators: linking research and policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Ambrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobus C. Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Bourke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Report</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of agroecological infrastructures on pollinator networks and on the performance of a pollinator-dependent crop: Blackcurrant (Noir de Bourgogne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Cadé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Charlotte Anstett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary for policymakers of the assessment report of the Intergovernmental Science-Policy Platform on Biodiversity and Ecosystem Services (IPBES) on pollinators, pollination and food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon G. Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Imperatriz-Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobus C. Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Secretariat of the Intergovernmental Science-Policy Platform on Biodiversity and Ecosystem Services, pp.36, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple global change impacts on parasitism and biocontrol services in future agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Monticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoff Gurr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Jaworski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Future of Agricultural Landscapes, Part III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 65, Elsevier, pp.245-304, 2021, Advances in Ecological Research, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2021.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invasive bees and their impact on agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbetman, Marina P</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalcoff, Vanina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feinsinger, Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas A. Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research, Special Issue 'The Future of Agricultural Landscapes'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 63, pp.49-92, 2020, 0065-2504. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2020.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03113210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable agriculture: Recognizing the potential of conflict as a positive driver for transformative change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eirini Skrimizea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Bunnefeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James R.A. Butler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fickel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research, Special Issue 'The Future of Agricultural Landscapes'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 63, , 2020, </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2020.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation of agricultural landscapes in the Anthropocene: Nature's contributions to people, agriculture and food security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael P.D. Garratt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research, Special Issue 'The Future of Agricultural Landscapes'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 63, pp.193-253, 2020, 0065-2504. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2020.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pestizid-Gemische sind für Bienen schädlicher als angenommen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zöfel, Katrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 5G and Electromagnetic radiation - cutting through the noise (ecological impacts)» Danish public broadcast corporation, Radio host and Technology reporter, Digitalt and DR.dk/Viden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable use and conservation of invertebrate pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Basu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Bienefeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">978-92-5-137943-1, FAO. 2023, 132p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">le Déclin des insectes. Les notes scientifiques de L'Office Parlementaire d'Evaluation des choix scientifiques et Technologiques. n° 4794 Assemblée Nationale – n° 286 SÉNAT. 14p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Jacquemet,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Assemblée Nationale – SÉNAT. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Draft Study On Sustainable Use And Conservation Of Invertebrate Pollinators, Including Honey Bees CGRFA-18/21/11.1/Inf.1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Basu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaspar Bienefeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobus C. Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas A Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FAO. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinators: importance for nature and human well-being, drivers of decline and the need for monitoring. Science for Environment Policy &amp;quot;Future Brief&amp;quot;, issue 23.Brief produced for the European Commission DG Environment. Bristol: Science Communication Unit, UWE Bristol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId305"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:104.63215258856px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> ADAM VANBERGEN </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic relatedness of a focal plant to weed species and field crop species affects its seed production through insect-mediated trophic interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Toukem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Bottini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Pouget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 404, pp.110347. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2026.110347⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05565243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drivers of viral prevalence in landscape‐scale pollinator networks across Europe: honey bee viral density, niche overlap with this reservoir host and network architecture.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karima Bassit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cyrille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 29 (1), pp.13. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.70309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05462054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using total abundance as a proxy for wild bee species richness: A practical tool for non‐experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Marini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gazzea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">András Báldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Péter Batáry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 62 (11), pp.3065-3077. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.70167⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Critical habitat thresholds for effective pollinator conservation in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriella Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Kleijn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignasi Bartomeus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rufus Isaacs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 389 (6767), pp.1314-1319. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.adr2146⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worldviews and values of key societal actors influencing decision‐making around nature: The case of wild pollinator conservation in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zafarani Uwingabire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Damiens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom D. Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René van der Wal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">People and Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (6), pp.1366-1381. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pan3.70035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticides have negative effects on non-target organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nian-Feng Wan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liwan Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Dainese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Pødenphant Kiær</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yue-Qing Hu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 16 (1), pp.1360. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-56732-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EuPPollNet : a European database of Plant‐Pollinator Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose B. Lanuza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany M. Knight</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Montes-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Will Glenny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Acuña</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Ecology and Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (2), pp.e70000. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/geb.70000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04948867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator functional group abundance and floral heterogeneity in an agroecological context affect mating patterns in a self‐incompatible wild plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Matejicek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 111 (12), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajb2.16440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pesticide impacts on insect pollinators: Current knowledge and future research challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Basu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H.T. Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Gemmill-Herren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 954, pp.176656. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.176656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05319125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape simplification leads to loss of plant–pollinator interaction diversity and flower visitation frequency despite buffering by abundant generalist pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Martínez‐núñez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Dominik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonna Heuschele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yicong Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity and Distributions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (9), pp.e13853. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ddi.13853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species traits, landscape quality and floral resource overlap with honeybees determine virus transmission in plant–pollinator networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corina Maurer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandria Schauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orlando Yañez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (12), pp.2239-2251. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41559-024-02555-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04935197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urbanisation and agricultural intensification modulate plant–pollinator network structure and robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Cyrille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 38 (3), pp.628-641. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.14503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual flowering phenology shapes plant–pollinator interactions across ecological scales affecting plant reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie S Monticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.art. e9707. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.9707⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où sont passés les insectes pollinisateurs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Gaba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Vaissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Hancok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science &amp; vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 306 Hors Série, pp.15-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04058831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use and soil characteristics affect soil organisms differently from above-ground assemblages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Burton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Contu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana de Palma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harald Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 22 (1), pp.135. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12862-022-02089-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03878905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecological farming, flowering phenology and the pollinator–herbivore–parasitoid nexus regulate non‐crop plant reproduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Monticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju-Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 59 (8), pp.2046-2058. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.14205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long‐term cattle grazing shifts the ecological state of forest soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Andrews</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Griffiths</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Keith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (4), pp.art. e8786. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.8786⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liens entre la structure des systèmes d’interactions plantes-pollinisateurs et leur fonctionnalité pour la reproduction des plantes sauvages : le cas du bleuet des champs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonte,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Matejicek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature-Study Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05472962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator monitoring more than pays for itself</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom D Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison P Bailey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelvin G Balcombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Brereton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 58 (1), pp.44 - 57. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2664.13755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversité : la commune accueille un projet de recherche europeen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Henon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilien Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Verpillot,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Bien Public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface Special Issue 'The Future of Agricultural Landscapes' part III</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 65, pp.xxi-xxv. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0065-2504(21)00039-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05151302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A global-scale expert assessment of drivers and risks associated with pollinator decline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynn Dicks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepa Senapathi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiandong An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (10), pp.1453-1461. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41559-021-01534-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03432850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habitat loss, predation pressure and episodic heat-shocks interact to impact arthropods and photosynthetic functioning of microecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Boissieres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel S Chapman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 288, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2021.0032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les produits agrochimiques agissent de manière synergique sur la mortalité des abeilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Santé de l'Abeille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 306, pp.585-589</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03632034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’interaction des pesticides est délétère pour les abeilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Henri Wallet,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Croix</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03482808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pathways for Novel Epidemiology: Plant–Pollinator–Pathogen Networks and Global Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert J Paxton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Ecology &amp; Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 14 p. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tree.2021.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03211015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cocktail of pesticides, parasites and hunger leaves bees down and out</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 596 (7872), pp.351-352. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/d41586-021-02079-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preface Special Issue 'The Future of Agricultural Landscapes' part II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 64, pp.xiii-xix. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0065-2504(21)00012-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03652859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface Special Issue 'The Future of Agricultural Landscapes' part 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bohan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 63, pp.xv-xxii</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03166551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil biota, carbon cycling and crop plant biomass responses to biochar in a temperate mesocosm experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Mccormack</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Ostle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Bardgett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Hopkins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Glória Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 440 (1-2), pp.341-356. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-019-04062-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02911845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring insect pollinators and flower visitation: The effectiveness and feasibility of different survey methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rory S. O'Connor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William E. Kunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Garratt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon G. Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen E. Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (12), pp.2129-2140. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/2041-210X.13292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk to pollinators from anthropogenic electro-magnetic radiation (EMR): Evidence and knowledge gaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon G. Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Vian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Pascal Malkemper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Young</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 695, pp.133833. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.133833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02619969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential landscape-scale pollinator networks across Great Britain: structure, stability and influence of agricultural land cover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John W. Redhead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben A. Woodcock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J. O. Pocock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard F. Pywell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (12), pp.1821-1832. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.13157⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The database of the Predicts (Projecting responses of ecological diversity in changing terrestrial systems) project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence N. Hudson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim Newbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Contu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha L. L. Hill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Lysenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.145-188. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.2579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional traits and local environment predict vegetation responses to disturbance: a pan-European multi-site experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bernhardt-Römermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bergès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bohner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 99 (3), pp.777-787. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2745.2011.01794.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional traits as indicators of biodiversity response to land use changes across ecosystems and organisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Vandewalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco de Bello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matty P. Berg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bolger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Dolédec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 19 (10), pp.2921-2947. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10531-010-9798-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00521331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CHANGES IN COLLEMBOLA RICHNESS AND DIVERSITY ALONG A GRADIENTOF LAND-USE INTENSITY : A pan European study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Manuela da Gama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bolger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Lukkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pedobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50, pp.147-156. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pedobi.2005.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in Collembola richness and diversity along a gradient of land-use intensity: a pan European study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Paulo Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bolger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Manuela da Gama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tuomas Lukkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Ponge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pedobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 50 (2), pp.147-156. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pedobi.2005.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00496483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant-pollinator interactions: land-use, plant mating and pathogens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Masters Course: Sustainable Farming and Pollinator Habitat Restoration for Biodiversity and Food Security (2024/2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Freiburg, Allemagne et Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05070707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity promotes healthy agricultural systems and benefits human health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioDiversa+ BiodivHealth Stakeholder and Media briefing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forces principales dans la transmission des pathogènes entre les pollinisateurs sauvages et les domestiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Alaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Dalmon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04835414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pollinisateurs dans les paysages bourguignons : le projet VOODOO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences participatives et pollinisateurs - POLLINECO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'urbanisation et la gestion agricole intensive modifient la structure et la robustesse des réseaux de pollinisateurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of agroecological infrastructures on pollinator networks and on the performance of a pollinator-dependent crop: Blackcurrant (Noir de Bourgogne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Cadé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Charlotte Anstett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04797462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards an integrated assessment framework for pollinators in agricultural, semi natural and urban areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Week of Regions and Cities: Smart and sustainable growth for regions: Buzzworthy solutions for pollinator conservation in cities and regions, Albert Borschette Conference Centre AB-4B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator functional group abundance and floral heterogeneity in an agroecological context affect mating patterns in a selfincompatible wild plant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Matejicek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélinda Turpin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Rencontre annuelle du GDR POLLINECO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VOODOO project: Viral eco-evolutionary dynamics of wild and domestic pollinators under global change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BiodivHealth Final conference, Biodiversa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Visio Conférence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape type & floral resources modify plant pollinator network structure and stability: implications for pathogen exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Abrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Entomological Society Annual Conference (Ento23)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Cornwall, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04214448v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape composition modulates plant-pollinator coextinctions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Felten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Biju‐duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrille Nathan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 9, 9th congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04318053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinisateurs : menaces, concurrence et virus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association pour le Développement de l'Apiculture de Bourgogne-Franche-Comté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Dole, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04034302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DWV-A presence in wild VS. managed bees from Poland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mazur, Mazur, Ewaszentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Zmuda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 9, 9th congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensive agriculture VS. Rural environement - seasonal analysis of pollination networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandra Zmuda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nobis Agnieszka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justyna Kierat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EurBee 9, 9th congress of Apidology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Belgrade, Serbia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinators & pollination: values, threats, policy, and practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pollinators: values, risks and responses What's buzzing in our quarries? CEMBUREAU- The European Cement Association: webinar &amp; panel discussion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les insectes pollinisateurs et leurs fonctions écologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Young</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zafarani Uwingabire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apidays®, fête des abeilles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04147386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban greening for pollinators: from policy to practice. &amp;quot;Promote Pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Side Event at the UN Biodiversity COP15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban greening for pollinators: from policy to practice. &amp;quot;Background to the workshop & the Safeguard project&amp;quot; (Part 1) & &amp;quot;Pollinators & Cities&amp;quot;: framing the issue for evidence informed decisions (Part 2). EU policy workshop &amp;quot;Urban greening for pollinators: from policy to practice&amp;quot; Safegaurd project, EuroCities and ICLEI – Local Governments for Sustainability.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Side Event at the UN Biodiversity COP15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et stabilité des réseaux de pollinisation et de la reproduction des plantes sauvages en contexte agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity-based agroecological system experiments to test agroecological weed management at various temporal and spatial scales: The CA-SYS and ABY platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boucherot J.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Martin-Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maupetit D.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th European Weed Research Society Symposium EWRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04061092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape type and floral resources modify plant-pollinator network structure and stability: implications for pathogen exchange. VOODOO Consortium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Congress of Conservation Biology “Biodiversity crisis in a changing world”. ECCB 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03926670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual phenology and spatial heterogeneity shape plant reproduction through plant-pollinator interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² GfÖ EEF. Joint meeting, International Conference on Ecological Sciences. "Ecology and Evolution: New perspectives and societal challenges"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03993639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape type and floral resources modify plant-pollinator network structure and stability: implications for pathogen exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Willem Proesmans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hajnalka Szentgyörgyi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Gajda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFE² GfÖ EEF. Joint meeting, International Conference on Ecological Sciences. "Ecology and Evolution: New perspectives and societal challenges"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Metz (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonction et stabilité des réseaux de pollinisation et de la reproduction des plantes : impacts du paysage agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonte,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Le Corre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des doctorants UMR Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03320740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biodiversity-based agroecological system experiment: what, why, how?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Munier-Jolain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Marget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Gardarin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape 2021. Diversity for Sustainable and Resilient Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SCOURGE - System ecology of multispecies regulation of weeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Rencontres des porteurs de projets SPE 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Insectes Pollinisateurs : leurs valeurs, leur statut et les conséquences de leur déclin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Audience invitée par Mme Jacquemet Sénatrice du Doubs et l’Office Parlementaire d’Évaluation des Choix Scientifiques et Technologiques (OPECST)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions plantes messicoles – pollinisateurs : une convergence d’intérêts ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Adeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Labonte,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyne Cambecèdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres annuelles du GDR Pollineco</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04181227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land-use modifies the structure and function of plant-pollinator networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Réunion Annuelle du GDR Pollinéco - Pollinisation, réseaux d’interaction et fonctionnalité des écosystèmes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risk to pollinators from anthropogenic EMR: Evidence and knowledge gaps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop Environmental effects of electric, magnetic and electromagnetic fields: flora and fauna</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPBES and the science-policy interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALTER-Net Summer School on "Biodiversity and ecosystem services: science and its impact on policy and society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Peyresq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinator networks: structure, stability and land-use</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Masters Behavioural Ecology and Wildlife Management. Université de Bourgogne et Franche Comté</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03246625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecology, pollinators and people</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KISKALI Living Lab Project</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Bangalore, India</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroecology, Pollinators and People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French-India Knowledge Summit 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IPBES pollinators, pollination and food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"ALTER-Net Summer School on "Biodiversity and ecosystem services: science and its impact on policy and society"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Peyresq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinators: values, risks and responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Creating a Buzz: Biodiversity in Quarries” Heidelberg Cement Group &amp; Birdlife International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02946428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robustness of insect-flower networks to disturbance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.A Woodcock,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M S Heard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D S Chapman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Gray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Ecological Society annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insect pollinators: linking research and policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Ambrose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Aston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobus C. Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Bourke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Report</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of agroecological infrastructures on pollinator networks and on the performance of a pollinator-dependent crop: Blackcurrant (Noir de Bourgogne)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theo Cadé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Charlotte Anstett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Doctorants UMR Agroécologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Summary for policymakers of the assessment report of the Intergovernmental Science-Policy Platform on Biodiversity and Ecosystem Services (IPBES) on pollinators, pollination and food production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon G. Potts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vera Imperatriz-Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hien Ngo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobus C. Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Breeze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Secretariat of the Intergovernmental Science-Policy Platform on Biodiversity and Ecosystem Services, pp.36, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01946814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple global change impacts on parasitism and biocontrol services in future agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Monticelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacob Bishop</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Desneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoff Gurr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Jaworski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Future of Agricultural Landscapes, Part III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 65, Elsevier, pp.245-304, 2021, Advances in Ecological Research, </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2021.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invasive bees and their impact on agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arbetman, Marina P</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chalcoff, Vanina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feinsinger, Peter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas A. Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research, Special Issue 'The Future of Agricultural Landscapes'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 63, pp.49-92, 2020, 0065-2504. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2020.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03113210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable agriculture: Recognizing the potential of conflict as a positive driver for transformative change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eirini Skrimizea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lou Lecuyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Bunnefeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James R.A. Butler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Fickel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research, Special Issue 'The Future of Agricultural Landscapes'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 63, , 2020, </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2020.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformation of agricultural landscapes in the Anthropocene: Nature's contributions to people, agriculture and food security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Cordeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael P.D. Garratt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Ecological Research, Special Issue 'The Future of Agricultural Landscapes'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 63, pp.193-253, 2020, 0065-2504. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.aecr.2020.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pestizid-Gemische sind für Bienen schädlicher als angenommen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zöfel, Katrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« 5G and Electromagnetic radiation - cutting through the noise (ecological impacts)» Danish public broadcast corporation, Radio host and Technology reporter, Digitalt and DR.dk/Viden</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03218124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable use and conservation of invertebrate pollinators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Basu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Bienefeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.A. Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">978-92-5-137943-1, FAO. 2023, 132p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">le Déclin des insectes. Les notes scientifiques de L'Office Parlementaire d'Evaluation des choix scientifiques et Technologiques. n° 4794 Assemblée Nationale – n° 286 SÉNAT. 14p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Jacquemet,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Assemblée Nationale – SÉNAT. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03624176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Draft Study On Sustainable Use And Conservation Of Invertebrate Pollinators, Including Honey Bees CGRFA-18/21/11.1/Inf.1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Aizen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Basu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaspar Bienefeld</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobus C. Biesmeijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas A Garibaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FAO. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04774125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollinators: importance for nature and human well-being, drivers of decline and the need for monitoring. Science for Environment Policy &amp;quot;Future Brief&amp;quot;, issue 23.Brief produced for the European Commission DG Environment. Bristol: Science Communication Unit, UWE Bristol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.J. Vanbergen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] commission européenne. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId310"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05462054v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Proesmans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Alaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Albrecht" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bassit" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cyrille" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70309" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05329408v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Bishop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kleijn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Bartomeus" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufus Isaacs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adr2146" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375724v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Marini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gazzea" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s B&#225;ldi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Bat&#225;ry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.70167" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05064496v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafarani Uwingabire" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Vanbergen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Damiens" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom D. Breeze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; van der Wal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.70035" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05020196v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nian-Feng Wan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwan Fu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Dainese" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars P&#248;denphant Ki&#230;r" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue-Qing Hu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56732-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04948867v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose B. Lanuza" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany M. Knight" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Montes-Perez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Glenny" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Acu&#241;a" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70000" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04991630v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labont&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Matejicek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Felten" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;linda Turpin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16440" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319125v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Basu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Ngo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Aizen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Garibaldi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gemmill-Herren" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176656" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743278v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Maurer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Mart&#237;nez&#8208;n&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dominik" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonna Heuschele" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yicong Liu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13853" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935197v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandria Schauer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Ya&#241;ez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Neumann" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Gajda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02555-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534537v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Laurent" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14503" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922809v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie S Monticelli" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9707" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058831v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Hancok" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03878905v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Burton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Contu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana de Palma" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hill" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Albrecht" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-022-02089-4" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844072v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Monticelli" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14205" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03698000v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Andrews" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Gray" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Griffiths" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Keith" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8786" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05472962v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labonte," TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Turpin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Felten" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Laurent" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482808v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Wallet," TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210814v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom D Breeze" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison P Bailey" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin G Balcombe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Brereton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Comont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13755" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357896v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verpillot," TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151302v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Vanbergen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2504(21)00039-8" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210784v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boissieres" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S Chapman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.0032" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432850v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Dicks" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Breeze" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Ngo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa Senapathi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiandong An" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-021-01534-9" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211015v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Paxton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2021.03.006" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03438935v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/d41586-021-02079-4" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03652859v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2504(21)00012-X" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166551v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911845v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mccormack" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ostle" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bardgett" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hopkins" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gl&#243;ria Pereira" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04062-5" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627447v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory S. O'Connor" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Kunin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Garratt" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon G. Potts" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen E. Roy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13292" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619969v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vian" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pascal Malkemper" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Young" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.133833" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620932v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W. Redhead" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben A. Woodcock" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. O. Pocock" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard F. Pywell" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13157" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608816v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence N. Hudson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Newbold" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha L. L. Hill" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Lysenko" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2579" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594845v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernhardt-R&#246;mermann" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gray" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berg&#232;s" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bohner" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2011.01794.x" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00521331v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandewalle" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bello" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matty P. Berg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bolger" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-010-9798-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496483v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Paulo Sousa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Manuela da Gama" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Lukkari" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2005.10.005" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080153v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070707v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797462v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Cad&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Anstett" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04879075v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajnalka Szentgy&#246;rgyi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960386v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835414v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alaux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dalmon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878686v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878528v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798696v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960429v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04318053v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Nathan" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214448v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Abrecht" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04034302v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330488v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazur, Mazur, Ewaszentgy&#246;rgyi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Zmuda" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Albrecht" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330461v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobis Agnieszka" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Kierat" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215416v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147386v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926670v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993639v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972747v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972729v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993624v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061092v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucherot J." TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marget" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maupetit D." TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972868v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03543654v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cordeau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320740v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576599v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576614v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181227v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Adeux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Cambec&#232;des" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576665v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790877v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790883v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790882v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03246625v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790878v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946397v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946428v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953353v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A Woodcock," TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S Heard" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Chapman" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gray" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747883v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ambrose" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aston" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobus C. Biesmeijer" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bourke" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04894272v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946814v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Imperatriz-Fonseca" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03687690v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Bishop" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Gurr" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Jaworski" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2021.10.002" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03113210v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo A. Aizen" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbetman, Marina P" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalcoff, Vanina" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feinsinger, Peter" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas A. Garibaldi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.08.001" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03117261v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirini Skrimizea" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Lecuyer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Bunnefeld" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R.A. Butler" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fickel" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.08.003" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03119709v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Aizen" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Garibaldi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P.D. Garratt" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.08.002" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617024v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#246;fel, Katrin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03218124v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04879694v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Basu" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bienefeld" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Biesmeijer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624176v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Jacquemet," TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04774125v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas A Garibaldi" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367326v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05565243v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Toukem" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Felten" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Laurent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Bottini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pouget" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2026.110347" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05462054v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Proesmans" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Alaux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Albrecht" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bassit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Cyrille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70309" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05375724v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Marini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gazzea" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#225;s B&#225;ldi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;ter Bat&#225;ry" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.70167" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05329408v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Bishop" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kleijn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignasi Bartomeus" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rufus Isaacs" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adr2146" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05064496v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zafarani Uwingabire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Vanbergen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Damiens" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom D. Breeze" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; van der Wal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.70035" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05020196v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nian-Feng Wan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwan Fu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Dainese" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars P&#248;denphant Ki&#230;r" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue-Qing Hu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-56732-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04948867v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose B. Lanuza" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany M. Knight" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Montes-Perez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Glenny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Acu&#241;a" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70000" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04991630v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labont&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Matejicek" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;linda Turpin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.16440" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05319125v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Basu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.T. Ngo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Aizen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.A. Garibaldi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gemmill-Herren" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.176656" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04743278v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corina Maurer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Mart&#237;nez&#8208;n&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dominik" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonna Heuschele" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yicong Liu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13853" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935197v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandria Schauer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlando Ya&#241;ez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Neumann" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Gajda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02555-w" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04534537v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14503" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922809v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie S Monticelli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.9707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058831v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Hancok" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03878905v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Burton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Contu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana de Palma" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Hill" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Albrecht" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-022-02089-4" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844072v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Monticelli" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14205" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03698000v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Andrews" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Gray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Griffiths" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Keith" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8786" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05472962v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Labonte," TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Turpin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Felten" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Laurent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210814v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom D Breeze" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison P Bailey" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelvin G Balcombe" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Brereton" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Comont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13755" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357896v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verpillot," TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05151302v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bohan" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Vanbergen" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2504(21)00039-8" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432850v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn Dicks" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Breeze" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Ngo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa Senapathi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiandong An" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-021-01534-9" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210784v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boissieres" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S Chapman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.0032" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03632034v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03482808v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Henri Wallet," TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03211015v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Paxton" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tree.2021.03.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03438935v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/d41586-021-02079-4" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03652859v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0065-2504(21)00012-X" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166551v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911845v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mccormack" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ostle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bardgett" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hopkins" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gl&#243;ria Pereira" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04062-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627447v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory S. O'Connor" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E. Kunin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Garratt" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon G. Potts" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen E. Roy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/2041-210X.13292" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619969v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vian" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pascal Malkemper" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Young" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.133833" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620932v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W. Redhead" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben A. Woodcock" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. O. Pocock" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard F. Pywell" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13157" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608816v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence N. Hudson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Newbold" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha L. L. Hill" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Lysenko" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.2579" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594845v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bernhardt-R&#246;mermann" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gray" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Berg&#232;s" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bohner" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2745.2011.01794.x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00521331v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandewalle" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Bello" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matty P. Berg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bolger" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-010-9798-9" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080153v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponge" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Paulo Sousa" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Manuela da Gama" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuomas Lukkari" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pedobi.2005.10.005" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496483v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05070707v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960386v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835414v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Alaux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dalmon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878686v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajnalka Szentgy&#246;rgyi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04879075v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797462v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Cad&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Anstett" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878528v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798696v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04960429v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04214448v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Abrecht" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04318053v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Nathan" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04034302v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330488v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mazur, Mazur, Ewaszentgy&#246;rgyi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Zmuda" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Albrecht" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04330461v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nobis Agnieszka" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Kierat" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04215416v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147386v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972747v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972729v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993624v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061092v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boucherot J." TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marget" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maupetit D." TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03926670v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03993639v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972868v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03320740v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03543654v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cordeau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576599v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576614v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181227v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Adeux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Cambec&#232;des" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576665v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790877v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790883v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03246625v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790882v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790878v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946397v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02946428v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02953353v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.A Woodcock," TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M S Heard" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D S Chapman" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gray" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747883v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Ambrose" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aston" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobus C. Biesmeijer" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bourke" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04894272v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946814v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Imperatriz-Fonseca" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03687690v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Bishop" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Gurr" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Jaworski" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2021.10.002" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03113210v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo A. Aizen" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arbetman, Marina P" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chalcoff, Vanina" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feinsinger, Peter" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas A. Garibaldi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.08.001" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03117261v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eirini Skrimizea" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Lecuyer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Bunnefeld" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R.A. Butler" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fickel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.08.003" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03119709v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Aizen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Garibaldi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael P.D. Garratt" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.aecr.2020.08.002" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617024v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z&#246;fel, Katrin" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03218124v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04879694v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Basu" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bienefeld" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Biesmeijer" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624176v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Jacquemet," TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04774125v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaspar Bienefeld" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas A Garibaldi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03367326v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>