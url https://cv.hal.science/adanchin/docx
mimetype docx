--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1086,265 +1086,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">mnhn-02559844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogenomics of expanding uncultured environmental Tenericutes provides insights into their pathogenicity and evolutionary relationship with Bacilli</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new transmission route for the propagation of the SARS-CoV-2 coronavirus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Danchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yong Wang</w:t>
+                <w:t xml:space="preserve">Tuen Wai Patrick Ng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiao-Mei Huang</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gabriel Turinici</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-020-06807-4⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2020.02.14.20022939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02972477v1</w:t>
+                <w:t xml:space="preserve">hal-02872801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new transmission route for the propagation of the SARS-CoV-2 coronavirus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Danchin</w:t>
+                <w:t xml:space="preserve">Phylogenomics of expanding uncultured environmental Tenericutes provides insights into their pathogenicity and evolutionary relationship with Bacilli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yong Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiao-Mei Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying-Li Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuen Wai Patrick Ng</w:t>
+                <w:t xml:space="preserve">Alexandre Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Turinici</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Robert D Finn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.10. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.408. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/2020.02.14.20022939⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-020-06807-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02872801v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02972477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical and mathematical lessons from the evolution of the SARS- CoV-2 virus: paths for novel antiviral warfare</w:t>
               </w:r>
@@ -1369,51 +1369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Maday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Turinici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Danchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1473,51 +1473,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immunity after COVID-19: protection or sensitization ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Danchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Turinici</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mathematical Biosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 331, pp.108499. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1919,51 +1919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li-Sheng He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pei-Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiao-Mei Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang-Chao Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2105,51 +2105,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic characterization of symbiotic mycoplasmas from the stomach of deep‐sea isopod bathynomus sp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiao‐mei Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4605,51 +4605,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Maday</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Turinici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Danchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4806,51 +4806,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SARS Case Study: An Alarm Clock?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Turinici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Danchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5070,51 +5070,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Jenkins" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric S Boyd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70085" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060033v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boyd" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Huggett" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70078" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04284953v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhard Bremer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Harwood" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Helmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14257" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie De Crecy-Lagard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Amorin De Hegedus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Arighi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Babor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Bateman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baac062" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542701v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13937" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713901v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Richard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kozlowski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guillorit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mcknight" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253216" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733228v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry J Mcgenity" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amare Gessesse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Hallsworth" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Garcia Cela" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Verheecke&#8208;vaessen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13576" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02559844v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Courtier&#8208;orgogozo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;henri Gouyon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bo&#235;te" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12939" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02972477v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Wang" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao-Mei Huang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Li Zhou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Almeida" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Finn" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06807-4" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872801v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuen Wai Patrick Ng" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Turinici" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.02.14.20022939" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985714v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cluzel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Lambert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Maday" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.16" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872798v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2020.108499" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02433736v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pernille Ott Frendorf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Lauritsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sekowska" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten H. H. N&#248;rholm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2019.05.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02291345v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Borriss" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin R. Harwood" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P. C. Rocha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13043" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970083v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018212" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04560397v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Sheng He" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Wei Zhang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang-Chao Zhu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01965-17." TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970159v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018234" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570966v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao&#8208;mei Huang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao&#8208;lu Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao&#8208;ming Gao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai&#8208;qun Zhang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13411" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GM4XKFG2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578023v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le F&#232;vre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Morgat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mornico" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.064691-0" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579011v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-69" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581563v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.200900024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cruveiller" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kunst" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lenoble" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meurice" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.027839-0" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581684v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Jin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory M Watt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Dong Huang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-10-165" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985560v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rousselle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravuth Ngo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PMIC.200500646" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LRP143BW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985564v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/BIES.20431" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SBPNWR98-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681047v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Burgui&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guillouard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.17.6019-6030.2005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985536v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PROT.20475" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GCX8Z9KZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681185v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Derzelle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kunst" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.5.1270-1279.2004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889124v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Hullo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.15.4875-4884.2004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020363v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Dassa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2003.11.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNW2Z4JX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02985518v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwok-Yung Yuen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Wong" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Woo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00203-003-0533-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZQDFB7RW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889129v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Chetouani" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.184.17.4681-4689.2002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889132v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yuen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-2-507" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889134v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.184.18.5179-5186.2002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889151v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Caer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-147-6-1631" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672557v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fischer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Couvreur" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corvol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Almouzni" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bach" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987903v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130797v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536581v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470114209.ch9" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009644v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth Jenkins" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric S Boyd" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Herv&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70085" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05060033v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boyd" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Huggett" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70078" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04284953v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhard Bremer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Harwood" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Helmann" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14257" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie De Crecy-Lagard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Amorin De Hegedus" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Arighi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Babor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Bateman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baac062" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542701v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13937" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713901v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Richard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Kozlowski" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guillorit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Garnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mcknight" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253216" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733228v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry J Mcgenity" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amare Gessesse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John E Hallsworth" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Garcia Cela" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Verheecke&#8208;vaessen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13576" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-02559844v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Courtier&#8208;orgogozo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;henri Gouyon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bo&#235;te" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.12939" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872801v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuen Wai Patrick Ng" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Turinici" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2020.02.14.20022939" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02972477v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Wang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao-Mei Huang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Li Zhou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Almeida" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert D Finn" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-06807-4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985714v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cluzel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Lambert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Maday" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.16" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872798v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mbs.2020.108499" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02433736v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pernille Ott Frendorf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Lauritsen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sekowska" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten H. H. N&#248;rholm" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2019.05.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02291345v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Borriss" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin R. Harwood" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo P. C. Rocha" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.13043" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970083v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018212" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04560397v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Sheng He" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Wei Zhang" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang-Chao Zhu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01965-17." TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970159v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018234" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570966v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiao&#8208;mei Huang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao&#8208;lu Wang" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao&#8208;ming Gao" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ai&#8208;qun Zhang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13411" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GM4XKFG2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578023v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le F&#232;vre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Morgat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mornico" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.064691-0" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579011v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-69" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581563v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.200900024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cruveiller" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Kunst" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lenoble" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meurice" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mic.0.027839-0" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581684v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Jin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rory M Watt" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian-Dong Huang" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-10-165" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985560v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rousselle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravuth Ngo" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PMIC.200500646" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LRP143BW-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985564v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/BIES.20431" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SBPNWR98-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681047v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Burgui&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guillouard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auger" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.187.17.6019-6030.2005" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02985536v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/PROT.20475" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GCX8Z9KZ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681185v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Derzelle" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duchaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Kunst" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.5.1270-1279.2004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889124v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Hullo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.186.15.4875-4884.2004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020363v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Dassa" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2003.11.008" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BNW2Z4JX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02985518v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwok-Yung Yuen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samson Wong" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glaser" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Woo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/S00203-003-0533-8" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZQDFB7RW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889129v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Chetouani" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.184.17.4681-4689.2002" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889132v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Yuen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-148-2-507" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889134v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.184.18.5179-5186.2002" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02889151v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Copp&#233;e" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Le Caer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-147-6-1631" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672557v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fischer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Couvreur" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corvol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Almouzni" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bach" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02987903v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130797v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536581v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470114209.ch9" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>