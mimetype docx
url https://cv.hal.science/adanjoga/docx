--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Adán José-García </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Adán José-GarcíaResearcher in Data Science & Digital HealthUniversité de Lille</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adanjoga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2623-5206</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a Researcher in Data Science at the Department of Computer Science, CRIStAL Lab, University of Lille, France. This is a collaborative project with the Lille University Hospital and INCLUDE. My current project involves developing and applying unsupervised machine learning techniques to classify patients with systemic autoimmune diseases.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Before joining the University of Lille, I was a Research Fellow in Machine Learning at the Department of Computer Science, Institute of Data Science and Artificial Intelligence, University of Exeter, United Kingdom (UK). Before this, I was a Postdoctoral Researcher with the Decision and Cognitive Sciences Research Centre, University of Manchester, UK. I hold M.Sc. and Ph.D. degrees in Computer Science from the Center for Research and Advanced Studies of the National Polytechnic Institute, Cinvestav-IPN, Mexico.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In general, my scientific expertise is focused on investigating cluster analysis methods, also known as unsupervised machine learning in Artificial Intelligence. My research consists in creating and adapting clustering approaches (e.g., multi-view clustering, biclustering) and their applications to different research fields such as digital healthcare, the labour market, and network analysis. My research currently focuses on developing integrative cluster analysis approaches to address healthcare-related data problems and help to understand better disease complications and treatment goals.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence for precision medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elise Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Vens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarten de Vos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2025.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exhaustive biclustering driven by self-learning evolutionary approach for biomedical data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrián Segura-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José García-Nieto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 269, pp.108846. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cmpb.2025.108846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metaheuristic Biclustering Algorithms: From State-of-the-Art to Future Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Dhaenens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Computing Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 53 (3), pp.1-38. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3617590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205406v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVIK: A Matlab-based cluster validity index toolbox for automatic data clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftwareX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.101359. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.softx.2023.101359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s in a distance? Exploring the interplay between distance measures and internal cluster validity in multi-objective clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11047-022-09909-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C3-IoC: A career guidance system for assessing student skills using machine learning and network visualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Sneyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Melro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Ollagnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgina Tarling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40593-022-00317-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary Multi-objective Clustering Over Multiple Conflicting Data Views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Garza-Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (4), pp.817 - 831. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEVC.2022.3220187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843387v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evolutionary many-objective approach to multiview clustering using feature and relational data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Garza-Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 108, pp.107425. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asoc.2021.107425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic clustering algorithms: a systematic review and bibliometric analysis of relevant literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absalom Ezugwu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Shukla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moyinoluwa Agbaje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olaide Oyelade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00521-020-05395-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of Fiber Defects Using Keypoints and Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Siegmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biying Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Salahuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjan Kuijper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pattern Recognition and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218001421500166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic clustering using nature-inspired metaheuristics: A survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41, pp.192-213. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asoc.2015.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rule-based approach for topic maps learning from relational databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jose-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Lopez-Arevalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sosa-Sosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (5), pp.609-621. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/exsy.12113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HBIC: A Biclustering Algorithm for Heterogeneous Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Dhaenens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Santiago de Compostela, Spain. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA240851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04919684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-view Clustering of Heterogeneous Health Data: Application to Systemic Sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Filiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Dortmund, Germany. pp.352-367, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-14721-0_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Interaction Between Distance Functions and Clustering Criteria in Multi-objective Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Multi-Criterion Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Shenzhen, China. pp.504-515, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-72062-9_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of cluster validity indices for automatic data clustering using differential evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GECCO '21: Genetic and Evolutionary Computation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Lille, France. pp.314-322, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3449639.3459341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Many-view clustering: an illustration using multiple dissimilarity measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Garza-Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GECCO '19: Genetic and Evolutionary Computation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.213-214, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3319619.3323365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary Clustering Using Multi-prototype Representation and Connectivity Criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mexican Conference on Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Huatulco, Mexico. pp.63-73, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-59226-8_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building topic maps from relational databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adan Jose-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Lopez-Arevalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Sosa-Sosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Engineering, Computing Science and Automatic Control (CCE 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Mexico City, Mexico. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEEE.2012.6421192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biclustering Algorithms Based on Metaheuristics: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Dhaenens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mansour Eddaly; Bassem Jarboui; Patrick Siarry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metaheuristics for Machine Learning. New Advances and Tools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.39-71, 2023, Computational Intelligence Methods and Applications, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-3888-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId84"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Adán José-García </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Adán José-GarcíaResearcher in Data Science & Digital HealthUniversité de Lille</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">adanjoga</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-2623-5206</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am a Researcher in Data Science at the Department of Computer Science, CRIStAL Lab, University of Lille, France. This is a collaborative project with the Lille University Hospital and INCLUDE. My current project involves developing and applying unsupervised machine learning techniques to classify patients with systemic autoimmune diseases.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Before joining the University of Lille, I was a Research Fellow in Machine Learning at the Department of Computer Science, Institute of Data Science and Artificial Intelligence, University of Exeter, United Kingdom (UK). Before this, I was a Postdoctoral Researcher with the Decision and Cognitive Sciences Research Centre, University of Manchester, UK. I hold M.Sc. and Ph.D. degrees in Computer Science from the Center for Research and Advanced Studies of the National Polytechnic Institute, Cinvestav-IPN, Mexico.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In general, my scientific expertise is focused on investigating cluster analysis methods, also known as unsupervised machine learning in Artificial Intelligence. My research consists in creating and adapting clustering approaches (e.g., multi-view clustering, biclustering) and their applications to different research fields such as digital healthcare, the labour market, and network analysis. My research currently focuses on developing integrative cluster analysis approaches to address healthcare-related data problems and help to understand better disease complications and treatment goals.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial intelligence for precision medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elise Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Vens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarten de Vos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.therap.2025.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05470560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exhaustive biclustering driven by self-learning evolutionary approach for biomedical data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrián Segura-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Jourdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José García-Nieto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods and Programs in Biomedicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 269, pp.108846. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cmpb.2025.108846⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metaheuristic Biclustering Algorithms: From State-of-the-Art to Future Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Dhaenens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM Computing Surveys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 53 (3), pp.1-38. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3617590⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205406v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVIK: A Matlab-based cluster validity index toolbox for automatic data clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SoftwareX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 22, pp.101359. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.softx.2023.101359⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What’s in a distance? Exploring the interplay between distance measures and internal cluster validity in multi-objective clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11047-022-09909-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C3-IoC: A career guidance system for assessing student skills using machine learning and network visualisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Sneyd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Melro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Ollagnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georgina Tarling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Artificial Intelligence in Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s40593-022-00317-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03840342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary Multi-objective Clustering Over Multiple Conflicting Data Views</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Garza-Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Evolutionary Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 27 (4), pp.817 - 831. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TEVC.2022.3220187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03843387v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An evolutionary many-objective approach to multiview clustering using feature and relational data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Garza-Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 108, pp.107425. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asoc.2021.107425⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic clustering algorithms: a systematic review and bibliometric analysis of relevant literature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Absalom Ezugwu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amit Shukla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moyinoluwa Agbaje</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olaide Oyelade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computing and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00521-020-05395-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of Fiber Defects Using Keypoints and Deep Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Siegmund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biying Fu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Salahuddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arjan Kuijper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pattern Recognition and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218001421500166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic clustering using nature-inspired metaheuristics: A survey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Soft Computing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41, pp.192-213. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.asoc.2015.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rule-based approach for topic maps learning from relational databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Jose-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Lopez-Arevalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Sosa-Sosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Expert Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (5), pp.609-621. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/exsy.12113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03217645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HBIC: A Biclustering Algorithm for Heterogeneous Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Chauvet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Dhaenens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th European Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Santiago de Compostela, Spain. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/FAIA240851⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04919684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-view Clustering of Heterogeneous Health Data: Application to Systemic Sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Filiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Parallel Problem Solving from Nature – PPSN XVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Dortmund, Germany. pp.352-367, </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-14721-0_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A survey of cluster validity indices for automatic data clustering using differential evolution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GECCO '21: Genetic and Evolutionary Computation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Lille, France. pp.314-322, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3449639.3459341⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Interaction Between Distance Functions and Clustering Criteria in Multi-objective Clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Multi-Criterion Optimization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Shenzhen, China. pp.504-515, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-72062-9_40⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Many-view clustering: an illustration using multiple dissimilarity measures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Handl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Garza-Fabre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GECCO '19: Genetic and Evolutionary Computation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Prague, Czech Republic. pp.213-214, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3319619.3323365⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary Clustering Using Multi-prototype Representation and Connectivity Criterion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilfrido Gómez-Flores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mexican Conference on Pattern Recognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Huatulco, Mexico. pp.63-73, </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-59226-8_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building topic maps from relational databases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adan Jose-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Lopez-Arevalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Sosa-Sosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Electrical Engineering, Computing Science and Automatic Control (CCE 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Mexico City, Mexico. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICEEE.2012.6421192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biclustering Algorithms Based on Metaheuristics: A Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adán José-García</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Sobanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarisse Dhaenens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mansour Eddaly; Bassem Jarboui; Patrick Siarry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metaheuristics for Machine Learning. New Advances and Tools</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Singapore, pp.39-71, 2023, Computational Intelligence Methods and Applications, </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-19-3888-7_2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId84"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A79F79B3"/>
+    <w:nsid w:val="571D39F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adanjoga" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2623-5206" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470560v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elise Martel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#225;n Jos&#233;-Garc&#237;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten de Vos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobanski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2025.10.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05093058v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Segura-Ortiz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jourdan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Garc&#237;a-Nieto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.108846" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205406v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacques" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Dhaenens" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617590" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205416v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrido G&#243;mez-Flores" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2023.101359" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790513v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Handl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-022-09909-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840342v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Sneyd" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Melro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ollagnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Tarling" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-022-00317-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843387v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Garza-Fabre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3220187" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217644v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2021.107425" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217646v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Absalom Ezugwu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Shukla" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moyinoluwa Agbaje" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaide Oyelade" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-020-05395-4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217647v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Siegmund" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biying Fu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Salahuddin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Kuijper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218001421500166" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217643v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2015.12.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217645v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jose-Garcia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lopez-Arevalo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sosa-Sosa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exsy.12113" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D0K9BPHS-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919684v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chauvet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA240851" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790502v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Filiot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Launay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14721-0_25" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271937v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72062-9_40" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271939v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459341" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271938v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3323365" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271940v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59226-8_7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271941v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adan Jose-Garcia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Lopez-Arevalo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Sosa-Sosa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEEE.2012.6421192" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790510v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-3888-7_2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adanjoga" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2623-5206" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470560v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elise Martel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#225;n Jos&#233;-Garc&#237;a" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Vens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarten de Vos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sobanski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2025.10.003" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05093058v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Segura-Ortiz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jourdan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Garc&#237;a-Nieto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmpb.2025.108846" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205406v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacques" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Dhaenens" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3617590" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205416v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrido G&#243;mez-Flores" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.softx.2023.101359" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790513v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Handl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11047-022-09909-y" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840342v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Sneyd" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Melro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ollagnier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Tarling" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40593-022-00317-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843387v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Garza-Fabre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEVC.2022.3220187" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217644v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2021.107425" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217646v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Absalom Ezugwu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Shukla" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moyinoluwa Agbaje" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaide Oyelade" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-020-05395-4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217647v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Siegmund" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biying Fu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Salahuddin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arjan Kuijper" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218001421500166" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217643v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asoc.2015.12.001" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217645v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jose-Garcia" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Lopez-Arevalo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Sosa-Sosa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/exsy.12113" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D0K9BPHS-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919684v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chauvet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/FAIA240851" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790502v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Filiot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Launay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-14721-0_25" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271939v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3449639.3459341" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271937v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-72062-9_40" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271938v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3319619.3323365" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271940v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-59226-8_7" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271941v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adan Jose-Garcia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Lopez-Arevalo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Sosa-Sosa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEEE.2012.6421192" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790510v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-3888-7_2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>