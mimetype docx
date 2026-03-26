--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -175,879 +175,863 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Krammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Nenning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...148 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2025.237492⟩</w:t>
+              <w:t xml:space="preserve">Small Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 10 (3), pp.e01751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smtd.202501751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05408807v1</w:t>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05422861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High performance La 2 NiO 4+ δ oxygen and Ni–Ce 0.9 Gd 0.1 O 2− δ fuel electrodes for thin film reversible solid oxide cells</w:t>
+                <w:t xml:space="preserve">In situ observation of phase transitions in La2NiO4+δ bulk and thin film samples via Raman spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Juan Zueco-Vincelle</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fjorelo Buzi</w:t>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvère Panisset</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Michel Mermoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4TA08962F⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 301, pp.121570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05408834v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ observation of phase transitions in La2NiO4+δ bulk and thin film samples via Raman spectroscopy</w:t>
+                <w:t xml:space="preserve">High performance La 2 NiO 4+ δ oxygen and Ni–Ce 0.9 Gd 0.1 O 2− δ fuel electrodes for thin film reversible solid oxide cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juande Sirvent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Zueco-Vincelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fjorelo Buzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvère Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2025.121570⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (24), pp.18628-18640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4TA08962F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05408775v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of numerical modelling to design oxygen electrode for micro-solid oxide cells: A case study of high-performance nano-columnar La2NiO4 thin films</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Enhanced performance of reversible solid oxide cells using high-surface-area nanostructured thin-film oxygen electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeel Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kosova Kreka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fjorelo Buzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvère Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Power Sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 593, pp.233951. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.233951⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 650, pp.237492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2025.237492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04572381v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05408807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailored nano-columnar La2NiO4 cathodes for improved electrode performance</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of numerical modelling to design oxygen electrode for micro-solid oxide cells: A case study of high-performance nano-columnar La2NiO4 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jauffres</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1TA09110G⟩</w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 593, pp.233951. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2023.233951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03764487v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Tailored nano-columnar La2NiO4 cathodes for improved electrode performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeel Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Manuel Caicedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan de Dios Sirvent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.2528-2540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1TA09110G⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03764487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La$_2$NiO$_{4+\delta}$ ‐based memristive devices integrated on Si‐based substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thoai‐khanh Khuu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022, pp.2200329. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/admt.202200329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03764455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1057,1759 +1041,1759 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thin Nanostructured Oxygen Electrodes for High-Performance Reversible Solid Oxide Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kosova Kreka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fjorelo Buzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Reunion Plenières de la Fédération hydrogene (FRH2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Phase Transitions in La2NiO4+δ using in situ Raman Spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating High-Performance Oxygen Electrodes for Micro-Solid Oxide Cells: A Combined Experimental and Numerical Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvère Panisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Jauffrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Mermoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIth Conference of the European Ceramic Society (EcerS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04841382v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating High-Performance Oxygen Electrodes for Micro-Solid Oxide Cells: A Combined Experimental and Numerical Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating Phase Transitions in La2NiO4+δ using in situ Raman Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeel Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Skinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvère Panisset</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Mónica Burriel</w:t>
+                <w:t xml:space="preserve">Michel Mermoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVIIIth Conference of the European Ceramic Society (EcerS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867538v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04841382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In creatio analysis: electrode optimisation by in situ electrochemical studies during the growth of nano structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E‐MRS Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel deposition strategies to obtain thin films with improved functional properties for Solid Oxide Fuel and Electrolysis Cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Novel deposition strategies to obtain thin films with improved funcitional properties for Solid Oxide Fuel and Electrolysis Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Rodriguez-Lamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pirovano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2022 Fall Meeting</w:t>
+              <w:t xml:space="preserve">E-MRS Fall</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827177v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ Raman spectroscopy: novel approaches to study oxygen defect dynamics in mixed conducting oxides</w:t>
+                <w:t xml:space="preserve">Enhancing SOC cathode performance using tailored nano-columnar La2NiO4+δ thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Jiménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSI-23 International Conference on Solid State Ionics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Boston, United States</w:t>
+              <w:t xml:space="preserve">Power of interfaces 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Palma de Mallorca, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04814982v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing SOC cathode performance using tailored nano-columnar La2NiO4+δ thin films</w:t>
+                <w:t xml:space="preserve">In situ Raman spectroscopy: novel approaches to study oxygen defect dynamics in mixed conducting oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Chaix-Pluchery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolors Pla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pirovano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Power of interfaces 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Palma de Mallorca, Spain</w:t>
+              <w:t xml:space="preserve">SSI-23 International Conference on Solid State Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04706511v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel MOCVD deposition strategies to obtain thin films with improved functional properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+                <w:t xml:space="preserve">Novel deposition strategies to obtain thin films with improved functional properties for Solid Oxide Fuel and Electrolysis Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Stangl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeel Riaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Rodriguez-Lamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pirovano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th international ceramics conference (CIMTEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
+              <w:t xml:space="preserve">E-MRS 2022 Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759948v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tailored nano-columnar La2NiO4+δ thin films for enhanced SOC cathode performance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel MOCVD deposition strategies to obtain thin films with improved functional properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mónica Burriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Rodriguez-Lamas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Juan de Dios Sirvent</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pirovano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSI-23 International Conference on Solid State Ionics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Boston, United States</w:t>
+              <w:t xml:space="preserve">15th international ceramics conference (CIMTEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867875v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04759948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel deposition strategies to obtain thin films with improved funcitional properties for Solid Oxide Fuel and Electrolysis Cells</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tailored nano-columnar La2NiO4+δ thin films for enhanced SOC cathode performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Pirovano</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Rapenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Manuel Caicedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan de Dios Sirvent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS Fall</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">SSI-23 International Conference on Solid State Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04759688v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nano-columnar La2NiO4+δ Films with Multifold Active Surface Area for Enhanced Electrode Performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Mermoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Ceramic Congress CIMTEC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 3D Finite Element Method model designed for nanocolumnar µSOC oxygen electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Jauffrès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Power of Interfaces Workshop,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Palma de Majorque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoionic materials for µSOC: synthesis and advanced characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozden Celikbilek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials for Emerging Energy Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04638774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La2NiO4+δ thin films for highly active µSOC cathodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan de Dios Sirvent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Baiutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Tarancón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Power of Interfaces 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual conference, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2819,539 +2803,539 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nano-tailored morphology of La2NiO4+δ thin films using PI-MOCVD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mónica Burriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROCVD / Baltic ALD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04757233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La2NiO4+δ Electrodes by Pulsed-Injection MOCVD: Deposition Strategies and Microstructural Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvère Panisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Power of Interfaces Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Majorque, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the origin of the enhanced oxygen activity of La2NiO4+δ micro-SOFC cathodes at low temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan de Dios Sirvent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Baiutti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Tarancón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2021 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04884460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the origin of the enhanced activity of L2NO4 micro-SOFC cathodes at low temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Stangl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeel Riaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Rapenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Manuel Caicedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Jiménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">C'Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Toulouse, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId70"/>
+      <w:footerReference w:type="default" r:id="rId71"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3498,51 +3482,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schmid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeel Riaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krammer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Nenning" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408807v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosova Kreka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fjorelo Buzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Panisset" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.237492" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408834v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juande Sirvent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Zueco-Vincelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TA08962F" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408775v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Burriel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mermoux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121570" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572381v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Panisset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stangl" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jauffres" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233951" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764487v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Rapenne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Caicedo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan de Dios Sirvent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1TA09110G" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764455v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thoai&#8208;khanh Khuu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Lef&#232;vre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Roussel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202200329" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841004v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841382v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Skinner" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867538v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffr&#232;s" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867599v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04827177v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriguez-Lamas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pirovano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814982v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Chaix-Pluchery" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolors Pla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04706511v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759948v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867875v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759688v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04699052v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867722v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04638774v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozden Celikbilek" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04883994v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Baiutti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Taranc&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757233v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04884416v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04884460v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630589v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05422861v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Stangl" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Schmid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeel Riaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Krammer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Nenning" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202501751" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408775v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Burriel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mermoux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.121570" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408834v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juande Sirvent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Zueco-Vincelle" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fjorelo Buzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Panisset" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TA08962F" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408807v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosova Kreka" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.237492" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572381v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Panisset" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Riaz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Stangl" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jauffres" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2023.233951" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764487v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Rapenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Manuel Caicedo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan de Dios Sirvent" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1TA09110G" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03764455v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thoai&#8208;khanh Khuu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Lef&#232;vre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Jim&#233;nez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Roussel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admt.202200329" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841004v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867538v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Jauffr&#232;s" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04841382v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Skinner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867599v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759688v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodriguez-Lamas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pirovano" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04706511v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04814982v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odette Chaix-Pluchery" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolors Pla" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04827177v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759948v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867875v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04699052v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04867722v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04638774v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozden Celikbilek" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04883994v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Baiutti" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Taranc&#243;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757233v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04884416v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04884460v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630589v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>