--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -577,271 +577,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chartres (28), 1 Place Drouaise</w:t>
+                <w:t xml:space="preserve">Jarnac (16), 16, rue Croix Saint-Gilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Lefils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Baradat</w:t>
+                <w:t xml:space="preserve">Bruno Bosc-Zanardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Briand</w:t>
+                <w:t xml:space="preserve">Clément Chavot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Chavot</w:t>
+                <w:t xml:space="preserve">Aline Colombier-Gougouzian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Collombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04822684v1</w:t>
+                <w:t xml:space="preserve">hal-04822686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jarnac (16), 16, rue Croix Saint-Gilles</w:t>
+                <w:t xml:space="preserve">Chartres (28), 1 Place Drouaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Lefils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Bosc-Zanardo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Audrey Baradat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Chavot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Collombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04822686v1</w:t>
+                <w:t xml:space="preserve">hal-04822684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auneau, &amp;quot;Les Nonains&amp;quot; (Eure-et-Loir), rapport final d'opération, Archeodunum : SRA Centre - Val de Loire, 2019</w:t>
               </w:r>
@@ -1127,329 +1127,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04631253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Val-de-Reuil, &amp;quot;Les Noés de Léry&amp;quot; (Eure), rapport final d'opération, Archeodunum : SRA Normandie, 2015</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sainte-Marie (35), &amp;quot;Saint-Julien&amp;quot; et &amp;quot;Pont Saint-Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Segard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Vasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aoustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Hersant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Audrey Blanchard</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nima Seadlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Archeodunum SAS. 2015</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Archeodunum. 2015, pp.389 (1 vol.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04634456v1</w:t>
+                <w:t xml:space="preserve">hal-04845023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du petit mobilier de Sainte-Marie, Saint-Julien/ Pont Saint-Julien (Ille-et-Vilaine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Hersant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archeodunum SAS. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04631615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sainte-Marie (35), &amp;quot;Saint-Julien&amp;quot; et &amp;quot;Pont Saint-Julien</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Val-de-Reuil, &amp;quot;Les Noés de Léry&amp;quot; (Eure), rapport final d'opération, Archeodunum : SRA Normandie, 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaïde Hersant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Dalmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Leblé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archeodunum SAS. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Vasnier</w:t>
-[...72 lines deleted...]
-                <w:t xml:space="preserve">hal-04845023v1</w:t>
+                <w:t xml:space="preserve">halshs-04634456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Clouzeaux (85), ZAC de la Landette</w:t>
               </w:r>
@@ -1583,51 +1583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adélaïde Hersant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Antoine Dalmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Leblé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1914,51 +1914,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631597v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Hersant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04634974v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tivaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Menager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducreux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635834v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Dalmont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Trin-Lacombe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Poirier-Coutansais" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823386v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Verrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cure" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822684v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lefils" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Briand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chavot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822686v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alleau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lebl&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851169v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ruzzu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631253v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04634456v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blanchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631615v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845023v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vasnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Seadlou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lefevre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635823v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631597v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Hersant" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04634974v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tivaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Menager" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Ducreux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Flottes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635834v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Dalmont" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Trin-Lacombe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Poirier-Coutansais" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Ancel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823386v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Verrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cure" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822686v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lefils" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bosc-Zanardo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chavot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Colombier-Gougouzian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Collombet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822684v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Baradat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Briand" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635805v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alleau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Lebl&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851169v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Ruzzu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631253v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845023v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Segard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Vasnier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nima Seadlou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631615v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04634456v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Lef&#232;vre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Blanchard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lefevre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04635823v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04631574v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>