--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -602,415 +602,427 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01699658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation and comparison of current biopsy needle localization and tracking methods using 3D ultrasound</w:t>
+                <w:t xml:space="preserve">Fast Nonlinear Ultrasound Propagation Simulation Using a Slowly Varying Envelope Approximation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yue Zhao</w:t>
+                <w:t xml:space="preserve">Francois Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Shen</w:t>
+                <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Olivier Basset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 73, pp.206-220. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 64 (6), pp.1015 - 1022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultras.2016.09.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2017.2687470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438325v1</w:t>
+                <w:t xml:space="preserve">hal-01693745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Nonlinear Ultrasound Propagation Simulation Using a Slowly Varying Envelope Approximation</w:t>
+                <w:t xml:space="preserve">Evaluation and comparison of current biopsy needle localization and tracking methods using 3D ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Varray</w:t>
+                <w:t xml:space="preserve">Yue Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Toulemonde</w:t>
+                <w:t xml:space="preserve">Yi Shen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Basset</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Cachard</w:t>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 64 (6), pp.1015 - 1022. </w:t>
+              <w:t xml:space="preserve">Ultrasonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 73, pp.206-220. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2017.2687470⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultras.2016.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01693745v1</w:t>
+                <w:t xml:space="preserve">hal-01438325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific Ultrasound Data Acquisition for Tissue Motion and Strain Estimation: Initial Results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Detti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 43 (12), pp.2904 - 2913. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2017.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01685453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1020,1447 +1032,1447 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire National des Matériels et Moyens Expérimentaux en Acoustique et Vibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Brasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Foucart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Guianvarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Pinhède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05363674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des Outils de Recherche pour la Pédagogie en Imagerie Médicale Ultrasonore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Huillery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03848270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the use of a specific 5x128-element array transducer for quasi-static ultrasound elastography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Detti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics 2018 - 3rd International Conference on Ultrasonic-based Applications: from analysis to synthesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Caparica, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02078420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New High Channels Density Ultrasound Platform for Advanced 4D Cardiac Imaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Souchon</w:t>
+                <w:t xml:space="preserve">Simultaneous Coded Plane Wave Imaging: Implementation on a Research Echograph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bujoreanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Friboulet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599683v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous pulse wave and flow estimation at high-framerate using plane wave and transverse oscillation on carotid phantom</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Plateforme didactique mutualisée de travaux pratiques en instrumentation et imagerie biomédicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bonet Axel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Montcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Tse Ve Koon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12ème édition du colloque du Club EEA consacré à l'Enseignement des Technologies de l'Information et des Systèmes - CETSIS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Le Mans, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894173v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01598498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Coded Plane Wave Imaging: Implementation on a Research Echograph</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Bujoreanu</w:t>
+                <w:t xml:space="preserve">A New High Channels Density Ultrasound Platform for Advanced 4D Cardiac Imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Varray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Souchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Chapelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599409v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01599683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme didactique mutualisée de travaux pratiques en instrumentation et imagerie biomédicale</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simultaneous pulse wave and flow estimation at high-framerate using plane wave and transverse oscillation on carotid phantom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Ray</w:t>
+                <w:t xml:space="preserve">Vincent Perrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Petrusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Tse Ve Koon</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Vray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Liebgott</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème édition du colloque du Club EEA consacré à l'Enseignement des Technologies de l'Information et des Systèmes - CETSIS 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Washington, USA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2017.8091999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01598498v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radiofrequency ultrasound data acquisition with a 640-element array transducer for strain imaging: Experimental results with phantoms and biological tissue samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Férin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Nguyen-Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th Annual International Conference of the IEEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Seogwipo, South Korea. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EMBC.2017.8037487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01695498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">5×128-Element array transducer for elevational motion consideration in strain imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Brusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Férin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Nguyen-Dinh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE International Ultrasonic Symposium (IUS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Washington, United States. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2017.8092013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compressed sensing reconstruction of line-wise sub-sampled 3D echographic images based on dictionary learning: an experimental study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oana Lorintiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Liebgott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Friboulet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics Symposium (IUS), 2015 IEEE International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Taipei, Taiwan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ULTSYM.2015.0157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01265811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double Pulse Inversion Imaging for Ultrasound Contrast Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanglue Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Cachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Guibal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Varray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Dresden, Germany. pp.1307-1310, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ULTSYM.2012.0326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01957888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId85"/>
+      <w:footerReference w:type="default" r:id="rId86"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2607,51 +2619,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamraoui Mohamed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux Emannuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liebgott Herv&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2025.3581350" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922501v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pialot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Liebgott" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varray" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2022.3160880" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842944v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Badescu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garcia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2925581" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699658v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Petrusca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Souchon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chapelon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8020200" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438325v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhao" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Shen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cachard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Liebgott" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2016.09.006" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693745v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Varray" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Toulemonde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basset" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2017.2687470" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685453v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brusseau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Meynier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaudet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Detti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2017.06.018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05363674v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brasseur" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Foucart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guianvarc'H" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pinh&#232;de" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848270v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Huillery" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nicolas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078420v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599683v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Souchon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894173v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vray" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8091999" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599409v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bujoreanu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Friboulet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598498v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonet Axel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ray" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse Ve Koon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695498v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume F&#233;rin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Nguyen-Dinh" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2017.8037487" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599670v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092013" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265811v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Lorintiu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2015.0157" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957888v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanglue Lin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guibal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Varray" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0326" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121990v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamraoui Mohamed" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bernard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roux Emannuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liebgott Herv&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2025.3581350" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922501v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pialot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Liebgott" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Varray" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2022.3160880" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842944v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Badescu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Garcia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2019.2925581" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699658v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Petrusca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Souchon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Chapelon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app8020200" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01693745v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Varray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Toulemonde" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basset" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cachard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2017.2687470" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438325v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Zhao" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Shen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Liebgott" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2016.09.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R9HP0VZS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01685453v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brusseau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Meynier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chaudet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Detti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2017.06.018" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05363674v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Brasseur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Foucart" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guianvarc'H" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pinh&#232;de" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848270v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Huillery" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Nicolas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078420v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599409v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bujoreanu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Friboulet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598498v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rousseau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonet Axel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ray" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse Ve Koon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599683v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Souchon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01894173v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vray" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8091999" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695498v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume F&#233;rin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Nguyen-Dinh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2017.8037487" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599670v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2017.8092013" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265811v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Lorintiu" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2015.0157" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957888v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanglue Lin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guibal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Varray" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2012.0326" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>