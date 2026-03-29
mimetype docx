--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -234,831 +234,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulses in branded agri-food products: the African and global situation</w:t>
+                <w:t xml:space="preserve">Faba bean and pea protein ingredients: Endogenous lipid accumulation and lipid oxidative state</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+                <w:t xml:space="preserve">Jolijn S.A. Koomen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Salord</w:t>
+                <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
+                <w:t xml:space="preserve">Alice Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Josephe Amiot</w:t>
+                <w:t xml:space="preserve">Bérengère Marais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Barron</w:t>
+                <w:t xml:space="preserve">Sophie Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 99, pp.173-185. </w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 217, pp.116884. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol99-art16-GB⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.116884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05071357v1</w:t>
+                <w:t xml:space="preserve">hal-05358075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lysozyme/Alginate Interactions: Structural and Thermodynamic Insights through ITC and SAXS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large-Scale Chromatography for the Isolation of 7S Globulin Enriched Fraction from Pigeon Pea Seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adilson Roberto Locali-Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asna Vakeri</w:t>
+                <w:t xml:space="preserve">Mehdi Cherkaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Saïd Bouhallab</w:t>
+                <w:t xml:space="preserve">Hélène Rogniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.biomac.5c00270⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 73 (18), pp.11288-11302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5c01681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05189214v1</w:t>
+                <w:t xml:space="preserve">hal-05083795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faba bean and pea protein ingredients: Endogenous lipid accumulation and lipid oxidative state</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diversité des légumineuses dans les produits agroalimentaires sous marque : le positionnement africain par rapport à la situation mondiale (2010-2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Salord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jolijn S.A. Koomen</w:t>
+                <w:t xml:space="preserve">Marie-Josephe Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sophie Le Gall</w:t>
+                <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2025.116884⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 99, pp.259-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol99-art21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05358075v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04929103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The competition between endogenous phospholipids and proteins from pea protein isolate rules their interfacial properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléna Keuleyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Kergomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth David-Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Vie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 168, pp.111475. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.111475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05105547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversité des légumineuses dans les produits agroalimentaires sous marque : le positionnement africain par rapport à la situation mondiale (2010-2021)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Pulses in branded agri-food products: the African and global situation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Salord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Josephe Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 99, pp.259-273. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol99-art21⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 99, pp.173-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2025-vol99-art16-GB⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04929103v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Scale Chromatography for the Isolation of 7S Globulin Enriched Fraction from Pigeon Pea Seeds</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Davy</w:t>
+                <w:t xml:space="preserve">Lysozyme/Alginate Interactions: Structural and Thermodynamic Insights through ITC and SAXS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asna Vakeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Cherkaoui</w:t>
+                <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Rogniaux</w:t>
+                <w:t xml:space="preserve">Saïd Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 73 (18), pp.11288-11302. </w:t>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (8), pp.4859-4871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5c01681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.biomac.5c00270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05083795v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05189214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production of phosphorylated and functional αs1-casein in Escherichia coli</w:t>
               </w:r>
@@ -1230,51 +1230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Houinsou-Houssou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Viau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Ribourg-Birault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9, pp.100323. </w:t>
@@ -1306,498 +1306,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-treatment effects on the composition and functionalities of pigeon pea seed ingredients</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In vitro protein digestibility of RuBisCO-enriched wheat dough: a comparative study with pea and gluten proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ícaro Putinhon Caruso</w:t>
+                <w:t xml:space="preserve">Maude Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanitra Rabesona</w:t>
+                <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Laurent</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Meynier</w:t>
+                <w:t xml:space="preserve">Agnieszka Nawrocka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.109923⟩</w:t>
+              <w:t xml:space="preserve">Food and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (9), pp.5132-5146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3fo05652j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04645195v1</w:t>
+                <w:t xml:space="preserve">hal-04573070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro protein digestibility of RuBisCO-enriched wheat dough: a comparative study with pea and gluten proteins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Coacervation and aggregation in lysozyme/alginate mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asna Vakeri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Agnieszka Nawrocka</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Function</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3fo05652j⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 156, pp.110359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.110359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04573070v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04633078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coacervation and aggregation in lysozyme/alginate mixtures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adeline Boire</w:t>
+                <w:t xml:space="preserve">Pre-treatment effects on the composition and functionalities of pigeon pea seed ingredients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adilson Roberto Locali-Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ícaro Putinhon Caruso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanitra Rabesona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelle Davy</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+                <w:t xml:space="preserve">Anne Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Hydrocolloids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 156, pp.110359. </w:t>
+              <w:t xml:space="preserve">, 2024, 152, pp.109923. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.110359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.109923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04633078v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crop diversity used in branded products with focus on legume species worldwide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Salord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Joseph Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1976,346 +1976,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulses proteins for the food of the future: innovative multi-scale and multi-component approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pigeon Pea, An Emerging Source of Plant-Based Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adilson Roberto Locali-Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Anton</w:t>
+                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Catherine Garnier</w:t>
+                <w:t xml:space="preserve">Sebastião Roberto Taboga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACS Food Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (11), pp.1777-1799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsfoodscitech.3c00268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04737488v1</w:t>
+                <w:t xml:space="preserve">hal-04698291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pigeon Pea, An Emerging Source of Plant-Based Proteins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Pulses proteins for the food of the future: innovative multi-scale and multi-component approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sebastião Roberto Taboga</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Food Science &amp; Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IAA La revue des industries agroalimentaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04698291v1</w:t>
+                <w:t xml:space="preserve">hal-04737488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical and physical–chemical characterisation of leaf proteins extracted from Cichorium endivia leaves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Micard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2373,640 +2373,640 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of large-scale purification of omega gliadins and other wheat gliadins</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Monitoring food structure in plant protein gels during digestion: Rheometry and Small Angle Neutron Scattering studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maja Napieraj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Brûlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Lutton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urielle Randrianarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Colette Larré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcs.2021.103386⟩</w:t>
+              <w:t xml:space="preserve">Food Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, pp.100270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foostr.2022.100270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03540918v1</w:t>
+                <w:t xml:space="preserve">hal-03664851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring food structure in plant protein gels during digestion: Rheometry and Small Angle Neutron Scattering studies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Lutton</w:t>
+                <w:t xml:space="preserve">Optimization of large-scale purification of omega gliadins and other wheat gliadins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Cochereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urielle Randrianarisoa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adeline Boire</w:t>
+                <w:t xml:space="preserve">Colette Larré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 32, pp.100270. </w:t>
+              <w:t xml:space="preserve">Journal of Cereal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 103, pp.103386. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foostr.2022.100270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcs.2021.103386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664851v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03540918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Droplet Microfluidics for Food and Nutrition Applications</w:t>
+                <w:t xml:space="preserve">Combining plant and dairy proteins in food colloid design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karin Schroen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
+                <w:t xml:space="preserve">Emma B A Hinderink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Marquis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adeline Boire</w:t>
+                <w:t xml:space="preserve">Alain Riaublanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonard M C Sagis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micromachines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/mi12080863⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Colloid &amp; Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56, pp.101507. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cocis.2021.101507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03325134v1</w:t>
+                <w:t xml:space="preserve">hal-03394364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining plant and dairy proteins in food colloid design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Droplet Microfluidics for Food and Nutrition Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karin Schroen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Marquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Leonard M C Sagis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Colloid &amp; Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 56, pp.101507. </w:t>
+              <w:t xml:space="preserve">Micromachines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (8), pp.863. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cocis.2021.101507⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/mi12080863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03394364v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03325134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conformational Changes of Whey and Pea Proteins upon Emulsification Approached by Front-Surface Fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Hinderink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Schroën</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Riaublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Houinsou-Houssou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3070,51 +3070,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a Droplet-Based Millifluidic Device to Investigate the Phase Behavior of Biopolymers, Including Viscous Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Amine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3191,51 +3191,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outil millifluidique à gouttes pour déterminer les diagrammes de phase de protéines seules ou en mélange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3355,51 +3355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 580, pp.709-719. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3433,77 +3433,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubisco: A promising plant protein to enrich wheat-based food without impairing dough viscoelasticity and protein polymerisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Micard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3576,77 +3576,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New exploration of the γ-gliadin structure through its partial hydrolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Rogniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3710,51 +3710,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting Assemblies of Oppositely Charged Proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Nicholas Ainis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Sole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3831,77 +3831,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soft-Matter Approaches for Controlling Food Protein Interactions and Assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4021,51 +4021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4112,64 +4112,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring food structure during digestion using small-angle scattering and imaging techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jade Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Brûlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4246,64 +4246,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associative properties of rapeseed napin and pectin: Competition between liquid-liquid and liquid-solid phase separation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Amine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4344,364 +4344,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteins for the future: A soft matter approach to link basic knowledge and innovative applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Dynamics of liquid-liquid phase separation of wheat gliadins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Laure Chapeau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Helene Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minne Paul Lettinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Menut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.06.012⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-32278-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608238v1</w:t>
+                <w:t xml:space="preserve">hal-02628596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of liquid-liquid phase separation of wheat gliadins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Proteins for the future: A soft matter approach to link basic knowledge and innovative applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Minne Paul Lettinga</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Menut</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Laure Chapeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+              <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46, pp.18-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-32278-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.06.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02628596v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droplets-based millifluidic for the rapid determination of biopolymers phase diagrams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Amine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4761,51 +4761,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytoskeletal crosstalk: when three different personalities team up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Huber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magdalena Preciado López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4877,90 +4877,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osmotic Compression of Anisotropic Proteins: Interaction Properties and Associated Structures in Wheat Gliadin Dispersions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Helene Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 119 (17), pp.5412-5421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4994,90 +4994,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase behaviour of a wheat protein isolate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Helene Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Sanchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 9 (47), pp.11417-11426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5137,51 +5137,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffen Dattinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Forny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5289,77 +5289,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase separation in lysozyme/alginate mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asna Vakeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5423,90 +5423,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle diversité d'espèces légumineuses à graines est utilisée par l'industrie agroalimentaire dans le monde ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Salord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Rencontres francophones sur les légumineuses - RFL#4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Saly, Sénégal</w:t>
@@ -5548,90 +5548,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endogenous lipids: disregarded co-passengers shaping the emulsifying and interfacial properties of pea and lupin protein ingredients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléna Keuleyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Kergomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth David-Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Vie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AOCS Annual Meeting &amp; Expo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AOCS, Apr 2024, Montréal, Canada</w:t>
@@ -5660,51 +5660,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fractions protéiques issues de légumineuses : jusqu'où faut-il les purifier ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Beaumal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5785,51 +5785,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endogenous lipids and lipophilic molecules in pea and faba bean protein ingredients: Potential importance for oxidative reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jolijn Koomen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5837,51 +5837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Birault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléna Keuleyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Kermarrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Symposium on lipid Oxidation and Antioxidants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFL, Jul 2024, Bologna (ITALY), Italy</w:t>
@@ -5910,64 +5910,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salt-dependent complex formation in lysozyme-alginate mixture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asna Vakeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6031,90 +6031,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfacial and emulsifying properties of pea and lupin protiens ingredients: a pivotal role of endogeneous lipids?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Keuleyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Kergomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Gélébart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Beaumal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth David-Briand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Euro Fed Lipid Congress and Expo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EFL, Sep 2023, Poznan, Poland</w:t>
@@ -6143,77 +6143,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liquid-liquid phase separation in heteroproteinsystems: a mini review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6264,51 +6264,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coacervats ou précipités: quel chemin thermodynamique dirige la séparation de phase liquide-liquide ou solide-liquide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6366,325 +6366,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03629455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liquid-Liquid Phase Separation of Wheat Gliadins - Towards Physiological Conditions</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cartographie des sciences de l'alimentation au travers des publications académiques(1980-2018): vers quelles innovations les connaissances scientifiques orientent les légumineuses à graines en Europe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Salord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Cabanac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Josephe Amiot-Carlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Anton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64th Annual Meeting of the Biophysical-Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15. Journées internationales d'Analyse statistique des Données Textuelles (JADT 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Valérie Bonnet (Université de Toulouse 3 - Paul Sabatier); Annette Burguet (Université de Toulouse 3 - Paul Sabatier); Guillaume Cabanac (Université de Toulouse 3 - Paul Sabatier); Lucie Loubère (Université de Toulouse 3 - Paul Sabatier); Pascal Marchand (Université de Toulouse 3 - Paul Sabatier); Daniel Pélissier (Université de Toulouse 1 - Capitole); Gaël Plumecoq (Institut National de la Recherche Agronomique); Pierre Ratinaud (Université de Toulouse 2 - Jean Jaurès); Julie Renard (Université de Toulouse 2 - Jean Jaurès); Natacha Souillard (Université de Toulouse 3 - Paul Sabatier), Jun 2020, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962395v1</w:t>
+                <w:t xml:space="preserve">hal-03144044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie des sciences de l'alimentation au travers des publications académiques(1980-2018): vers quelles innovations les connaissances scientifiques orientent les légumineuses à graines en Europe ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Liquid-Liquid Phase Separation of Wheat Gliadins - Towards Physiological Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line Sahli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Journées internationales d'Analyse statistique des Données Textuelles (JADT 2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">64th Annual Meeting of the Biophysical-Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, San Diego, United States. pp.485a, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2019.11.2686⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03144044v1</w:t>
+                <w:t xml:space="preserve">hal-02962395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubisco enriched wheat doughs: From mechanical properties to protein reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6735,77 +6735,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubisco enriched wheat dough: from mechanical properties to protein reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6856,51 +6856,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assembly of plant storage proteins: role of intrinsic disorder and charge anisotropy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Line Sahli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6981,51 +6981,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de l'anisotropie de charge dans l'assemblage protéine-protéine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7076,103 +7076,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unravelling the contrasting phase behavior of wheat storage proteins: how to store storage proteins?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hélène Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Paul Lettinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Menut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">62nd Annual Meeting of the Biophysical-Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, San Francisco, United States. pp.2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7251,77 +7251,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro protein digestibility of rubisco-enriched wheat doughs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Micard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7363,90 +7363,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lysozyme/Alginate Interaction: structural and thermodynamic insights through ITC and SAXS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asna Vakeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7488,103 +7488,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubisco-enriched wheat doughs: in vitro protein digestibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21. ICC Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Vienna, Austria</w:t>
@@ -7613,90 +7613,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coacervation and aggregation in lysozyme/alginate mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asna Vakeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7732,484 +7732,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05280596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparative chromatography for purification of 7S globulin from pigeon pea seeds to improve foaming properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The competition between endogeneous phospholipids and proteins from pea protein ingredients rules their interfacial properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléna Keuleyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Kergomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adilson Roberto Locali Pereira</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hélène Rogniaux</w:t>
+                <w:t xml:space="preserve">Perrine Gelebart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Beaumal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd NIZO Plant Protein Functionality Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Apeldoorn, Netherlands</w:t>
+              <w:t xml:space="preserve">19. Food Colloids Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717793v1</w:t>
+                <w:t xml:space="preserve">hal-04661908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The competition between endogeneous phospholipids and proteins from pea protein ingredients rules their interfacial properties</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">In vitro protein digestibility of rubisco-enriched wheat doughs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Barron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Nawrocka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. Food Colloids Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Thessaloniki, Greece</w:t>
+              <w:t xml:space="preserve">3. NIZO Plant Protein Functionality Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Apeldoorn, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661908v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04757135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro protein digestibility of rubisco-enriched wheat doughs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Agnieszka Nawrocka</w:t>
+                <w:t xml:space="preserve">Preparative chromatography for purification of 7S globulin from pigeon pea seeds to improve foaming properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adilson Roberto Locali Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Davy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medhi Cherkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rogniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. NIZO Plant Protein Functionality Conference</w:t>
+              <w:t xml:space="preserve">3rd NIZO Plant Protein Functionality Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Apeldoorn, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04757135v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The competition between endogeneous phospholipids and proteins from pea protein ingredients rules their interfacial propoerties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléna Keuleyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Kergomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Gélébart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Beaumal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Food Colloids Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Thessaloniki, Greece</w:t>
@@ -8264,51 +8264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Geairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanitra Rabesona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guilois Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8402,64 +8402,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thais Cristina Benatti Gallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Riaublanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd NIZO Plant Protein Functionality Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Apeldoorn, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8497,77 +8497,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composition and emulsifying properties of pea and faba bean protein ingredients as influenced by the processing route: Current state of the art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jolijn Koomen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Meynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Berton-Carabin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19 th Food Colloids Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Thesaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8592,103 +8592,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the competition between aggregation and coacervation phenomena in protein/ polysaccharide and polyelectrolyte/polysaccharide systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asna Vakeri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">https://www.ecis2023.eu/. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th conference of European Colloid &amp; Interface Society</w:t>
@@ -8734,90 +8734,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the competition between aggregation and coacervation phenomena in protein/ polysaccharide and polyelectrolyte/polysaccharide systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asna Vakery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Bouhallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bouchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">https://workshops.ill.fr/event/346/. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILL Soft Matter Summer School</w:t>
@@ -8850,77 +8850,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rubisco enriched wheat dough: from mechanical properties to protein reactivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Ducrocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8997,64 +8997,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Josephe Amiot-Carlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Walrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9128,90 +9128,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les légumineuses dans les produits agroalimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Salord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9405,90 +9405,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which crop biodiversity is used by the food industry throughout the world? A first evidence for legume species.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Salord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Josèphe Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9559,103 +9559,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A roadmap for mapping Food Science and Technology from scholarly publications on pulses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Salord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Cabanac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Josèphe Amiot Carlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Anton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. 2022, pp.1-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -9846,51 +9846,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05499953v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adilson Roberto Locali-Pereira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Davy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Keuleyan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.112131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05071357v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salord" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol99-art16-GB" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189214v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asna Vakeri" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Bouhallab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5c00270" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358075v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn S.A. Koomen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg-Birault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kermarrec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.116884" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105547v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Kergomard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth David-Briand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Vie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111475" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04929103v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol99-art21" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05083795v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c01681" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494887v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvasini Balasubramanian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golnaz Mobasseri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Shi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Jers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonne K&#248;hler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibtech.2025.05.015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531997v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Cristina Benatti Gallo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Houinsou-Houssou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Viau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fufo.2024.100323" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645195v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;caro Putinhon Caruso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laurent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.109923" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573070v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ducrocq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Nawrocka" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3fo05652j" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633078v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Davy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.110359" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04732768v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joseph Amiot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41538-024-00305-7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680271v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2024.04.136" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737488v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garnier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698291v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#227;o Roberto Taboga" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsfoodscitech.3c00268" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03557587v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132254" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540918v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larr&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2021.103386" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03664851v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Napieraj" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lutton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urielle Randrianarisoa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foostr.2022.100270" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325134v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Schroen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi12080863" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03394364v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma B A Hinderink" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Riaublanc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard M C Sagis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cocis.2021.101507" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318346v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hinderink" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Schro&#235;n" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c01005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170308v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Amine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure R&#233;guerre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Papineau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-020-09645-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128433v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154795v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342600v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2020.106101" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111116v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Sahli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.09.136" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nicholas Ainis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sole" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01046" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968011v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-food-032818-121907" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618334v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Giuliani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49745-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561464v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Pasquier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.02.059" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619699v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.01.026" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608238v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chapeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.06.012" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628596v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sanchez" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Morel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minne Paul Lettinga" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-32278-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608071v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2017.03.035" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638829v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huber" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Preciado L&#243;pez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsje H Koenderink" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceb.2014.10.005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6ZK9HP37-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270211v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b01673" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268494v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm51489g" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506496v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Dattinger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Forny" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Horvat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2011.11.006" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCQ3Q1DW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721659v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04466806v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661665v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700803v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beaumal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ribourg-Birault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Davy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jonch&#232;re" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643467v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Koomen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Birault" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719239v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Keuleyan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03706888v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629455v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schatz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Chapel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962395v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.11.2686" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144044v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot-Carlin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797832v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798032v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154501v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William-Nicholas Ainis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789149v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paul Lettinga" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.11.2068" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298962v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279395v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299482v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05280596v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717793v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adilson Roberto Locali Pereira" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Cherkaoui" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661908v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Gelebart" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757135v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667993v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922718v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Billet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geairon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilois Dubois" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721965v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661870v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04353412v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645082v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asna Vakery" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798176v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789055v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Josephe Amiot-Carlin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04074159v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/xtcv-5b27" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699421v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683199v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373646v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot Carlin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05499953v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adilson Roberto Locali-Pereira" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Davy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Keuleyan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Beaumal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.112131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05358075v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn S.A. Koomen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ribourg-Birault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Kermarrec" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2025.116884" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05083795v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Cherkaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5c01681" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04929103v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Salord" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cabanac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol99-art21" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105547v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Kergomard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth David-Briand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Vie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111475" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05071357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol99-art16-GB" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05189214v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asna Vakeri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Hamon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Bouhallab" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.5c00270" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494887v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvasini Balasubramanian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Golnaz Mobasseri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Shi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Jers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonne K&#248;hler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tibtech.2025.05.015" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531997v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Cristina Benatti Gallo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Houinsou-Houssou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Viau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fufo.2024.100323" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573070v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ducrocq" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Nawrocka" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3fo05652j" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04633078v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Davy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.110359" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645195v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;caro Putinhon Caruso" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Rabesona" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Laurent" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Meynier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.109923" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04732768v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Joseph Amiot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41538-024-00305-7" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680271v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2024.04.136" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04698291v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berton-Carabin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#227;o Roberto Taboga" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsfoodscitech.3c00268" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737488v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Anton" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03557587v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.132254" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03664851v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Napieraj" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lutton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urielle Randrianarisoa" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foostr.2022.100270" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03540918v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larr&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2021.103386" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03394364v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma B A Hinderink" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Renard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Riaublanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonard M C Sagis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cocis.2021.101507" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03325134v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Schroen" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mi12080863" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318346v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Hinderink" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Schro&#235;n" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c01005" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170308v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Amine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure R&#233;guerre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Papineau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11483-020-09645-9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128433v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154795v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.022" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342600v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2020.106101" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111116v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Sahli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.09.136" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264932v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Nicholas Ainis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sole" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Bouhallab" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b01046" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02968011v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-food-032818-121907" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618334v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Giuliani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49745-2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561464v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Pasquier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.02.059" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619699v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2019.01.026" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628596v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sanchez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Morel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minne Paul Lettinga" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Menut" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-32278-5" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608238v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chapeau" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.06.012" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608071v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2017.03.035" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638829v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huber" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Preciado L&#243;pez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijsje H Koenderink" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceb.2014.10.005" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6ZK9HP37-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270211v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.5b01673" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268494v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3sm51489g" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506496v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Dattinger" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Forny" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Horvat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfoodeng.2011.11.006" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RCQ3Q1DW-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721659v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04466806v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661665v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700803v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Beaumal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ribourg-Birault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Davy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jonch&#232;re" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643467v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jolijn Koomen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Birault" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04719239v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667750v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Keuleyan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine G&#233;l&#233;bart" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03706888v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629455v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Schatz" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Chapel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03144044v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Amiot-Carlin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02962395v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.11.2686" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797832v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798032v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154501v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William-Nicholas Ainis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789149v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Paul Lettinga" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2017.11.2068" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298962v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05279395v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299482v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05280596v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661908v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Gelebart" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04757135v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717793v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adilson Roberto Locali Pereira" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Medhi Cherkaoui" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667993v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922718v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Billet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geairon" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guilois Dubois" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721965v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04661870v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04353412v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04645082v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asna Vakery" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04798176v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789055v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Josephe Amiot-Carlin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Walrand" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Baranger" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04074159v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/xtcv-5b27" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699421v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04683199v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#232;phe Amiot" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04373646v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#232;phe Amiot Carlin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>