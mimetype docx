--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -346,308 +346,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04842836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une vie simple</w:t>
+                <w:t xml:space="preserve">Des temples et des quartiers disparus en Chine: Le prisme du terrain au long cours et du point zéro d’observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de yoga</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Ma Chine à remonter le temps, 53, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ateliers.17451⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04319565v1</w:t>
+                <w:t xml:space="preserve">hal-04386741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction. Retrospection, anticipation, long-term fieldwork</w:t>
+                <w:t xml:space="preserve">Une vie simple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue française de yoga</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68, pp.67-75</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04319554v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des temples et des quartiers disparus en Chine: Le prisme du terrain au long cours et du point zéro d’observation</w:t>
+                <w:t xml:space="preserve">Introduction. Retrospection, anticipation, long-term fieldwork</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Ma Chine à remonter le temps, 53, </w:t>
+              <w:t xml:space="preserve">, 2023, My old China: Grasping social change through long-term fieldwork, 53, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ateliers.17451⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ateliers.18081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04386741v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04319554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction. Rétrospection, anticipation, anthropologie au long cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Ma Chine à remonter le temps, 53, </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
@@ -806,51 +806,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pédron-Colombani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains/Théories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Des spécialistes du religieux à mi-temps?, 15, http://journals.openedition.org.inshs.bib.cnrs.fr/teth/4814. </w:t>
+              <w:t xml:space="preserve">, 2022, Des spécialistes du religieux à mi-temps?, 15, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/teth.4814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1135,51 +1135,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, Chiner la Chine (24), pp.174-210. </w:t>
+              <w:t xml:space="preserve">, 2011, 24, pp.174-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ateliers.8745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1213,322 +1213,331 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Daoist Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 3, pp.117-148</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 3, pp.117-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/dao.2009.0021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monachisme de par le monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Poujeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Iogna-Prat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Religions &amp; Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Être moine, HS 3, pp.6-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04815762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au cœur de nos préoccupations : l’écriture du texte ethnologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Houdart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000, Matière à écrire, matières à penser (19), pp.7-27</w:t>
+              <w:t xml:space="preserve">, 2000, 19, pp.7-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’utilisation de l’histoire par les moines taoïstes du temple Wengong en Chine. La question de l’histoire en ethnologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, Matière à écrire, matières à penser, 19, pp.95-144</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1538,206 +1547,206 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le changement social à l'épreuve des terrains chinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises de l'Anthropologie Française des Mondes Chinois (AAFMC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Caroline Bodolec, Catherine Capdeville, Gladys Chicharro, Adeline Herrou, Claire Vidal, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03362886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour du film ethnographique « Maître Feng » d'Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Legrip-Randriambelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde du Festival "Les Bobines du Sacré"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISERL, Mar 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03374091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1747,124 +1756,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le WikiShifu ou la constitution d’un vocabulaire de spécialistes religieux chinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dutournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vieux maîtres et nouvelles générations de spécialistes religieux aujourd’hui en Chine : ethnographie du quotidien et anthropologie du changement social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01969043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1874,1700 +1883,1773 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parier sur l'espérance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Langumier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Kobelinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Jungen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Houdart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambourakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Radeau, 978-2-36624-802-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...89 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptographies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Casajus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Houdart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rivoal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société d'ethnologie, 2022, 2365190405</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02750167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Féminin et le religieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Chicharro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Névot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Asiathèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Empreintes chinoises, Catherine Despeux, 9782360573011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03769934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une journée dans une vie, une vie dans une journée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de France, 2018, 9782130733256. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/puf.herro.2018.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03334777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A World of Their Own: Daoist Monks and Their Community in Contemporary China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Three Pines Press, 2013, 978-1-931483-25-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moines et moniales de par le monde. La vie monastique au miroir de la parenté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gisèle Krauskopff</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01660038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cao Xiangzhen, la course aux obstacles d’une moniale taoïste</w:t>
+                <w:t xml:space="preserve">“The encounter between a man of talent and a place of good fengshui”: The old Daoist monk and temple builder Feng Xingzhao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sylvie Hureau; Frédéric Wang. </w:t>
+              <w:t xml:space="preserve">Adeline Herrou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemins de vie en terres chinoises. Mélanges offerts à Catherine Despeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Asiathèque, pp.213-233, 2024, 978-2-36057-403-2</w:t>
+              <w:t xml:space="preserve">The Everyday Practice of Chinese Religions: Elder Masters and the Younger Generations in Contemporary China,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04858756v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une surprésence dans l'effacement</w:t>
+                <w:t xml:space="preserve">Cao Xiangzhen, la course aux obstacles d’une moniale taoïste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marion Langumier; Carolina Kobelinsky; Christine Jungen; Sophie Houdart; Adeline Herrou; Anne Yvonne Guillou; Sarah Carton de Grammont. </w:t>
+              <w:t xml:space="preserve">Sylvie Hureau; Frédéric Wang. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parier sur l'espérance. Exercices d'anticipation pour s'accrocher à ce qui vient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemins de vie en terres chinoises. Mélanges offerts à Catherine Despeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Asiathèque, pp.213-233, 2024, 978-2-36057-403-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cambourakis</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04319559v1</w:t>
+                <w:t xml:space="preserve">hal-04858756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une surprésence dans l'effacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Flavia Carraro; Dominique Casajus; Adeline Herrou; Sophie Houdart; Isabelle Rivoal. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marion Langumier; Carolina Kobelinsky; Christine Jungen; Sophie Houdart; Adeline Herrou; Anne Yvonne Guillou; Sarah Carton de Grammont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cryptographies. Codes, jeux d'arcane et arts de l'intime</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d'ethnologie, pp.11-31, 2022, Écritures, 4, 978-2-36519-040-4</w:t>
+              <w:t xml:space="preserve">Parier sur l'espérance. Exercices d'anticipation pour s'accrocher à ce qui vient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cambourakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Radeau, 978-2-36624-802-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03094663v1</w:t>
+                <w:t xml:space="preserve">hal-04319559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Gros</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Casajus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Houdart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Gladys Chicharro; Stéphane Gros; Adeline Herrou; Aurélie Névot. </w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rivoal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Flavia Carraro; Dominique Casajus; Adeline Herrou; Sophie Houdart; Isabelle Rivoal. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Féminin et le religieux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Asiathèque, pp.9-34, 2022, 9782360573011</w:t>
+              <w:t xml:space="preserve">Cryptographies. Codes, jeux d'arcane et arts de l'intime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'ethnologie, pp.11-31, 2022, Écritures, 4, 978-2-36519-040-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03921454v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03094663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celui qui marche au-dessus du vide&amp;quot;. Un moine taoïste qui tente de sauver son temple des réaménagements urbains (Chine)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Chicharro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Adeline Herrou. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Névot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gladys Chicharro; Stéphane Gros; Adeline Herrou; Aurélie Névot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une journée dans une vie, une vie dans une journée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Féminin et le religieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Asiathèque, pp.9-34, 2022, 9782360573011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/puf.herro.2018.01.0378⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03334894v1</w:t>
+                <w:t xml:space="preserve">hal-03921454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Celui qui marche au-dessus du vide&amp;quot;. Un moine taoïste qui tente de sauver son temple des réaménagements urbains (Chine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">A. Herrou. </w:t>
+              <w:t xml:space="preserve">Adeline Herrou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une journée dans une vie, une vie dans une journée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses Universitaires de France, pp.9-34, 2018, </w:t>
+              <w:t xml:space="preserve">, Presses Universitaires de France, pp.378-403, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/puf.herro.2018.01.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/puf.herro.2018.01.0378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03334893v1</w:t>
+                <w:t xml:space="preserve">hal-03334894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contemporary Daoist Funerary Practices and Afterlife Beliefs</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Moreman, Christopher M. </w:t>
+              <w:t xml:space="preserve">A. Herrou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Routledge Companion to Death and Dying</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Une journée dans une vie, une vie dans une journée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de France, pp.9-34, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/puf.herro.2018.01.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01632091v1</w:t>
+                <w:t xml:space="preserve">hal-03334893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ren Fajiu : A Living Daoist Immortal in the People's Republic ?</w:t>
+                <w:t xml:space="preserve">Contemporary Daoist Funerary Practices and Afterlife Beliefs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ownby, David and Goossaert, Vincent and Ji, Zhe. </w:t>
+              <w:t xml:space="preserve">Moreman, Christopher M. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Making Saints in Modern China</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oxford University Press, pp.419--449, 2017, 978-0-19-049457-5 978-0-19-049456-8</w:t>
+              <w:t xml:space="preserve">The Routledge Companion to Death and Dying</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.173--183, 2018, 978-1-138-85207-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632178v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La part essentielle de l’être n’est ‘ni dans le corps, ni hors du corps’. Portrait d’un maître taoïste médecin et ascète</w:t>
+                <w:t xml:space="preserve">Ren Fajiu : A Living Daoist Immortal in the People's Republic ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Brigitte Baptandier. </w:t>
+              <w:t xml:space="preserve">Ownby, David and Goossaert, Vincent and Ji, Zhe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le battement de la vie. Le corps naturel et ses représentations en Chine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société d’ethnologie, pp.359-399, 2017, 978-2-36519-022-0</w:t>
+              <w:t xml:space="preserve">Making Saints in Modern China</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.419--449, 2017, 978-0-19-049457-5 978-0-19-049456-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01679198v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Networks and the `Cloudlike Wandering' of Daoist Monks in China Today</w:t>
+                <w:t xml:space="preserve">La part essentielle de l’être n’est ‘ni dans le corps, ni hors du corps’. Portrait d’un maître taoïste médecin et ascète</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Kirkland, Russell. </w:t>
+              <w:t xml:space="preserve">Brigitte Baptandier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taoism: Critical Concepts in Religious Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Routledge, pp.237--262, 2015, Critical concepts in religious studies, 978-0-415-82942-7 978-1-138-85768-1 978-1-138-85771-1 978-1-138-85772-8 978-1-138-85773-5</w:t>
+              <w:t xml:space="preserve">Le battement de la vie. Le corps naturel et ses représentations en Chine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d’ethnologie, pp.359-399, 2017, 978-2-36519-022-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632201v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01679198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sagesse chinoise dans le développement urbain&amp;quot;. Le temple tao\&amp;quot;ıste des Nuages blancs de Shanghai et l'Exposition universelle 2010</w:t>
+                <w:t xml:space="preserve">Networks and the `Cloudlike Wandering' of Daoist Monks in China Today</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Baptandier, Brigitte and Houdart, Sophie. </w:t>
+              <w:t xml:space="preserve">Kirkland, Russell. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnographier l'universel: l'exposition Shanghai 2010 ; "Better city, better life"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 21, Société d'Ethnologie, pp.283--333, 2015, Recherches sur la Haute Asie, 978-2-36519-011-4</w:t>
+              <w:t xml:space="preserve">Taoism: Critical Concepts in Religious Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.237--262, 2015, Critical concepts in religious studies, 978-0-415-82942-7 978-1-138-85768-1 978-1-138-85771-1 978-1-138-85772-8 978-1-138-85773-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632197v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daoist Monasticism at the Turn of the Twenty-First Century. An Ethnography of a Quanzhen Community in Shaanxi Province</w:t>
+                <w:t xml:space="preserve">La sagesse chinoise dans le développement urbain&amp;quot;. Le temple tao\&amp;quot;ıste des Nuages blancs de Shanghai et l'Exposition universelle 2010</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Palmer, David A. </w:t>
+              <w:t xml:space="preserve">Baptandier; Brigitte and Houdart; Sophie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Daoism in the Twentieth Century: Between Eternity and Modernity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2, Univ. of California Press, pp.82--120, 2012, New Perspectives on Chinese Culture and Society, 978-0-9845909-3-3</w:t>
+              <w:t xml:space="preserve">Ethnographier l'universel: l'exposition Shanghai 2010 ; "Better city, better life"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 21, Société d'Ethnologie, pp.283-333, 2015, Recherches sur la Haute Asie, 978-2-36519-011-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632066v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daoist Monasticism at the Turn of the Twenty-First Century. An Ethnography of a Quanzhen Community in Shaanxi Province</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Palmer, David A. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daoism in the Twentieth Century: Between Eternity and Modernity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2, Univ. of California Press, pp.82--120, 2012, New Perspectives on Chinese Culture and Society, 978-0-9845909-3-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Esiste una vita &amp;quot;fuori parentela&amp;quot; ? I monaci taoisti in Cina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giorda, Mariachiara and Sbardella, Francesca. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Famiglia monastica: prassi aggregative di isolamento</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Pàtron, pp.165--193, 2012, Collana di antropologia delle religioni, 978-88-555-3195-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3577,166 +3659,166 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que les méditants hindous et taoistes peuvent nous enseigner de l’isolement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouillier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être moine taoïste en Chine aujourd’hui : à la rencontre de Maître Feng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3746,3923 +3828,3923 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Cachez ce saint que je ne saurais voir » : usages et enjeux du patrimoine funéraire musulman dans le sud-est chinois</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Dans le Nord-Est de la Chine, les [Cinq animaux] Immortels sont partout ! ». Consultations et rituels d’envoi de requêtes aux divinités dans un temple taoïste intégrant des éléments du chamanisme local (Qiqihar, Heilongjiang)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Binqi Cui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bodolec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Capdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Chicharro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bodolec</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-03449378v1</w:t>
+                <w:t xml:space="preserve">hal-03434916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explorer la micropolitique de transformation à Pékin : le patrimoine culturel vu à travers le prisme de la mémoire collective d’un quartier historique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Créations in situ : conscience/geste écologique et enjeux identitaires à Taiwan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Gauthard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bodolec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Graezer Bideau</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436453v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y a-t-il une anthropologie européenne des mondes chinois ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Les relations humains/non-humains marins chez les Tao de Pongso no Tao (Taïwan) : Quand l’Océan est omniprésent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440897v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03441034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’anthropologie de la mémoire en Chine : un nouveau champ de recherche</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">L’implantation et le développement de l’équitation en Chine : à la rencontre de la société à écuyers pékinoise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Nadaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457330v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Savoirs « populaires » (minjian) et dynamiques de valorisation culturelle locales : Une ethnographie comparée de deux lignées de traditions martiales au Shanxi (2017-2018)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Ethnographier les biens publics dans la Chine urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Christine Tremon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Gapany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03445704v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La lutte des femmes chinoises migrantes pour se marier en France, ou le parcours temporel de la suspicion de mariage blanc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnographier les biens publics dans la Chine urbaine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Savoirs « populaires » (minjian) et dynamiques de valorisation culturelle locales : Une ethnographie comparée de deux lignées de traditions martiales au Shanxi (2017-2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chircop-Reyes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434709v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les relations humains/non-humains marins chez les Tao de Pongso no Tao (Taïwan) : Quand l’Océan est omniprésent</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Le tumulte dans un nouveau temple, entre la patrimonialisation de la pratique festive et l'institutionnalisation de la religion locale. Le cas de l’île de Tiaoshun, Zhanjiang, Chine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shanshan Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03441034v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03461229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’implantation et le développement de l’équitation en Chine : à la rencontre de la société à écuyers pékinoise</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Ethnicité et enjeux de pouvoir autour du théâtre de Guan Suo (Yunnan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Beaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03445842v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Créations in situ : conscience/geste écologique et enjeux identitaires à Taiwan</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">L’entraide. Un angle de lecture des faits de parenté chez les Na de Chine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale-Marie Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448968v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Dans le Nord-Est de la Chine, les [Cinq animaux] Immortels sont partout ! ». Consultations et rituels d’envoi de requêtes aux divinités dans un temple taoïste intégrant des éléments du chamanisme local (Qiqihar, Heilongjiang)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Au-delà de l’« énergie positive » (zheng nengliang). Politique des affects négatifs en Chine de l’après-Réforme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Richaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03434916v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03445968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethnicité et enjeux de pouvoir autour du théâtre de Guan Suo (Yunnan)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Les dynamiques rituelles et sociales d’un boxeur taoïste contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Favraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457245v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’entraide. Un angle de lecture des faits de parenté chez les Na de Chine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Explorer la micropolitique de transformation à Pékin : le patrimoine culturel vu à travers le prisme de la mémoire collective d’un quartier historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Graezer Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457172v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Au-delà de l’« énergie positive » (zheng nengliang). Politique des affects négatifs en Chine de l’après-Réforme</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">L’anthropologie de la mémoire en Chine : un nouveau champ de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Homola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03445968v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dynamiques rituelles et sociales d’un boxeur taoïste contemporain</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">« Cachez ce saint que je ne saurais voir » : usages et enjeux du patrimoine funéraire musulman dans le sud-est chinois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Bugnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440319v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tumulte dans un nouveau temple, entre la patrimonialisation de la pratique festive et l'institutionnalisation de la religion locale. Le cas de l’île de Tiaoshun, Zhanjiang, Chine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Y a-t-il une anthropologie européenne des mondes chinois ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Pettier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03461229v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Totem de l’ours et inversion de tabous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuo Yu-Bossière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03457423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique de GPA en Chine contemporaine: une enquête préliminaire sur la maternité de substitution chez les couples hétérosexuels et homosexuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renyou Hou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03440691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponses sanitaire, sociétale et religieuse de Taiwan face à l’épidémie de la Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiorella Allio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03436426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La patrimonialisation a-t-elle changé l’identité culturelle au sein des groupes ethniques en Chine ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Construire une orthodoxie de masse : la campagne pour populariser le canon bouddhique en Chine depuis 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446697v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des femmes malignes et des idées astucieuses : l’entreprenariat féminin au Tibet</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Kinmen - D’une base militaire à une île muséale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiyan Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03449056v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03460704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinmen - D’une base militaire à une île muséale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Des femmes malignes et des idées astucieuses : l’entreprenariat féminin au Tibet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460704v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire une orthodoxie de masse : la campagne pour populariser le canon bouddhique en Chine depuis 2015</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">La patrimonialisation a-t-elle changé l’identité culturelle au sein des groupes ethniques en Chine ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zihan Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03460949v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Je ne connais pas la Chine ». Réflexions d’un anthropologue des sports à Taïwan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Soldani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03441339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrimoine industriel et méga-événements à Pékin</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Enjeux méthodologiques, épistémologiques et éthiques autour d’un programme de recherche en sciences sociales de la santé (2006-2011, Beijing, Chine populaire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Micollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440803v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03435326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des mémoires qui chantent : le répertoire du yangbanxi (opéra-modèle) pratiqué et vu par les amateurs pratiquant le jingju (opéra de Pékin)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Migrations, divinités et monuments sacrés : le cas des Bouriates de Mongolie-Intérieure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03446576v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le don et l’échange marchand dans la configuration de relations sociales dans un espace religieux : Ethnographie d’une économie religieuse dans le temple Hongludi Nanshan Fude à Taïwan</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">L’exhibition de costumes dans les concours de beauté des Rgyalrong Tibétains. Un exemple de résurgence d’une prise de conscience identitaire ethnique en Chine contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jingming Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448201v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’exhibition de costumes dans les concours de beauté des Rgyalrong Tibétains. Un exemple de résurgence d’une prise de conscience identitaire ethnique en Chine contemporaine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Discussion autour de la traduction et de la publication en français de l’ouvrage Xiangtu Zhongguo 乡土中国 (1948) de FEI Xiaotong 费孝通 (1910 – 2005)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Capdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436979v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03435254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migrations, divinités et monuments sacrés : le cas des Bouriates de Mongolie-Intérieure</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Le don et l’échange marchand dans la configuration de relations sociales dans un espace religieux : Ethnographie d’une économie religieuse dans le temple Hongludi Nanshan Fude à Taïwan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Pavone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bodolec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Capdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gladys Chicharro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Herrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurore Dumont</w:t>
-[...81 lines deleted...]
-                <w:t xml:space="preserve">hal-03434875v1</w:t>
+                <w:t xml:space="preserve">hal-03448201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion autour de la traduction et de la publication en français de l’ouvrage Xiangtu Zhongguo 乡土中国 (1948) de FEI Xiaotong 费孝通 (1910 – 2005)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Des mémoires qui chantent : le répertoire du yangbanxi (opéra-modèle) pratiqué et vu par les amateurs pratiquant le jingju (opéra de Pékin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liu Yun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bodolec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435254v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03446576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux méthodologiques, épistémologiques et éthiques autour d’un programme de recherche en sciences sociales de la santé (2006-2011, Beijing, Chine populaire)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Patrimoine industriel et méga-événements à Pékin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bodolec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Capdeville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gladys Chicharro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03435326v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ma Chine à remonter le temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 53, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/ateliers.17325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04319553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des spécialistes du religieux à mi-temps ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pédron-Colombani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrains/Théories</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/teth.4157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04309503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Savoirs monastiques. Érudition et ascèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Poujeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7678,73 +7760,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 154, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04815746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être moine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7760,51 +7842,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Religions &amp; Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HS 3, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04815759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7814,131 +7896,131 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ganying. La communication avec les dieux en Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Debaine-Francfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId161"/>
+      <w:footerReference w:type="default" r:id="rId163"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8006,51 +8088,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9628A0B4"/>
+    <w:nsid w:val="C14D6FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8237,51 +8319,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adeline-herrou" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2703-1125" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071458794" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04842836v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carton de Grammont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Yvonne Guillou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Herrou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Houdart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jungen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12z0f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319565v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319554v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vidal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.18081" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386741v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.17451" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319551v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.17476" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03911254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie P&#233;dron-Colombani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4684" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03931306v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4814" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334770v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Campo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631976v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.143.0479" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659926v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Poujeau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.23060" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659983v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.8745" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660017v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04815762v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Iogna-Prat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660027v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bousquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660033v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362886v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03374091v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Legrip-Randriambelo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969043v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dutournier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513486v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Langumier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Kobelinsky" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambourakis.com/tout/nouveautes/parier-sur-lesperance/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02750167v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Carraro" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Casajus" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rivoal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769934v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Chicharro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gros" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie N&#233;vot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asiatheque.com/fr/livre/le-feminin-et-le-religieux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334777v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.herro.2018.01" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632028v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660038v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Krauskopff" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=30292" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04858756v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319559v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambourakis.com/tout/tout/parier-sur-lesperance/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094663v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921454v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334894v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.herro.2018.01.0378" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334893v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.herro.2018.01.0009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632091v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632178v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01679198v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632201v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632197v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632066v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632078v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04474576v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bouillier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04474588v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03449378v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bugnon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bodolec" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Capdeville" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03436453v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Graezer Bideau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440897v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pettier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457330v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Homola" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03445704v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chircop-Reyes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440208v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence L&#233;vy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03434709v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Tremon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gapany" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03441034v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laporte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03445842v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Nadaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03448968v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gauthard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Martin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03434916v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binqi Cui" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457245v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457172v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale-Marie Milan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03445968v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Richaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440319v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Favraud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03461229v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Zheng" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457423v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Yu-Bossi&#232;re" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440691v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renyou Hou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03436426v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Allio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03446697v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Li" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03449056v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Schneider" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03460704v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiyan Wang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03460949v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Ji" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03441339v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Soldani" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440803v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Roux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03446576v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Yun" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03448201v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pavone" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03436979v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingming Fan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03434875v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dumont" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03435254v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03435326v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Micollier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319553v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.17325" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04309503v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4157" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04815746v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04815759v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844232v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Debaine-Francfort" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adeline-herrou" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2703-1125" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/071458794" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04842836v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carton de Grammont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Yvonne Guillou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Herrou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Houdart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jungen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12z0f" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386741v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.17451" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319565v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319554v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vidal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.18081" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319551v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.17476" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03911254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie P&#233;dron-Colombani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4684" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03931306v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4814" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334770v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Campo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631976v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.143.0479" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659926v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Poujeau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.23060" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659983v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.8745" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660017v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/dao.2009.0021" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04815762v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Iogna-Prat" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660027v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bousquet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660033v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03362886v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03374091v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Legrip-Randriambelo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969043v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dutournier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513486v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Langumier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Kobelinsky" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambourakis.com/tout/nouveautes/parier-sur-lesperance/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02750167v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Carraro" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Casajus" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rivoal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769934v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Chicharro" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gros" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie N&#233;vot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asiatheque.com/fr/livre/le-feminin-et-le-religieux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334777v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.herro.2018.01" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632028v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660038v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Krauskopff" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=30292" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-05547540v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04858756v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319559v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambourakis.com/tout/tout/parier-sur-lesperance/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094663v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921454v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334894v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.herro.2018.01.0378" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03334893v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.herro.2018.01.0009" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632091v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632178v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01679198v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632201v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632197v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632066v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632078v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04474576v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bouillier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04474588v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03434916v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binqi Cui" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bodolec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Capdeville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03448968v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gauthard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Martin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03441034v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laporte" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03445842v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Nadaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03434709v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Tremon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gapany" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440208v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence L&#233;vy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03445704v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chircop-Reyes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03461229v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanshan Zheng" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457245v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Beaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457172v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale-Marie Milan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03445968v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Richaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440319v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Favraud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03436453v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Graezer Bideau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457330v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Homola" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03449378v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bugnon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440897v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Pettier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03457423v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuo Yu-Bossi&#232;re" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440691v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renyou Hou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03436426v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiorella Allio" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03460949v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Ji" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03460704v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiyan Wang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03449056v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Schneider" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03446697v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zihan Li" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03441339v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Soldani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03435326v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Micollier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03434875v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dumont" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03436979v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingming Fan" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03435254v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03448201v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Pavone" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03446576v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Yun" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/hal-03440803v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Roux" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04319553v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.17325" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04309503v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/teth.4157" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04815746v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04815759v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844232v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Debaine-Francfort" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>