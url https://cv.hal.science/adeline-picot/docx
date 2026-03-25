--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -368,438 +368,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05507613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delving into the soil and phytomicrobiome for disease suppression: A case study for the control of Fusarium Head Blight of cereals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phytomicrobiome Research for Disease and Pathogen Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toan Bao Hung Nguyen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Adeline Picot</w:t>
+                <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.178655⟩</w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (6), pp.947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants14060947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386738v1</w:t>
+                <w:t xml:space="preserve">hal-05449206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A workflow for sourcing and characterizing wheat field microorganisms for the biocontrol of Fusarium head blight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toan Bao Hung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+                <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Henri-Sanvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 209, pp.105856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2025.105856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phytomicrobiome Research for Disease and Pathogen Management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Delving into the soil and phytomicrobiome for disease suppression: A case study for the control of Fusarium Head Blight of cereals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toan Bao Hung Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Henri-Sanvoisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaétan Le Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Picot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14 (6), pp.947. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 965, pp.178655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/plants14060947⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.178655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05449206v1</w:t>
+                <w:t xml:space="preserve">hal-05386738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into mycotoxin risk management through fungal population genetics and genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toan Bao Hung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Foulongne-Oriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Picot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -859,51 +859,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keep it cool and clean: Impact of home storage practices on fresh fruit and vegetable spoilage and efficacy of chemical versus green disinfectants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Ballan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Amamana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -974,360 +974,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Multiplex PCR Assay to Detect Neofusicoccum parvum and Botryosphaeria dothidea in Walnut</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manure amendments and fungistasis, and relation with protection of wheat from Fusarium graminearum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Prévost</w:t>
+                <w:t xml:space="preserve">Irena Todorović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Belair</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Danis Abrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fierling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Kyselková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lara Bouffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00284-024-03954-9⟩</w:t>
+              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 201, pp.105506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2024.105506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04778674v1</w:t>
+                <w:t xml:space="preserve">hal-04654296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manure amendments and fungistasis, and relation with protection of wheat from Fusarium graminearum</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Fierling</w:t>
+                <w:t xml:space="preserve">Development of a Multiplex PCR Assay to Detect Neofusicoccum parvum and Botryosphaeria dothidea in Walnut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Kyselková</w:t>
+                <w:t xml:space="preserve">Claire Prévost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Lara Bouffaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Belair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Pensec</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Soil Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 201, pp.105506. </w:t>
+              <w:t xml:space="preserve">Current Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 81 (12), pp.432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsoil.2024.105506⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00284-024-03954-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654296v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04778674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shifts in Fusarium Communities and Mycotoxins in Maize Residues, Soils, and Wheat Grains throughout the Wheat Cycle: Implications for Fusarium Head Blight Epidemiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toan Bao Hung Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Henri-Sanvoisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Coton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Picot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1374,90 +1374,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiling Walnut Fungal Pathobiome Associated with Walnut Dieback Using Community-Targeted DNA Metabarcoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Belair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Picot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1504,51 +1504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil and Phytomicrobiome for Plant Disease Suppression and Management under Climate Change: A Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dixi Modi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1853,455 +1853,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05469258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Microbiota in Greenhouses With Soilless Cultures of Tomato by Metabarcoding and Culture-Dependent Approaches</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microbiota Associated with Dromedary Camel Milk from Algerian Sahara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tahar Amrouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Picot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11, </w:t>
+              <w:t xml:space="preserve">Current Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77 (1), pp.24-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01354⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00284-019-01788-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469170v1</w:t>
+                <w:t xml:space="preserve">hal-05495288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the Infectious Process of Colletotrichum lupini in Lupin through Transcriptomic and Proteomic Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Water Microbiota in Greenhouses With Soilless Cultures of Tomato by Metabarcoding and Culture-Dependent Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adeline Picot</w:t>
+                <w:t xml:space="preserve">José F Cobo-Díaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Madec</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
+                <w:t xml:space="preserve">Christelle Donot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8101621⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03009610v1</w:t>
+                <w:t xml:space="preserve">hal-05469170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiota Associated with Dromedary Camel Milk from Algerian Sahara</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the Infectious Process of Colletotrichum lupini in Lupin through Transcriptomic and Proteomic Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tahar Amrouche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Mounier</w:t>
+                <w:t xml:space="preserve">Stéphanie Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 77 (1), pp.24-31. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (10), pp.1621. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00284-019-01788-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8101621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495288v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenetic Diversity and Effect of Temperature on Pathogenicity of Colletotrichum lupini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2828,51 +2828,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline A. Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Francisco Cobo-Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3749,320 +3749,320 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Fresh mushroom aroma » off-flavor in wines : a research wrap-up</w:t>
+                <w:t xml:space="preserve">New markers for monitoring “fresh mushroom aroma” in wine: A dual approach using microbiological and chemical tools from the vineyard to winery–A synthesis of recent research advances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Destanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Augès</w:t>
+                <w:t xml:space="preserve">Sylvie Collas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Collas</w:t>
+                <w:t xml:space="preserve">Laurence Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sparkling Wine Forum 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EFFEVENT; OIV, Jun 2024, Brescia, Italy</w:t>
+              <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IVES, Oct 2024, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957059v1</w:t>
+                <w:t xml:space="preserve">hal-04957037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New markers for monitoring “fresh mushroom aroma” in wine: A dual approach using microbiological and chemical tools from the vineyard to winery–A synthesis of recent research advances</w:t>
+                <w:t xml:space="preserve">« Fresh mushroom aroma » off-flavor in wines : a research wrap-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Destanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Augès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Collas</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IVES, Oct 2024, Dijon, France</w:t>
+              <w:t xml:space="preserve">Sparkling Wine Forum 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EFFEVENT; OIV, Jun 2024, Brescia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957037v1</w:t>
+                <w:t xml:space="preserve">hal-04957059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occurrence of Colletotrichum species, causal agents of anthracnose on walnuts, in France by cultural and metabarcoding approaches during ripening.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Belair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4143,51 +4143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infectious process and intraspecific diversity of Colletotrichum lupini, a fungal pathogen responsible for lupin anthracnose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Le Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4546,51 +4546,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The infectious process of Colletotrichum lupini, a major threat for lupin crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Pensec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4598,51 +4598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Baroncelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Congress of Plant Pathology (ICPP) 2018: Plant Health in A Global Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Boston, United States</w:t>
@@ -4684,51 +4684,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A deepen knowledge of Colletotrichum lupini, a major threat for Lupin cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Baroncelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dubrulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Lepilleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4867,64 +4867,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Delcros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Destanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Collas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. World Congress of Vine and Wine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Dijon, France. </w:t>
@@ -5339,51 +5339,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464171v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ballan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Azib" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Innocent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Urien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112434" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507613v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pensec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118945" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386738v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Bao Hung Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Henri-Sanvoisin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Le Floch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.178655" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386700v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105856" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05449206v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14060947" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04689045v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Foulongne-Oriol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1040841X.2024.2392179" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386732v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Amamana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118696" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778674v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pr&#233;vost" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Belair" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-024-03954-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654296v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Todorovi&#263;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danis Abrouk" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fierling" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kyselkov&#225;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lara Bouffaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105506" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809305v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12091783" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05468242v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12122383" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809307v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixi Modi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12142736" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03774009v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Legrand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Floch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-021-01797-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469258v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Baroncelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele da Lio" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Boufleur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Vicente" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-07-21-0173-a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469170v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; F Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Donot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01354" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009610v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubrulle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Madec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8101621" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05495288v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Amrouche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Thomas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-019-01788-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280386v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Rigalma" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-02-19-0273-RE" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866819v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline A. Picot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Francisco Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cor" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Barbier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-018-1473-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056887v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Legrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cobo-Diaz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2018.08.016" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863323v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega-Beltran" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Puckett" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Siegel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Themis Michailides" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-1108-2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866801v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2017.06.011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01122248v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maymoune Aljabal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Turner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Goulitquer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0606-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649915v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessela Atanasova-Penichon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pons" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Marchegay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Barreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4006033" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646747v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Pinson-Gadais" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-06-12-0153-R" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189584v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade-Marcolla" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barreau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pinson-Gadais" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02503.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001142v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Piraux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Caron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.05216-11" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665699v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Caron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Lannou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10408411003720209" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957059v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Herv&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delcros" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aug&#232;s" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957037v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guerin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778722v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Masson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lind&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568320v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nodet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817885v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pinson-Gadais" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817860v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/CRC.36.2008.Suppl.B.43" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977230v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lepilleur" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chalopin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04956857v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/oPGF0eIX" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587086v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02820438v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464171v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ballan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Azib" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Innocent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Urien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112434" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507613v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pensec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118945" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05449206v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Chen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants14060947" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386700v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toan Bao Hung Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Henri-Sanvoisin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105856" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386738v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Le Floch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.178655" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04689045v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Foulongne-Oriol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1040841X.2024.2392179" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386732v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Amamana" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118696" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654296v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irena Todorovi&#263;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danis Abrouk" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fierling" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Kyselkov&#225;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lara Bouffaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2024.105506" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778674v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pr&#233;vost" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Belair" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-024-03954-9" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809305v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12091783" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05468242v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12122383" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809307v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixi Modi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12142736" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03774009v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Legrand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Le Floch" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-021-01797-6" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469258v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Baroncelli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele da Lio" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thais Boufleur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Vicente" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/mpmi-07-21-0173-a" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05495288v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Amrouche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Thomas" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00284-019-01788-4" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05469170v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; F Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Donot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01354" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009610v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dubrulle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Madec" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8101621" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280386v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Rigalma" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-02-19-0273-RE" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866819v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline A. Picot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Francisco Cobo-D&#237;az" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cor" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Barbier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-018-1473-0" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02056887v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Legrand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Picot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Cobo-Diaz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chen" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2018.08.016" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863323v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ortega-Beltran" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Puckett" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Siegel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Themis Michailides" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-016-1108-2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866801v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2017.06.011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01122248v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maymoune Aljabal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Turner" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Goulitquer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10658-015-0606-y" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649915v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vessela Atanasova-Penichon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pons" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisele Marchegay" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Barreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4006033" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646747v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia L. Pinson-Gadais" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-06-12-0153-R" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189584v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hourcade-Marcolla" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barreau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Pinson-Gadais" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Caron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3059.2011.02503.x" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001142v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Piraux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Caron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.05216-11" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665699v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Caron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Lannou" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/10408411003720209" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957037v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Herv&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Delcros" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Collas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guerin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04957059v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Aug&#232;s" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778722v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Masson" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Lind&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568320v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Nodet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817885v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pinson-Gadais" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817860v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/CRC.36.2008.Suppl.B.43" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977230v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Lepilleur" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Chalopin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-04956857v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58233/oPGF0eIX" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587086v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02820438v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>