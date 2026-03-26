--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -147,6826 +147,7454 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHREC 2025: Protein surface shape retrieval including electrostatic potential</w:t>
+                <w:t xml:space="preserve">Revolutionizing GANs: a cutting-edge approach to latent space manipulation with transformer blocks and Conjugate Gradient methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taher Yacoub</w:t>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Depenveiller</w:t>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atsushi Tatsuma</w:t>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tin Barisin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2025.104394⟩</w:t>
+              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (18), pp.1435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11760-025-04977-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05263222v1</w:t>
+                <w:t xml:space="preserve">hal-05561336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Vehicle Localization in Multi-Sensor Multi-Vehicle Systems Based on an Interval Split Covariance Intersection Filter with Fault Detection and Exclusion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis and forecasting of the load of parcel pick-up points: Contribution of C2C e-commerce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Thu-Tam Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+                <w:t xml:space="preserve">Iyadh Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Cabani</w:t>
+                <w:t xml:space="preserve">Koen de Turck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+                <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vehicles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 6 (1), pp.352-373. </w:t>
+              <w:t xml:space="preserve">Computers &amp; Industrial Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 200, pp.110770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/vehicles6010014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cie.2024.110770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04563897v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Split Covariance Intersection Filter: Theory and Its Application to Cooperative Localization in a Multi-Sensor Multi-Vehicle System</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">SHREC 2025: Protein surface shape retrieval including electrostatic potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taher Yacoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Depenveiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atsushi Tatsuma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tin Barisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugen Rusakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s24103124⟩</w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 132, pp.104394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2025.104394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04823624v1</w:t>
+                <w:t xml:space="preserve">hal-05263222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHREC 2024: Recognition of dynamic hand motions molding clay</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive Head Pruning for Attention Mechanism in the Maritime Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 123, pp.104012. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (11), pp.2966-2976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2024.104012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TAI.2025.3558724⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823611v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Split Covariance Intersection Filter: Theory and Its Application to Cooperative Localization in a Multi-Sensor Multi-Vehicle System</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">SHREC 2024: Recognition of dynamic hand motions molding clay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Veldhuijzen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remco Veltkamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Ikne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Allaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazem Wannous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s24103124⟩</w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 123, pp.104012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2024.104012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04870721v1</w:t>
+                <w:t xml:space="preserve">hal-04823611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An intelligent mechanism for dynamic spectrum sharing in 5G IoT networks</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Interval Split Covariance Intersection Filter: Theory and Its Application to Cooperative Localization in a Multi-Sensor Multi-Vehicle System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eswa.2024.124122⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (10), pp.3124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24103124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823606v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maritime object detection using attention mechanism</w:t>
+                <w:t xml:space="preserve">Cooperative Vehicle Localization in Multi-Sensor Multi-Vehicle Systems Based on an Interval Split Covariance Intersection Filter with Fault Detection and Exclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walid Messaoud</w:t>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rim Trabelsi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vehicles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (1), pp.352-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vehicles6010014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11760-023-02897-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04580395v1</w:t>
+                <w:t xml:space="preserve">hal-04563897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Load prediction of parcel pick-up points: model-driven vs data-driven approaches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Interval Split Covariance Intersection Filter: Theory and Its Application to Cooperative Localization in a Multi-Sensor Multi-Vehicle System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Kieffer</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Production Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00207543.2023.2253475⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (10), pp.3124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s24103124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823618v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04870721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maritime object detection using attention mechanism</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">An intelligent mechanism for dynamic spectrum sharing in 5G IoT networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xu Zhaojun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yao Wenli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbin Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11760-023-02897-1⟩</w:t>
+              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 252, pp.124122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eswa.2024.124122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823706v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey of Vehicle Localization: Performance Analysis and Challenges</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Maritime object detection using attention mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (2), pp.1833-1845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11760-023-02897-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3318885⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04487015v1</w:t>
+                <w:t xml:space="preserve">hal-04823706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Object-centric Contour-aware Data Augmentation Using Superpixels of Varying Granularity</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A Survey of Vehicle Localization: Performance Analysis and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2023.109481⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.107085-107107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3318885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04083016v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey of Vehicle Localization: Performance Analysis and Challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Load prediction of parcel pick-up points: model-driven vs data-driven approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi-Thu-Tam Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+                <w:t xml:space="preserve">Iyadh Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Cabani</w:t>
+                <w:t xml:space="preserve">Koen de Turck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+                <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3318885⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Production Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (11), pp.4046-4075. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00207543.2023.2253475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04563892v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SuperpixelGridMasks Data Augmentation: Application to Precision Health and Other Real-world Data</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Maritime object detection using attention mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Healthcare Informatics Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41666-022-00122-1⟩</w:t>
+              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11760-023-02897-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03951542v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing lightweight key exchange solutions for WSN with LoRa connectivity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Object-centric Contour-aware Data Augmentation Using Superpixels of Varying Granularity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dornaika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Charafeddine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sensor Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJSNET.2022.124569⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 139, pp.109481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2023.109481⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824020v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04083016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiagent-based simulation of rail logistics services in Le Havre Port: multimodal platform vs. innovative modular rail service</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A Survey of Vehicle Localization: Performance Analysis and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Logistics Systems and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJLSM.2022.127925⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.107085-107107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2023.3318885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824027v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface-based protein domains retrieval methods from a SHREC2021 challenge</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Genki Terashi</w:t>
+                <w:t xml:space="preserve">SuperpixelGridMasks Data Augmentation: Application to Precision Health and Other Real-world Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouthaina Slika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Graphics and Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmgm.2021.108103⟩</w:t>
+              <w:t xml:space="preserve">Journal of Healthcare Informatics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.442-460. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41666-022-00122-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03538936v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03951542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Survey of Recent Indoor Localization Scenarios and Methodologies</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Surface-based protein domains retrieval methods from a SHREC2021 challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Langenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tunde Aderinwale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Christoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Woong-Hee Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genki Terashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s21238086⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Graphics and Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 111, pp.108103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmgm.2021.108103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04083017v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03538936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancement of energy consumption estimation for electric vehicles by using machine learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Multiagent-based simulation of rail logistics services in Le Havre Port: multimodal platform vs. innovative modular rail service</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jin Xu</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Mouzna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAES International Journal of Artificial Intelligence (IJ-AI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.11591/ijai.v10.i1.pp215-223⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Logistics Systems and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 (4), pp.431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJLSM.2022.127925⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03168290v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MaskedFace-Net – A dataset of correctly/incorrectly masked face images in the context of COVID-19</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Implementing lightweight key exchange solutions for WSN with LoRa connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leïla Nasraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Trimech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.smhl.2020.100144⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sensor Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (3), pp.192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJSNET.2022.124569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03492834v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validating the CorrectWearing of Protection Mask by Taking a Selfie: Design of a Mobile Application “CheckYourMask” to Limit the Spread of COVID-19</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">A Survey of Recent Indoor Localization Scenarios and Methodologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tian Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Modeling in Engineering and Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.32604/cmes.2020.011663⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (23), pp.8086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21238086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03323304v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04083017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHREC 2020: multi-domain protein shape retrieval challenge</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancement of energy consumption estimation for electric vehicles by using machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peiwen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Khemmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2020.07.013⟩</w:t>
+              <w:t xml:space="preserve">IAES International Journal of Artificial Intelligence (IJ-AI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (1), pp.215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11591/ijai.v10.i1.pp215-223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321566v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent multi-agent based C-RAN architecture for 5G radio resource management</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">MaskedFace-Net – A dataset of correctly/incorrectly masked face images in the context of COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comnet.2020.107418⟩</w:t>
+              <w:t xml:space="preserve">Smart Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, pp.100144 -. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.smhl.2020.100144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824061v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03492834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optic fiber temperature sensor based on cascading fiber Bragg gratings</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Validating the CorrectWearing of Protection Mask by Taking a Selfie: Design of a Mobile Application “CheckYourMask” to Limit the Spread of COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5057357⟩</w:t>
+              <w:t xml:space="preserve">Computer Modeling in Engineering and Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (3), pp.1049-1059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.32604/cmes.2020.011663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302071v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ADAS multi-sensor fusion system-based security and energy optimisation for an electric vehicle</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">SHREC 2020: multi-domain protein shape retrieval challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Langenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuxu Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Kun Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul L. Rosin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tunde Aderinwale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Vehicle Autonomous Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1504/IJVAS.2019.102445⟩</w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91, pp.189-198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2020.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302091v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geolocation Process to Perform the Electronic Toll Collection Using the ITS-G5 Technology</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Intelligent multi-agent based C-RAN architecture for 5G radio resource management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zbigniew Dziong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Luxin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhe Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TVT.2019.2931883⟩</w:t>
+              <w:t xml:space="preserve">Computer Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 180, pp.107418. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comnet.2020.107418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302084v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formally Validated of Novel Tolling Service With the ITS-G5</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Optic fiber temperature sensor based on cascading fiber Bragg gratings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2019.2906046⟩</w:t>
+              <w:t xml:space="preserve">AIP Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.015206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5057357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301563v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line temperature measurement using single-ended distributed cascading fiber Bragg gratings-based Brillouin optical fiber sensor</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Formally Validated of Novel Tolling Service With the ITS-G5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ping Xu</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/aafd87⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Revue IEEE Access, 7, pp.41133-41144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2019.2906046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302077v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous temperature sensing using distributed cascading fiber Bragg grating-based single-ended Brillouin optical time-domain analyzer</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Geolocation Process to Perform the Electronic Toll Collection Using the ITS-G5 Technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1555-6611/aae066⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 68 (9), pp.8570-8582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2019.2931883⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02302070v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative Key Exchange System Based on Chinese Remainder Theorem in Heterogeneous Wireless Sensor Networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">ADAS multi-sensor fusion system-based security and energy optimisation for an electric vehicle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Khemmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Yves Ertaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Savatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Distributed Sensor Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2015/159518⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Vehicle Autonomous Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (4), pp.345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJVAS.2019.102445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181098v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating new logistics system of Le Havre Port</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On-line temperature measurement using single-ended distributed cascading fiber Bragg gratings-based Brillouin optical fiber sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rongping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ping Xu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.06.117⟩</w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 30 (3), pp.035105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/aafd87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301445v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Simultaneous temperature sensing using distributed cascading fiber Bragg grating-based single-ended Brillouin optical time-domain analyzer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zbigniew Dziong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laser Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (12), pp.125101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1555-6611/aae066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02302070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Secure collaborative system in heterogenous wireless sensor networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Kasraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Research and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 13 (2), pp.342-350. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jart.2015.06.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulating new logistics system of Le Havre Port</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jart.2015.06.016⟩</w:t>
+                <w:t xml:space="preserve">M. Oudani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hoblos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mouzna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFAC-PapersOnLine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 48 (3), pp.418-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.06.117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301497v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collaborative Key Exchange System Based on Chinese Remainder Theorem in Heterogeneous Wireless Sensor Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kasraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Distributed Sensor Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (11), pp.159518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2015/159518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching the balance between privacy data preservation and lung disease classification efficiency</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Digital Art Gallery on Phones for Users with Reduced Mobility by Using Augmented Virtuality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neethu Vasundharan Sheeja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olatunbosun Olujimi Olulode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sai Sebastian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Conference on Smart Trends in Systems, Security and Sustainability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tenth International Congress on Information and Communication Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, London, United Kingdom. pp.575-584, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-96-6938-7_47⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823686v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Localization Based on Interval Split Covariance Intersection Filter in MSMV System</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Searching the balance between privacy data preservation and lung disease classification efficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyed Dhahri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Conference on Cyber-Enabled Distributed Computing and Knowledge Discovery (CyberC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/cyberc62439.2024.00028⟩</w:t>
+              <w:t xml:space="preserve">8th World Conference on Smart Trends in Systems, Security and Sustainability (WorldS4 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, London, United Kingdom. pp.509-517, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-97-9324-2_40⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823647v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conjugate Gradient for Latent Space Manipulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">OMVMLP: 3D texture classification by Orthographic Multi-View data characterization and MLP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hazem Youssef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruiwen He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Agents and Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4th International Conference on Visual Pattern Extraction and Recognition for Cultural Heritage Understanding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Pescara, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823637v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving the Electric Vehicle Routing Problem in Short Food Supply Chains: A Constrained Clustering Approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Cooperative Localization Based on Interval Split Covariance Intersection Filter in MSMV System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Charhbili</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th edition of the International Conference on Logistics Operations Management (GOL'24)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 International Conference on Cyber-Enabled Distributed Computing and Knowledge Discovery (CyberC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Guangzhou, France. pp.108-116, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/cyberc62439.2024.00028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580394v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic User-Centered Mobile Services and Data Collection from Textual Images</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Conjugate Gradient for Latent Space Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 4th International Conference on Software Engineering and Artificial Intelligence (SEAI)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SEAI62072.2024.10674372⟩</w:t>
+              <w:t xml:space="preserve">16th International Conference on Agents and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2024, Rome, France. pp.50-57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0012268700003636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823689v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Sustainable Urban Logistics: An Optimization-Simulation Approach for Electric Vehicles Routing in Short Food Supply Chains</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Semantic User-Centered Mobile Services and Data Collection from Textual Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alhabbal Wasim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deivamani Pradeep</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odinamba Uche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Workshop on Service-Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future (SOHOMA2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-53445-4_18⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE 4th International Conference on Software Engineering and Artificial Intelligence (SEAI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Xiamen, France. pp.321-325, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SEAI62072.2024.10674372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823943v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Head Self Attention for Enhanced Object Detection in the Maritime Domain</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Solving the Electric Vehicle Routing Problem in Short Food Supply Chains: A Constrained Clustering Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Charhbili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 International Conference on Cyberworlds (CW)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">7th edition of the International Conference on Logistics Operations Management (GOL'24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Marrakesh, Maroc, Morocco</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823951v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04580394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Image Style Transferred to Graphical User Interfaces</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Multi-Head Self Attention for Enhanced Object Detection in the Maritime Domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Innovative Computing and Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-99-1588-0_65⟩</w:t>
+              <w:t xml:space="preserve">2023 International Conference on Cyberworlds (CW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sousse, Tunisia. pp.179-184, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CW58918.2023.00034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823998v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Pruning for Multi-Head Self-Attention</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Image Style Transferred to Graphical User Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Artificial Intelligence and Soft Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-42508-0_5⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Innovative Computing and Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Hyderabad, India. pp.735-743, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-99-1588-0_65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04823973v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AI-baed Environment Perception for Autonomous Vehicle Parameters Estimation.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Towards Sustainable Urban Logistics: An Optimization-Simulation Approach for Electric Vehicles Routing in Short Food Supply Chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina El Yaagoubi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fourre Jérémy</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Charhbili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second Workshop on Intelligent Estimation Algorithms for Smart Mobility ArtISMo</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Workshop on Service-Oriented, Holonic and Multi-Agent Manufacturing Systems for Industry of the Future (SOHOMA2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Annecy, France. pp.212-224, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-53445-4_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04253672v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Localization Based on GPS Correction and EKF in Urban Environment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Adaptive Pruning for Multi-Head Self-Attention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walid Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Abdelkefi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 2nd International Conference on Innovative Research in Applied Science, Engineering and Technology (IRASET)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IRASET52964.2022.9738388⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Artificial Intelligence and Soft Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Zakopane, Poland. pp.48-57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-42508-0_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824013v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHREC 2021: surface-based protein domains retrieval</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">AI-baed Environment Perception for Autonomous Vehicle Parameters Estimation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Khemmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rihab El Houda Thabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lecrosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fourre Jérémy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3D Shape Retrieval Challenge SHREC 2021 in 14th Eurographics Workshop on 3D Object Retrieval 2021, 3DOR'21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, online, France. pp.19-26</w:t>
+              <w:t xml:space="preserve">Second Workshop on Intelligent Estimation Algorithms for Smart Mobility ArtISMo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT Longwy (A. Zemouche), Oct 2023, Longwy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03467479v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04253672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graph Convolutional Networks Skeleton-based Action Recognition for Continuous Data Stream: A Sliding Window Approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Cooperative Localization Based on GPS Correction and EKF in Urban Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyu Shan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Computer Vision Theory and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5220/0010234904270435⟩</w:t>
+              <w:t xml:space="preserve">2022 2nd International Conference on Innovative Research in Applied Science, Engineering and Technology (IRASET)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Meknes, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRASET52964.2022.9738388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181094v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technique de trilatération pour la localisation Indoor</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Graph Convolutional Networks Skeleton-based Action Recognition for Continuous Data Stream: A Sliding Window Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Delamare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Laville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque sur les Objets et systèmes Connectés - COC'2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th International Conference on Computer Vision Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Online Streaming, Austria. pp.427-435, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0010234904270435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03593071v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03181094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le franchissement des péages avec les Systèmes de Transports Intelligents</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">SHREC 2021: surface-based protein domains retrieval</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Langenfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tunde Aderinwale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Christoffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Woong-Hee Shin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genki Terashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées techniques de la route IFSTTAR 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t>
+              <w:t xml:space="preserve">3D Shape Retrieval Challenge SHREC 2021 in 14th Eurographics Workshop on 3D Object Retrieval 2021, 3DOR'21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, online, France. pp.19-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419096v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03467479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of methods to estimate vehicle location in Electronic Toll Collection Service with C-ITS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Technique de trilatération pour la localisation Indoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tian Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30TH International Conference IEEE Intelligent Vehicles Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque sur les Objets et systèmes Connectés - COC'2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUT d'Aix-Marseille, Mar 2021, MARSEILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419039v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03593071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolling system using the ITS-G5 technology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Le franchissement des péages avec les Systèmes de Transports Intelligents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées techniques de la route IFSTTAR 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02444733v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A better guidance approaching the toll plaza thanks to the connected infrastructure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+                <w:t xml:space="preserve">Tolling system using the ITS-G5 technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th ITS World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Copenhagen, Denmark</w:t>
+              <w:t xml:space="preserve">2019 IEEE Intelligent Vehicles Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419058v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02444733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Model of Car Parking Assistance System Using Camera Networks: Slot Analysis and Communication Management</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evaluation of methods to estimate vehicle location in Electronic Toll Collection Service with C-ITS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Feryal Windal</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE 20th International Conference on High Performance Computing and Communications; IEEE 16th International Conference on Smart City; IEEE 4th International Conference on Data Science and Systems (HPCC/SmartCity/DSS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">30TH International Conference IEEE Intelligent Vehicles Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2019, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301415v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliable vehicle location in electronic toll collection service with cooperative intelligent transportation systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">G. Frémont</w:t>
+                <w:t xml:space="preserve">A better guidance approaching the toll plaza thanks to the connected infrastructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Fremont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE 28th Annual International Symposium on Personal, Indoor, and Mobile Radio Communications (PIMRC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">28th ITS World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Copenhagen, Denmark</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301422v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ETC service in C-ITS with high-precision of vehicle location</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Towards a Model of Car Parking Assistance System Using Camera Networks: Slot Analysis and Communication Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Hammoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Joseph Mouzna</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halim Benhabiles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feryal Windal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th ITS European Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 IEEE 20th International Conference on High Performance Computing and Communications; IEEE 16th International Conference on Smart City; IEEE 4th International Conference on Data Science and Systems (HPCC/SmartCity/DSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Exeter, United Kingdom. pp.1248-1255, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/HPCC/SmartCity/DSS.2018.00210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301431v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simulation-optimisation study for comparison of new logistics systems at Le Havre Port</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reliable vehicle location in electronic toll collection service with cooperative intelligent transportation systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Randriamasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Frémont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 3rd International Conference on Logistics Operations Management (GOL)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/GOL.2016.7731700⟩</w:t>
+              <w:t xml:space="preserve">2017 IEEE 28th Annual International Symposium on Personal, Indoor, and Mobile Radio Communications (PIMRC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Montreal, Canada. pp.1-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PIMRC.2017.8292664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301435v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intelligent navigation system-based optimization of the energy consumption</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">ETC service in C-ITS with high-precision of vehicle location</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malalatiana Randriamasy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Fremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Mouzna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 IEEE Intelligent Vehicles Symposium (IV)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12th ITS European Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Strasbourg, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301441v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation et simulation d’un problème d’affectation des trains aux voies dans le Terminal Multimodal du Havre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">A simulation-optimisation study for comparison of new logistics systems at Le Havre Port</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Oudani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Mouzna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème conférence ROADEF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2016 3rd International Conference on Logistics Operations Management (GOL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Fez, Morocco. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GOL.2016.7731700⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02301484v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal Verification of Wireless Sensor Key Exchange Protocol Using AVISPA</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Intelligent navigation system-based optimization of the energy consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redouane Khemmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Ertaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Mouzna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 International Symposium on Computer, Consumer and Control (IS3C)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IS3C.2014.107⟩</w:t>
+              <w:t xml:space="preserve">2015 IEEE Intelligent Vehicles Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Seoul, South Korea. pp.785-789, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IVS.2015.7225780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304575v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IKEv2 Authentication Exchange Model in NS-2</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Optimisation et simulation d’un problème d’affectation des trains aux voies dans le Terminal Multimodal du Havre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Oudani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaouad Boukachour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 International Symposium on Computer, Consumer and Control (IS3C)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">16ème conférence ROADEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Marseille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02304570v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02301484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Formal Verification of Wireless Sensor Key Exchange Protocol Using AVISPA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kasraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 International Symposium on Computer, Consumer and Control (IS3C)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Taichung, Taiwan. pp.387-390, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IS3C.2014.107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IKEv2 Authentication Exchange Model in NS-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Kasraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2014 International Symposium on Computer, Consumer and Control (IS3C)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Taichung, Taiwan. pp.1074-1077, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IS3C.2014.280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02304570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Improving collaborative jobs in P2P networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Itmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Pécuchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2005 12th IEEE International Conference on Electronics, Circuits and Systems (ICECS 2005)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2005, Gammarth, France. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICECS.2005.4633570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02291275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6976,595 +7604,595 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forecasting the load of Parcel Pickup Points using a Markov Jump Process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi-Thu-Tam Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iyadh Cabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Cabani</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Koen de Turck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SuperpixelGridCut, SuperpixelGridMean and SuperpixelGridMix Data Augmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouthaina Slika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Benhabiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadi Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03639460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SuperpixelGridCut, SuperpixelGridMean and SuperpixelGridMix Data Augmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouthaina Slika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Benhabiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadi Dornaika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image Style Transferred to Graphical User Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Benhabiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03798607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validating the correct wearing of protection mask by taking a selfie: design of a mobile application &amp;quot;CheckYourMask&amp;quot; to limit the spread of COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Hammoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnane Cabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halim Benhabiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahmoud Melkemi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId203"/>
+      <w:footerReference w:type="default" r:id="rId218"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7632,51 +8260,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C7023F27"/>
+    <w:nsid w:val="2F178901"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7863,51 +8491,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adnane-cabani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5948-8950" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121294587" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263222v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Depenveiller" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Tatsuma" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin Barisin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Rusakov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104394" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04563897v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Shan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Cabani" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Chafouk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vehicles6010014" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823624v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24103124" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Veldhuijzen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco Veltkamp" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ikne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2024.104012" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870721v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823606v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Xu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Zhaojun" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Wenli" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Hu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2024.124122" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580395v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Messaoud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Trabelsi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Abdelkefi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-023-02897-1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823618v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Thu-Tam Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyadh Cabani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen de Turck" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kieffer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2253475" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823706v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487015v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3318885" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083016v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dornaika" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammoudi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charafeddine" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2023.109481" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04563892v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951542v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hammoudi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouthaina Slika" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Benhabiles" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Dornaika" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41666-022-00122-1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824020v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Nasraoui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Trimech" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSNET.2022.124569" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824027v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mouzna" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaleb Hoblos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJLSM.2022.127925" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538936v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Langenfeld" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunde Aderinwale" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Christoffer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woong-Hee Shin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genki Terashi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmgm.2021.108103" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083017v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Yang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21238086" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168290v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiwen Zhang" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Khemmar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijai.v10.i1.pp215-223" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492834v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Melkemi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smhl.2020.100144" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323304v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/cmes.2020.011663" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321566v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxu Peng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Kun Lai" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Rosin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2020.07.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824061v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Dziong" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Luxin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Huang" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Xu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2020.107418" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302071v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongping Wang" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5057357" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302091v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Ertaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rossi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savatier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVAS.2019.102445" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malalatiana Randriamasy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Fremont" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2019.2931883" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301563v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2019.2906046" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302077v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aafd87" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302070v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1555-6611/aae066" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03181098v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kasraoui" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/159518" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301445v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leriche" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabani" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hoblos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mouzna" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.06.117" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301497v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jart.2015.06.016" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823686v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyed Dhahri" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823647v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cyberc62439.2024.00028" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823637v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012268700003636" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580394v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Boukachour" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina El Yaagoubi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Charhbili" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823689v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhabbal Wasim" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deivamani Pradeep" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odinamba Uche" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEAI62072.2024.10674372" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823943v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53445-4_18" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823951v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CW58918.2023.00034" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823998v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-1588-0_65" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823973v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42508-0_5" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253672v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab El Houda Thabet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lecrosnier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourre J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824013v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRASET52964.2022.9738388" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467479v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03181094v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delamare" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Laville" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010234904270435" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593071v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419096v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419039v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02444733v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Chafouk" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419058v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301415v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryal Windal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HPCC/SmartCity/DSS.2018.00210" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301422v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Randriamasy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chafouk" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fr&#233;mont" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2017.8292664" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301431v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301435v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leriche" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Oudani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GOL.2016.7731700" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301441v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Ertaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2015.7225780" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301484v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304575v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IS3C.2014.107" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304570v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IS3C.2014.280" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02291275v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Itmi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre P&#233;cuchet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2005.4633570" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823632v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639460v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824006v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798607v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614790v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adnane-cabani" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5948-8950" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/121294587" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561336v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Messaoud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Trabelsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Cabani" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Abdelkefi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-025-04977-w" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561340v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi-Thu-Tam Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyadh Cabani" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen de Turck" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kieffer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cie.2024.110770" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263222v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taher Yacoub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Depenveiller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Tatsuma" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tin Barisin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugen Rusakov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2025.104394" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561338v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAI.2025.3558724" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823611v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Veldhuijzen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco Veltkamp" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Ikne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Wannous" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2024.104012" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823624v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyu Shan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Chafouk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24103124" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04563897v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vehicles6010014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870721v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823606v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Xu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xu Zhaojun" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao Wenli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbin Hu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2024.124122" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823706v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-023-02897-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487015v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2023.3318885" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823618v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2023.2253475" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580395v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083016v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dornaika" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hammoudi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Charafeddine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2023.109481" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04563892v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951542v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Hammoudi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouthaina Slika" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halim Benhabiles" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Dornaika" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41666-022-00122-1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03538936v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Langenfeld" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tunde Aderinwale" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Christoffer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woong-Hee Shin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genki Terashi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmgm.2021.108103" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824027v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Mouzna" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaleb Hoblos" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJLSM.2022.127925" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824020v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Nasraoui" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Trimech" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJSNET.2022.124569" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083017v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian Yang" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21238086" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168290v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiwen Zhang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Redouane Khemmar" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijai.v10.i1.pp215-223" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492834v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahmoud Melkemi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smhl.2020.100144" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323304v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32604/cmes.2020.011663" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321566v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxu Peng" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Kun Lai" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul L. Rosin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2020.07.013" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824061v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbigniew Dziong" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Luxin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhe Huang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ping Xu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2020.107418" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302071v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongping Wang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5057357" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301563v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malalatiana Randriamasy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Fremont" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2019.2906046" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302084v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2019.2931883" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302091v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Ertaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rossi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Savatier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJVAS.2019.102445" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302077v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/aafd87" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302070v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1555-6611/aae066" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301497v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Kasraoui" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jart.2015.06.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301445v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leriche" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oudani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cabani" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hoblos" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mouzna" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.06.117" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03181098v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/159518" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561359v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neethu Vasundharan Sheeja" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olatunbosun Olujimi Olulode" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sai Sebastian" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-96-6938-7_47" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823686v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iyed Dhahri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-9324-2_40" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561348v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hazem Youssef" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruiwen He" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823647v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cyberc62439.2024.00028" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823637v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012268700003636" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823689v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alhabbal Wasim" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deivamani Pradeep" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odinamba Uche" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SEAI62072.2024.10674372" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580394v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaouad Boukachour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina El Yaagoubi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Charhbili" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823951v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CW58918.2023.00034" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823998v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-1588-0_65" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823943v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-53445-4_18" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823973v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-42508-0_5" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253672v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab El Houda Thabet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lecrosnier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fourre J&#233;r&#233;my" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824013v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRASET52964.2022.9738388" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03181094v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Delamare" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Laville" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010234904270435" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467479v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593071v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419096v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02444733v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Chafouk" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419039v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419058v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301415v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feryal Windal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HPCC/SmartCity/DSS.2018.00210" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301422v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Randriamasy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chafouk" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fr&#233;mont" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC.2017.8292664" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301431v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301435v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leriche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Oudani" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GOL.2016.7731700" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301441v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Ertaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IVS.2015.7225780" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02301484v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304575v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IS3C.2014.107" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304570v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IS3C.2014.280" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02291275v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Itmi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre P&#233;cuchet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS.2005.4633570" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823632v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03639460v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824006v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798607v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614790v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>