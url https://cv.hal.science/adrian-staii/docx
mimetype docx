--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -181,278 +181,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction du problème public de la vaccination contre la COVID-19 dans les médias de trois pays européens</w:t>
+                <w:t xml:space="preserve">[Avant-propos] Savoirs, informations, communications : la publicisation des pandémies et des risques sanitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gwenola Le Naour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sarah Rakotoary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 114 (1), pp.77-91. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/quad.114.0077⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 2025/1 (114), pp.9-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/quad.114.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05348971v1</w:t>
+                <w:t xml:space="preserve">halshs-05264395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Avant-propos] Savoirs, informations, communications : la publicisation des pandémies et des risques sanitaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La construction du problème public de la vaccination contre la COVID-19 dans les médias de trois pays européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Staii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pina Lalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeriu Turcan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenola Le Naour</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrian Staii</w:t>
+                <w:t xml:space="preserve">Sarah Rakotoary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 2025/1 (114), pp.9-15. </w:t>
+              <w:t xml:space="preserve">, 2025, 114 (1), pp.77-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/quad.114.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/quad.114.0077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05264395v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05348971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La participation des « influenceurs » non spécialisés aux communications publiques de santé : enjeux de légitimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 58, pp.125-146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -486,51 +486,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S’informer au temps du coronavirus. Une enquête auprès des étudiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 106, pp.81-100. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
@@ -577,51 +577,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figures de l’expertise sanitaire et confiance dans l’information de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paganelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -659,51 +659,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'automatisation au cœur de l'industrialisation des médias numériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Enjeux de l'information et de la communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, L'internationalisation de la culture, de l'information et de la communication II : l’emprise progressive des industries de la communication sur les industries culturelles et créatives, supplément 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -728,51 +728,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique sociale : autonomisation et légitimation dans le domaine de l’information de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NETCOM : Réseaux, communication et territoires / Networks and Communications Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, vol. 26 (n°1-2), pp. 55-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -797,51 +797,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Health Information in the Public Sphere: Social and Political Stakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Studia Informatica Universalis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, vol. 11 (n°3), pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -866,51 +866,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défaillances de la communication organisationnelle et gestion du changement : la construction de l’information et des représentations sur les forums de discussion professionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1105,51 +1105,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama des applications de sport et d’activité physique en France : entre logiques industrielles et logiques d’usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentyna Dymytrova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1200,51 +1200,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique de l'information d'actualité au service de l'employabilité des publics en réinsertion professionnelle. Enjeux de la médiation des savoirs dans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Stalder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1295,51 +1295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratiques de l'information d'actualité au service de l'employabilité des publics en réinsertion professionnelle. Enjeux de la médiation des savoirs dans une recherche-action.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angèle Stalder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1390,51 +1390,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-Moderator of the Opening Plenary Keynote delivered by Pr. Christian Fuchs: Humanity, Alienation and (In)Justice in the Digital Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentyna Dymytrova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1472,51 +1472,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques informationnelles et sociétés en crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Panel, XXIIIème Congrès de la Société française des Sciences de l’Information et de la Communication (SFSIC), La numérisation des sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFSIC, Jun 2023, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1541,51 +1541,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-Moderator of the Closing Plenary Keynote delivered by Pr. Annika Egan Sjölander: Communication for Sustainable Societies in the Anthropocene – the role of scholars and media industries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentyna Dymytrova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1623,64 +1623,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fabrique discursive d’un consensus: retour sur la couverture médiatique de la campagne de vaccination COVID-19 dans quatre grands médias français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Rakotoary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication, médiatisation et réception de la campagne de vaccination COVID-19 : un bilan critique international. Journée d'étude organisée par l'UR ELICO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 3, ELICO, Nov 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1705,51 +1705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositifs biomédicaux, télésanté et imagerie biomédicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JETSAN, Intelligence Artificielle appliquée à l’E-Santé et à l'autonomie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sorbonne Université, May 2019, Paris, Jussieu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1774,51 +1774,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social media, mirror of society and agenda setter ? A shift in the production, distribution and legitimacy of media content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Forum in Media and Communication research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRESEC (Université Grenoble Alpes) &amp; ICUC (Faculty of International Media, Communication University of China), Oct 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1843,51 +1843,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'industrialisation marchande de la présence numérique: de l'hypertrophie de l'individu à l'occultation du sujet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque international Communication électronique, cultures et identités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université du Havre, 2014, Le Havre, France. p. 151-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1925,51 +1925,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’approche communicationnelle des techniques à l’ancrage social des Tic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pailliart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Penser l’ancrage social des techniques en information-communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d’Informatique de Grenoble, 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1988,277 +1988,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01150903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’information au travail : une analyse croisée des logiques sociales, des modes d’organisation du travail et des dispositifs de médiation de l’information professionnelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Autonomisation, responsabilité et confiance : les reconfigurations de l’information de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">communication au séminaire franco-brésilien UNISINOS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, organisé par le GRESEC et l’Université de Sao Paolo, visioconférence, 2013, Echirolles, France</w:t>
+              <w:t xml:space="preserve">Les usages de la télémédecine: enjeux socioéconomiques et éthiques, Journées d’études sur la télésanté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, JETSAN, Mines Paris-Tech,, 2013, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01151845v1</w:t>
+                <w:t xml:space="preserve">hal-01152817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autonomisation, responsabilité et confiance : les reconfigurations de l’information de santé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Logiques des médias numériques : une analyse communicationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pailliart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les usages de la télémédecine: enjeux socioéconomiques et éthiques, Journées d’études sur la télésanté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, JETSAN, Mines Paris-Tech,, 2013, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">L’économie de l’attention au carrefour des disciplines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Stendhal Grenoble 3, UMR Lire, EMC2, RARE, Gresec, Traverse 19-21, 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01152817v1</w:t>
+                <w:t xml:space="preserve">hal-01151841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Logiques des médias numériques : une analyse communicationnelle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">De l’information au travail : une analyse croisée des logiques sociales, des modes d’organisation du travail et des dispositifs de médiation de l’information professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’économie de l’attention au carrefour des disciplines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Stendhal Grenoble 3, UMR Lire, EMC2, RARE, Gresec, Traverse 19-21, 2013, Grenoble, France</w:t>
+              <w:t xml:space="preserve">communication au séminaire franco-brésilien UNISINOS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, organisé par le GRESEC et l’Université de Sao Paolo, visioconférence, 2013, Echirolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01151841v1</w:t>
+                <w:t xml:space="preserve">hal-01151845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La technique comme vecteur de radicalisation de la modernité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour une critique de l’économie de l’attention : émotions, techniques et « modernité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRESEC, 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2283,51 +2283,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la normalisation et des Tic : résistances, persistances et reconfigurations sociétales autour des questions de santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La communication électronique dans la « Société de l’information » : Quels usages, quelles pratiques ?,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT Information – communication du Havre, Mont-Saint-Aignan, 2012, Mont-Saint-Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2365,51 +2365,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d’un réseau professionnel interne et externe à l’entreprise. Étude de cas d’un forum sur Internet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème conférence de l’AIM (Association Information et Management)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Saint-Denis, La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2447,51 +2447,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Professional and corporate dynamics outside the company : roles of internet forums in change appropriation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Annual Conference of the United Kingdom Academy for Information Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Oxford, Oriel College, 2010, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2516,51 +2516,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des dispositifs idéaux aux dispositifs réels : ce que nous enseigne l'analyse des processus de structuration des EIAH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Ologeanu-Taddei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2623,64 +2623,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crises sanitaires et santé globale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025/1 (114), 2025, Quaderni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2750,51 +2750,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’industrialisation des émotions. Vers une radicalisation de la modernité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Martin-Juchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. 2016, Communication et civilisation, 978-2-343-08484-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2844,51 +2844,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le régime numérique de l’information médiatique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'impensé numérique - Tome 2 - Interprétations critiques et logiques pragmatiques de l’impensé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2922,51 +2922,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La santé connectée: entre aspirations communes et intérêts particuliers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Confiance et légitimité dans le champ de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 201-226, 2018, 978-1-78405-432-8 (papier) ; 978-1-78406-432-7 (ebook)</w:t>
@@ -2995,51 +2995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connected Health. Between Common Aspirations and Specific Interests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISTE WILEY. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Confidence and Legitimacy in Health Information and Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 195-222, 2018, Health Engineering and Society, SBN: 978-1-786-30352-3</w:t>
@@ -3062,302 +3062,302 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01978153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthèses et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Staii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Martin-Juchat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’industrialisation des émotions. Vers une radicalisation de la modernité ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 7-14, 2016, 978-2-343-08484-8</w:t>
+              <w:t xml:space="preserve">, p. 193-208, 2016, 978-2-343-08484-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01978132v1</w:t>
+                <w:t xml:space="preserve">hal-01701581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèses et perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">De la modernité des techniques et des médias informatisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Martin-Juchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’industrialisation des émotions. Vers une radicalisation de la modernité ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 193-208, 2016, 978-2-343-08484-8</w:t>
+              <w:t xml:space="preserve">, p. 15-40, 2016, Communication et civilisation, 978-2-343-08484-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01701581v1</w:t>
+                <w:t xml:space="preserve">hal-01701563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la modernité des techniques et des médias informatisés</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Martin-Juchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">L'Harmattan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’industrialisation des émotions. Vers une radicalisation de la modernité ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, p. 15-40, 2016, Communication et civilisation, 978-2-343-08484-8</w:t>
+              <w:t xml:space="preserve">, p. 7-14, 2016, 978-2-343-08484-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01701563v1</w:t>
+                <w:t xml:space="preserve">hal-01978132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’industrialisation de l’information et de la communication numériques et le défi de la médiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS Editions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’homme-trace</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, p. 99-115, 2015, Traces, écritures, cultures, identités, 978-2-271-08324-1</w:t>
@@ -3386,51 +3386,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attention ou trafic? Critiques de quelques illusions d'économies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Découverte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'économie de l'attention, nouvel horizon du capitalisme?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 136-147, 2014, 978-2-7071-7870-0</w:t>
@@ -3459,51 +3459,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attention ou trafic ? Critique de quelques illusions d’économies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’économie de l’attention : fabrique de l’avenir ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3528,51 +3528,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les formes de l’information professionnelle : esquisse des mutations structurelles d’une médiation élargie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CLAVIER Viviane; PAGANELLI Céline. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’information professionnelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès-Lavoisier, 2013</w:t>
@@ -3601,51 +3601,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre la complexité des TIC : une analyse des genres communicationnels et de leurs variantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LIENART Fabien; ZLITNI Sami. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La communication électronique : enjeux de langues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Lambert-Lucas, 2011</w:t>
@@ -3674,51 +3674,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques interactionnelles et rapports à l’information dans les forums de discussion médical</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Paganelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3848,64 +3848,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La publicisation de l'information scientifique en temps de crise sanitaire [Entretien avec Hervé Maisonneuve, par Gwenola Le Naour et Adrian Staii]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Maisonneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenola Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/quad.114.0093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3932,51 +3932,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication, médiatisation et réception de la campagne de vaccination COVID-19: un bilan critique international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3994,51 +3994,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information d’actualité et publics jeunes : quelles orientations des pratiques ?. Conférence invitée à la rencontre académique &amp;quot;L’éducation aux médias et à l’information&amp;quot; organisée par la Délégation académique au Numérique pour l’Éducation de Lyon, ENSSIB, 25 sept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4056,51 +4056,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les logiques de formation de la santé connectée: stratégies industrielles et enjeux sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4118,51 +4118,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'automatisation dans les médias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4180,51 +4180,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spécificités de l'industrialisation de l'éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4242,51 +4242,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications numériques de santé : le défi de la confiance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4336,51 +4336,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formes et modalités d’appropriation des Tic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Staii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] GRESEC; Université de Sao Paolo. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4610,51 +4610,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26B3BB02"/>
+    <w:nsid w:val="6636B9B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4841,51 +4841,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adrian-staii" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9629-8723" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077045084" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05348971v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Staii" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pina Lalli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriu Turcan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Capelli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rakotoary" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0077" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05264395v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Naour" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.14435" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921077v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.2314" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921139v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paganelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701545v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150638v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01150516v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01137431v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975812v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Miguet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Benchenna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brulois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mi&#232;ge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448041v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouka El Hachani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374197v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Stalder" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Aissaoui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802073v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissaoui Nour-Eddine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764744v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764756v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921236v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764601v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978204v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701548v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01150903v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailliart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151845v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152817v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151841v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151227v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151320v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151213v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161561v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05264396v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978116v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin-Juchat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921160v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.2643" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978141v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978153v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978132v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701581v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701563v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701547v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978242v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01134665v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01136948v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01136949v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01135102v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Romeyer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Caterina Manes Gallo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05264397v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maisonneuve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0093" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921219v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978177v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978180v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983096v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152906v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152848v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#251;lois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi&#232;ge Bernard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adrian-staii" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9629-8723" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077045084" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05264395v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Le Naour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Staii" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05348971v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pina Lalli" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriu Turcan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Capelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Rakotoary" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0077" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.14435" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921077v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.2314" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921139v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Paganelli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Clavier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701545v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150638v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01150516v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01137431v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Ologeanu-Taddei" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-00975812v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Miguet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Benchenna" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brulois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mi&#232;ge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448041v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyna Dymytrova" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mabrouka El Hachani" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374197v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Stalder" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour-Eddine Aissaoui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802073v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissaoui Nour-Eddine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764744v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764756v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921236v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764601v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978204v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701548v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01150903v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pailliart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152817v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151841v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151845v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151227v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151320v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01151213v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161561v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05264396v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978116v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin-Juchat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921160v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.2643" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978141v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978153v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701581v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978132v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701547v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978242v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01134665v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01136948v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01136949v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01135102v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Romeyer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Caterina Manes Gallo" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05264397v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Maisonneuve" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/quad.114.0093" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764646v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921219v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978177v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978180v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01978186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983096v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152906v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01152848v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#251;lois" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi&#232;ge Bernard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>