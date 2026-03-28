--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -1399,235 +1399,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02549213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un faux-monnayage d'opportunité : la grotte de Lauradieu à Auriac (Aude)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dosages par fluorescence X portable d’ateliers médiévaux de production des métaux non-ferreux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Foy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Florsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Llubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/amime.2010.1918⟩</w:t>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 34, pp.243-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeosciences.2802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02549221v1</w:t>
+                <w:t xml:space="preserve">hal-02549229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosages par fluorescence X portable d’ateliers médiévaux de production des métaux non-ferreux</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un faux-monnayage d'opportunité : la grotte de Lauradieu à Auriac (Aude)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Llubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 34, pp.243-252. </w:t>
+              <w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 28 (1), pp.115-127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/archeosciences.2802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3406/amime.2010.1918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02549229v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02549221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À la recherche des ateliers monétaires grecs : l’apport de l’expérimentation</w:t>
               </w:r>
@@ -3635,260 +3635,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02550873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le plomb</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Gratuze</w:t>
+                <w:t xml:space="preserve">Zur Dokumentation von Altbergbau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juergen Heckes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerald Bonnamour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GMPCA, Apr 2013, Caen, France</w:t>
+              <w:t xml:space="preserve">7. Freiberger Geotechnik-Kolloquium "Ressourcen &amp; Geotechnik"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Freiberg, Germany. pp.173-176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02618806v1</w:t>
+                <w:t xml:space="preserve">hal-02550561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zur Dokumentation von Altbergbau</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Juergen Heckes</w:t>
+                <w:t xml:space="preserve">Le plomb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Klein</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Disser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Freiberger Geotechnik-Kolloquium "Ressourcen &amp; Geotechnik"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Freiberg, Germany. pp.173-176</w:t>
+              <w:t xml:space="preserve">XIXe Colloque d'Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GMPCA, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02550561v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souterrain et habitat rural du Moyen Âge : huit sites découverts dans le cadre de l’archéologie préventive dans l’ouest de la France et au sud de la Loire</w:t>
               </w:r>
@@ -4021,51 +4021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Sarah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juergen Heckes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5977,333 +5977,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01773279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le plomb : de son exploitation à son traçage dans les matériaux archéologiques et l’environnement</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La fabrication de la monnaie au Moyen Age : de l’argent à la monnaie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Téreygeol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation et provenance des matériaux dans les sociétés anciennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions des archives contemporaines, pp.175-194, 2014, Sciences archéologiques, 978-2-813-00163-4</w:t>
+              <w:t xml:space="preserve">Du monde franc aux califats omeyyade et abbasside : extraction et produits des mines d’argent de Melle et de Jabali</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 199, Deutschen Bergbau-Museums Bochum, pp.167-182, 2014, 10: 3-937203-70-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02012565v1</w:t>
+                <w:t xml:space="preserve">cea-02363742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melle : mise en évidence de l’utilisation des scories vitreuses issues de la chaîne opératoire de production de l’argent comme matière première de l’industrie verrière</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Justine Bayley</w:t>
+                <w:t xml:space="preserve">Le plomb : de son exploitation à son traçage dans les matériaux archéologiques et l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime L'Héritier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...5 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Dillmann; Ludovic Bellot-Gurlet. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Du monde franc aux califats omeyyade et abbasside : extraction et produits des mines d’argent de Melle et de Jabali</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 199, Deutschen Bergbau-Museums Bochum, pp.211-230, 2014, 10: 3-937203-70-2</w:t>
+              <w:t xml:space="preserve">Circulation et provenance des matériaux dans les sociétés anciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions des archives contemporaines, pp.175-194, 2014, Sciences archéologiques, 978-2-813-00163-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02363733v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02012565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fabrication de la monnaie au Moyen Age : de l’argent à la monnaie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Melle : mise en évidence de l’utilisation des scories vitreuses issues de la chaîne opératoire de production de l’argent comme matière première de l’industrie verrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guerrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Foy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Bayley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du monde franc aux califats omeyyade et abbasside : extraction et produits des mines d’argent de Melle et de Jabali</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 199, Deutschen Bergbau-Museums Bochum, pp.167-182, 2014, 10: 3-937203-70-2</w:t>
+              <w:t xml:space="preserve">, 199, Deutschen Bergbau-Museums Bochum, pp.211-230, 2014, 10: 3-937203-70-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02363742v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02363733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude archéologique et archéométrique des éléments métalliques autour des oculi des baies hautes du chœur</w:t>
               </w:r>
@@ -7909,51 +7909,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabiano Busdraghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juergen Heckes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8243,51 +8243,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03581496v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Arles" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445981v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roguet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Flament" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338148v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L 'H&#233;ritier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.02.017" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CW1KTV0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550812v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Belmont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bonnamour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Painsonneau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672110v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Syvilay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.10.013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CJB3N3FK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauzeur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courboin-Gresillaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bonnamour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bonnamour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clerc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W2-61-2013" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550959v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549572v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aem.2011.v41.i2.368" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549213v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/numi.2011.3025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549221v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2010.1918" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549229v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Florsch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Llubes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.2802" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511119v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/numi.2009.2867" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549614v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550426v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550446v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372893v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429416v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leleu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marconnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vialaron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531223v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531226v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles M&#233;audre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02092982v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368458v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerrot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Foy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468892v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tomas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joseph Comiti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02550502v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528493v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368967v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02550478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnamour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549507v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heckes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Klein" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Ciba" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd-Jurgen Giefing" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2014.6973954" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531486v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550873v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marconnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tomas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02618806v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Disser" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550561v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Heckes" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Clerc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131951v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531479v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550938v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Vivier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.28520" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02617398v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02885159v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02612729v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122050v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122055v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bompaire" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550768v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550980v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259577v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211568v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Tomas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468883v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994377v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gauthier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03811034v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02293181v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/metaux-precieux-mediterranee-medievale-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.40210" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549080v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Valence" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857162v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/product/9782600057363" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773279v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012565v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02363733v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerrot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bayley" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02363742v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474406v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Lefebvre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02363740v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549117v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/archeologie/23-archeologie-et-histoire-du-fleuve-charente-taillebourg-port-denvaux-une-zone-portuaire-du-haut-moyen-age-9782364410336.html?search_query=%09+Archeologie+et+histoire+du+fleuve+Charente+&amp;amp;results=62" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549187v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2742" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550901v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550360v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347359v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213437v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bandiera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauchamp" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carpentier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429399v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213408v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645843v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Armand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Besson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646008v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouvart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruno" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauveau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213468v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480105v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656130v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiano Busdraghi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00418642v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ORLE1101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03581496v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coutelas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Arles" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01652396v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L'H&#233;ritier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445981v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel M&#233;lin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roguet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Flament" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338148v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime L 'H&#233;ritier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.02.017" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1CW1KTV0-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550812v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Belmont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Bonnamour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Painsonneau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672110v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Syvilay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Texier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2014.10.013" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CJB3N3FK-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hauzeur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chol" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courboin-Gresillaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02131570v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Bonnamour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bonnamour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Clerc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sarah" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprsarchives-XL-5-W2-61-2013" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550959v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549572v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/aem.2011.v41.i2.368" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549213v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/numi.2011.3025" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549229v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Foy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Florsch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Llubes" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeosciences.2802" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549221v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2010.1918" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511119v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Brousseau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/numi.2009.2867" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549614v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550426v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550456v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550446v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372893v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429416v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Leleu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Marconnet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vialaron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531223v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531226v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles M&#233;audre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02092982v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368458v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerrot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Foy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468892v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tomas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joseph Comiti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02550502v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03528493v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02368967v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02550478v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bonnamour" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549507v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Heckes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Klein" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Ciba" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerd-Jurgen Giefing" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMC.2014.6973954" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531486v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550873v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marconnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tomas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550561v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Heckes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Clerc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Klein" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02618806v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Disser" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131951v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02531479v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550938v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Vivier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.28520" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02617398v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02885159v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02612729v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122050v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122055v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bompaire" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550768v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550980v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259577v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211568v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Tomas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468883v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994377v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gauthier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03811034v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02293181v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/metaux-precieux-mediterranee-medievale-0" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.40210" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549080v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian de Valence" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857162v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.droz.org/product/9782600057363" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773279v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02363742v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02012565v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02363733v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerrot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bayley" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474406v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Lefebvre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02363740v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549157v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549117v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/archeologie/23-archeologie-et-histoire-du-fleuve-charente-taillebourg-port-denvaux-une-zone-portuaire-du-haut-moyen-age-9782364410336.html?search_query=%09+Archeologie+et+histoire+du+fleuve+Charente+&amp;amp;results=62" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02549187v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2742" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550901v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02550360v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347359v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213437v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bandiera" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauchamp" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Carpentier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429399v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213408v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussab Albesso" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645843v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Armand" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Besson" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646008v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouvart" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruno" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauveau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213468v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480105v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00656130v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiano Busdraghi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00418642v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2009ORLE1101" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>