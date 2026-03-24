--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -160,273 +160,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Important Is Tokenization in French Medical Masked Language Models?</w:t>
+                <w:t xml:space="preserve">DrBenchmark: A Large Language Understanding Evaluation Benchmark for French Biomedical Domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Daille</w:t>
+                <w:t xml:space="preserve">Oumaima El Khettari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Dufour</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pacôme Constant Dit Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472399v2</w:t>
+                <w:t xml:space="preserve">hal-04470938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DrBenchmark: A Large Language Understanding Evaluation Benchmark for French Biomedical Domain</w:t>
+                <w:t xml:space="preserve">How Important Is Tokenization in French Medical Masked Language Models?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oumaima El Khettari</w:t>
+                <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pacôme Constant Dit Beaufils</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Richard Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourteenth Language Resources and Evaluation Conference (LREC-COLING 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicoletta Calzolari; Min-Yen Kan, May 2024, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04470938v1</w:t>
+                <w:t xml:space="preserve">hal-04472399v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tâches et systèmes de sélection automatique de réponses à des QCM dans le domaine médical : Présentation de la campagne DEFT 2024</w:t>
               </w:r>
@@ -438,51 +438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Labrak Yanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -684,64 +684,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -777,277 +777,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04131586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DrBERT: A Robust Pre-trained Model in French for Biomedical and Clinical domains</w:t>
+                <w:t xml:space="preserve">DrBERT: Un modèle robuste pré-entraîné en français pour les domaines biomédical et clinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61th Annual Meeting of the Association for Computational Linguistics (ACL'23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France. pp.109-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04056658v1</w:t>
+                <w:t xml:space="preserve">hal-04130214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DrBERT: Un modèle robuste pré-entraîné en français pour les domaines biomédical et clinique</w:t>
+                <w:t xml:space="preserve">DrBERT: A Robust Pre-trained Model in French for Biomedical and Clinical domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Rouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France. pp.109-120</w:t>
+              <w:t xml:space="preserve">61th Annual Meeting of the Association for Computational Linguistics (ACL'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04130214v1</w:t>
+                <w:t xml:space="preserve">hal-04056658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FrenchMedMCQA: A French Multiple-Choice Question Answering Dataset for Medical domain</w:t>
               </w:r>
@@ -1059,64 +1059,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Gourraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1219,51 +1219,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03265908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1272,51 +1272,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Social Determinants of Health Documentation in French EHRs Using Large Language Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pacôme Constant Dit Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Hmitouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1387,406 +1387,540 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05468221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing a Biomedical Data Warehouse From Blueprint to Bedside in a Regional French University Hospital Setting: Unveiling Processes, Overcoming Challenges, and Extracting Clinical Insight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing large language models for acute heart failure classification and information extraction from French clinical notes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matilde Karakachoff</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Adrien Bazoge</w:t>
+                <w:t xml:space="preserve">Matthieu Wargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pacôme Constant Dit Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Medical Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/50194⟩</w:t>
+              <w:t xml:space="preserve">Computers in Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 195, pp.110609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compbiomed.2025.110609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05141517v1</w:t>
+                <w:t xml:space="preserve">hal-05562572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Applying Natural Language Processing to Textual Data From Clinical Data Warehouses: Systematic Review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Implementing a Biomedical Data Warehouse From Blueprint to Bedside in a Regional French University Hospital Setting: Unveiling Processes, Overcoming Challenges, and Extracting Clinical Insight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matilde Karakachoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Goronflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Coudol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Toublant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMIR Medical Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/42477⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 12, pp.e50194-e50194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/50194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347465v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05141517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linking Biomedical Data Warehouse Records With the National Mortality Database in France: Large-scale Matching Algorithm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Applying Natural Language Processing to Textual Data From Clinical Data Warehouses: Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Gourraud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMIR Medical Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2196/42477⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04347465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linking Biomedical Data Warehouse Records With the National Mortality Database in France: Large-scale Matching Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vianney Guardiolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Bazoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Daille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Toublant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JMIR Medical Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10 (11), pp.e36711. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2196/36711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882497v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1796,154 +1930,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FrenchMedMCQA: A French Multiple-Choice Question Answering Dataset for Medical domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Labrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Bazoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Daille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre‐antoine Gourraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Empirical Methods in Natural Language Processing 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Abu Dhabi, United Arab Emirates. , 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03913329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1953,65 +2087,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actes du Défi Fouille de Textes@TALN 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2052,65 +2186,65 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ATALA &amp; AFPC, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04635889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="default" r:id="rId51"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2178,51 +2312,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DD2AF45D"/>
+    <w:nsid w:val="AC319E4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2409,51 +2543,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adrien-bazoge" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9723-9688" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472399v2" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Labrak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bazoge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470938v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Khettari" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Constant Dit Beaufils" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635890v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Labrak Yanis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621178v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Gourraud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131586v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056658v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130214v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824241v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Gourraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265908v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468221v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hmitouch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourcier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-29987-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05141517v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Karakachoff" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Coudol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Toublant" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/50194" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347465v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/42477" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882497v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Guardiolle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/36711" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913329v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635889v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adrien-bazoge" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9723-9688" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470938v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Labrak" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bazoge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumaima El Khettari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Constant Dit Beaufils" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472399v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Daille" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635890v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Labrak Yanis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621178v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Gourraud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131586v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130214v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056658v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824241v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Gourraud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265908v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468221v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hmitouch" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourcier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-29987-z" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562572v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.110609" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05141517v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Karakachoff" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Coudol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Toublant" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/50194" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347465v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/42477" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882497v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Guardiolle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/36711" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913329v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04635889v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>