--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -150,797 +150,771 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (9)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Point Discrimination of Vibrotactile Stimuli on the Forearm MHCI032</w:t>
+                <w:t xml:space="preserve">D-MO: Depth from Motion and Occlusion as a Visual Channel for Information Visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Willms</w:t>
+                <w:t xml:space="preserve">Carla Coutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Kurzweg</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katrin Wolf</w:t>
+                <w:t xml:space="preserve">Renaud Blanch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. ACM Hum.-Comput. Interact. 9, 5, Article MHCI032</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3743721⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the 2026 CHI Conference on Human Factors in Computing Systems (CHI ’26)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, Apr 2026, Barcelona, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3772318.3791042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328836v1</w:t>
+                <w:t xml:space="preserve">hal-05539695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The not-so-masochist teapot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Two-Point Discrimination of Vibrotactile Stimuli on the Forearm MHCI032</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Willms</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jasper Flügge</w:t>
+                <w:t xml:space="preserve">Marco Kurzweg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katrin Wolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nineteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2025, Bordeaux, France. </w:t>
+              <w:t xml:space="preserve">Proc. ACM Hum.-Comput. Interact. 9, 5, Article MHCI032</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Sharm El-Sheikh, Egypt. pp.1-24, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3689050.3707690⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3743721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854127v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05328836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape-Change in Keyboard Interaction: Exploring the Future of Input Devices Through Prototyping</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The not-so-masochist teapot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Pruszko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
+                <w:t xml:space="preserve">Jasper Flügge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhuzhi Fan</w:t>
+                <w:t xml:space="preserve">Eric Chaffangeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Wolf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEI '25: Nineteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Bordeaux/Talence France, France. pp.1-3, </w:t>
+              <w:t xml:space="preserve">Nineteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Bordeaux, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3689050.3708333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3689050.3707690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328834v1</w:t>
+                <w:t xml:space="preserve">hal-04854127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">µPoly : une Boîte à Outils pour Concevoir l'Interaction par Microgeste</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shape-Change in Keyboard Interaction: Exploring the Future of Input Devices Through Prototyping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Pruszko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alix Goguey</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Nigay</w:t>
+                <w:t xml:space="preserve">Zhuzhi Fan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM'24 - 35e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">TEI '25: Nineteenth International Conference on Tangible, Embedded, and Embodied Interaction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Bordeaux/Talence France, France. pp.1-3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3689050.3708333⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04499957v1</w:t>
+                <w:t xml:space="preserve">hal-05328834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Selection in Mixed Reality: Designing a Two-Phase Technique To Reduce Fatigue</w:t>
+                <w:t xml:space="preserve">µPoly : une Boîte à Outils pour Concevoir l'Interaction par Microgeste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Conil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Goguey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nigay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE International Symposium on Mixed and Augmented Reality (ISMAR)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IHM'24 - 35e Conférence Internationale Francophone sur l'Interaction Humain-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIHM; Sorbonne Université, Mar 2024, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04297966v1</w:t>
+                <w:t xml:space="preserve">hal-04499957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying the Visual Representation of Microgestures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D Selection in Mixed Reality: Designing a Two-Phase Technique To Reduce Fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Goguey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nigay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM International Conference on Mobile Human-Computer Interaction (MobileHCI 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Athens, Greece. </w:t>
+              <w:t xml:space="preserve">2023 IEEE International Symposium on Mixed and Augmented Reality (ISMAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Sydney (Australia), Australia. pp.800-809, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3604272⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISMAR59233.2023.00095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04193374v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04297966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">µGlyph: a Microgesture Notation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Goguey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nigay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 2023 CHI Conference on Human Factors in Computing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Hamburg, Germany. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -968,259 +942,389 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04026125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">µGlyphe: une Notation Graphique pour Décrire les Microgestes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Studying the Visual Representation of Microgestures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Goguey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Malacria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nigay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33ème conférence internationale francophone sur l’Interaction Humain-Machine (IHM'22)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3500866.3516371⟩</w:t>
+              <w:t xml:space="preserve">ACM International Conference on Mobile Human-Computer Interaction (MobileHCI 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Athens, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3604272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03655062v1</w:t>
+                <w:t xml:space="preserve">hal-04193374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">µGlyphe: une Notation Graphique pour Décrire les Microgestes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Goguey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nigay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">33ème conférence internationale francophone sur l’Interaction Humain-Machine (IHM'22)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Namur, Belgique. pp.1-13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3500866.3516371⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">TapStrapGest: Elicitation and Recognition of Ring-based Multi-Finger Gestures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Cornella-Barba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eudald Sangenis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Ousmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Vanderdonckt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Villarreal-Narvaez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 17th ACM SIGCHI Symposium on Engineering Interactive Computing Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACM SIGCHI, Jun 2025, Trier, Germany. pp.1-27, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3733047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1230,267 +1334,267 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microgesture ＋ Grasp: A journey from human capabilities to interaction with microgestures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Goguey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nigay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Human-Computer Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 195, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijhcs.2024.103398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet ANR (2015-2018) « Autour du plan 2D »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Castet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Cabric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cunin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19, pp.99 - 108. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48556/sif.1024.19.99⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1500,114 +1604,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre et concevoir l'interaction par microgestes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chaffangeon Caillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Grenoble Alpes [2020-..], 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023GRALM088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04359801v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId58"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1675,51 +1779,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5461098C"/>
+    <w:nsid w:val="D7246AED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1906,51 +2010,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adrien-chaffangeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0735-0666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328836v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Willms" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chaffangeon Caillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Kurzweg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Wolf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3743721" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854127v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper Fl&#252;gge" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaffangeon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3689050.3707690" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328834v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pruszko" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuzhi Fan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3689050.3708333" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499957v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Conil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Goguey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nigay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297966v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR59233.2023.00095" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193374v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lambert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Malacria" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3604272" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026125v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3544548.3580693" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3500866.3516371" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328832v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Cornella-Barba" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eudald Sangenis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ousmer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vanderdonckt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Villarreal-Narvaez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3733047" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801105v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2024.103398" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655986v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cabric" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.19.99" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04359801v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023GRALM088" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/adrien-chaffangeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0735-0666" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539695v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Coutant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chaffangeon Caillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Blanch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3772318.3791042" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328836v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Willms" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Kurzweg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Wolf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3743721" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854127v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper Fl&#252;gge" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaffangeon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3689050.3707690" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328834v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pruszko" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuzhi Fan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3689050.3708333" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499957v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Conil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Goguey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nigay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297966v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISMAR59233.2023.00095" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026125v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3544548.3580693" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193374v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lambert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Malacria" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3604272" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655062v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3500866.3516371" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328832v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Cornella-Barba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eudald Sangenis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Ousmer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vanderdonckt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Villarreal-Narvaez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3733047" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801105v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhcs.2024.103398" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655986v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cabric" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cunin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/sif.1024.19.99" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04359801v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023GRALM088" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>