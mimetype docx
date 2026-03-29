--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -66,7355 +66,7489 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (57)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (58)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Copeptin is a reliable biomarker of vasopressin and is associated with urine osmolality in patients on peritoneal dialysis</w:t>
+                <w:t xml:space="preserve">Temps forts en néphrologie en 2025 : avancées diagnostiques, thérapeutiques et enjeux émergents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/joneph/aajaf021⟩</w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22 (S1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ndt.2026.157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503056v1</w:t>
+                <w:t xml:space="preserve">hal-05452708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temps forts en néphrologie en 2025 : avancées diagnostiques, thérapeutiques et enjeux émergents</w:t>
+                <w:t xml:space="preserve">Copeptin is a reliable biomarker of vasopressin and is associated with urine osmolality in patients on peritoneal dialysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Kersraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Beaudreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immaculada Gomez Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 22 (S1), pp.1-7. </w:t>
+              <w:t xml:space="preserve">Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/ndt.2026.157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/joneph/aajaf021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05452708v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obinutuzumab, an Anti-CD20, in Refractory Adult Autoimmune Podocytopathies: Report of 2 Cases</w:t>
+                <w:t xml:space="preserve">Methods Article for a Study Protocol: Study Design and Baseline Characteristics of the Treatment of Cardiovascular Disease with Low Dose Rivaroxaban in Advanced Chronic Kidney Disease (TRACK) Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Loeffler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Flahault</w:t>
+                <w:t xml:space="preserve">Sunil Badve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asma Alla</w:t>
+                <w:t xml:space="preserve">Maha Al Ammari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Frimat</w:t>
+                <w:t xml:space="preserve">Craig Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Kormann</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Billot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Bompoint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xkme.2025.101057⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000550796⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05230197v1</w:t>
+                <w:t xml:space="preserve">hal-05568509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing Pain in Patients With Polycystic Kidney Disease: Opportunities, Challenges, and Insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou-Moutawakirou Yacoubou Omorou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kidney International Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 10 (2), pp.309-312. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ekir.2024.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04944047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heatwaves and plasma sodium disturbances in patients with chronic kidney disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Panico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Fifre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ziad Massy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Frimat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 204, pp.109800. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envint.2025.109800⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05287358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should We Transplant Candidates With a Positive SARS-CoV-2 RT-PCR Test?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Obinutuzumab, an Anti-CD20, in Refractory Adult Autoimmune Podocytopathies: Report of 2 Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Masset</w:t>
+                <w:t xml:space="preserve">Thomas Loeffler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Michard</w:t>
+                <w:t xml:space="preserve">Asma Alla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Frimat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Malvezzi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raphaël Kormann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Kidney medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (9), pp.101057. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/TP.0000000000005333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.xkme.2025.101057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944031v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in biopsy-proven diabetic kidney disease in individuals from Polynesia vs mainland France: a retrospective cohort study</w:t>
+                <w:t xml:space="preserve">Should We Transplant Candidates With a Positive SARS-CoV-2 RT-PCR Test?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathis Michel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Flahault</w:t>
+                <w:t xml:space="preserve">Ilies Benotmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vladimir Coliche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Asma Alla</w:t>
+                <w:t xml:space="preserve">Nathan Kasriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Testevuide</w:t>
+                <w:t xml:space="preserve">Christophe Masset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Michard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Malvezzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00125-025-06471-x⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0000000000005333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05138753v1</w:t>
+                <w:t xml:space="preserve">hal-04944031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunotherapy-induced acute interstitial nephritis with neutrophil infiltrate, looking like pyelonephritis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Differences in biopsy-proven diabetic kidney disease in individuals from Polynesia vs mainland France: a retrospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Coliche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Alla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Testevuide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40620-025-02332-3⟩</w:t>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 68 (9), pp.1947-1957. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00125-025-06471-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05160263v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05138753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of the duration of B-cell depletion after rituximab in a pediatric population</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Lapeyraque</w:t>
+                <w:t xml:space="preserve">Immunotherapy-induced acute interstitial nephritis with neutrophil infiltrate, looking like pyelonephritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Laroche</w:t>
+                <w:t xml:space="preserve">Antoine Max</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Labrosse</w:t>
+                <w:t xml:space="preserve">Jerome Olagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Cambier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hervé Sartelet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 39 (1), pp.159-162. </w:t>
+              <w:t xml:space="preserve">Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (7), pp.2017-2019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ndt/gfad147⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40620-025-02332-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944042v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation par un examen clinique objectif structuré des compétences acquises sur l’hyponatrémie par des étudiants en médecine après différentes modalités d’enseignement</w:t>
+                <w:t xml:space="preserve">Determinants of the duration of B-cell depletion after rituximab in a pediatric population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weniko Caré</w:t>
+                <w:t xml:space="preserve">Rayan Affes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Lazareth</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne-Laure Lapeyraque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Labrosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Cambier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ndt.2024.99⟩</w:t>
+              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (1), pp.159-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ndt/gfad147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04944030v1</w:t>
+                <w:t xml:space="preserve">hal-04944042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiparametric renal function assessment in cirrhotic patients shows high prevalence of medically actionable changes in multiple modules</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation par un examen clinique objectif structuré des compétences acquises sur l’hyponatrémie par des étudiants en médecine après différentes modalités d’enseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouni Bensenane</w:t>
+                <w:t xml:space="preserve">Weniko Caré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Haghenejad</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hélène Lazareth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 54 (11), pp.1035-1048. </w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (7), pp.623-631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/hepr.14050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/ndt.2024.99⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944035v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Risk of Invasive Aspergillosis in Immunocompromised Patients With Persistent SARS-CoV-2 Viral Shedding &amp;gt;8 Weeks, Retrospective Case-control Study</w:t>
+                <w:t xml:space="preserve">Multiparametric renal function assessment in cirrhotic patients shows high prevalence of medically actionable changes in multiple modules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cléa Melenotte</w:t>
+                <w:t xml:space="preserve">Richard Belmonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Chavarot</w:t>
+                <w:t xml:space="preserve">Maël Silva-Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie L’honneur</w:t>
+                <w:t xml:space="preserve">Françoise Barbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bodard</w:t>
+                <w:t xml:space="preserve">Mouni Bensenane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Cheminant</w:t>
+                <w:t xml:space="preserve">Vincent Haghenejad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (2), pp.ofae012. </w:t>
+              <w:t xml:space="preserve">Hepatology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 54 (11), pp.1035-1048. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ofid/ofae012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/hepr.14050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04944036v1</w:t>
+                <w:t xml:space="preserve">hal-04944035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of neonatal hyperoxia on adult cardiac autonomic function in rats: Role of angiotensin II type 1 receptor activation</w:t>
+                <w:t xml:space="preserve">Increased Risk of Invasive Aspergillosis in Immunocompromised Patients With Persistent SARS-CoV-2 Viral Shedding &amp;gt;8 Weeks, Retrospective Case-control Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jéssica Hellen Poletto Bonetto</w:t>
+                <w:t xml:space="preserve">Cléa Melenotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alyson Deprez</w:t>
+                <w:t xml:space="preserve">Nathalie Chavarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Wolf</w:t>
+                <w:t xml:space="preserve">Anne-Sophie L’honneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
+                <w:t xml:space="preserve">Sylvain Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karina Casali</w:t>
+                <w:t xml:space="preserve">Morgane Cheminant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 984, pp.177026. </w:t>
+              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (2), pp.ofae012. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2024.177026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ofid/ofae012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04944033v1</w:t>
+                <w:t xml:space="preserve">hal-04944036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved outcomes with leadless vs. single-chamber transvenous pacemaker in haemodialysis patients</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of neonatal hyperoxia on adult cardiac autonomic function in rats: Role of angiotensin II type 1 receptor activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Guillemin</w:t>
+                <w:t xml:space="preserve">Jéssica Hellen Poletto Bonetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Varlet</w:t>
+                <w:t xml:space="preserve">Alyson Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Couchoud</w:t>
+                <w:t xml:space="preserve">Daniele Wolf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karina Casali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EP-Europace</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/europace/euae257⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 984, pp.177026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2024.177026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04944028v1</w:t>
+                <w:t xml:space="preserve">hal-04944033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membranous Nephropathy After Exposure to Immune Checkpoint Inhibitors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Helene Lazareth</w:t>
+                <w:t xml:space="preserve">Improved outcomes with leadless vs. single-chamber transvenous pacemaker in haemodialysis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Panico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vesna Brglez</w:t>
+                <w:t xml:space="preserve">Francis Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Seitz-Polski</w:t>
+                <w:t xml:space="preserve">Emilie Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.06.001⟩</w:t>
+              <w:t xml:space="preserve">EP-Europace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (11), pp.euae257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/europace/euae257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944039v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The QTc-Bazett Interval in Former Very Preterm Infants in Adolescence and Young Adulthood is Not Different from Term-Born Controls</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Membranous Nephropathy After Exposure to Immune Checkpoint Inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Vassilev Petrov</w:t>
+                <w:t xml:space="preserve">Rayane Benyahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thuy Mai Luu</w:t>
+                <w:t xml:space="preserve">Helene Lazareth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anik Cloutier</w:t>
+                <w:t xml:space="preserve">Vesna Brglez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anke Raaijmakers</w:t>
+                <w:t xml:space="preserve">Barbara Seitz-Polski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug Safety</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 46 (9), pp.897-904. </w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (9), pp.1892-1898. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40264-023-01335-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2023.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944040v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legionnaires’ Disease in Solid Organ Transplant Recipients</w:t>
+                <w:t xml:space="preserve">The QTc-Bazett Interval in Former Very Preterm Infants in Adolescence and Young Adulthood is Not Different from Term-Born Controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Thizy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Flahault</w:t>
+                <w:t xml:space="preserve">Jill Vanthienen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Scemla</w:t>
+                <w:t xml:space="preserve">Marine Vassilev Petrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Roux</w:t>
+                <w:t xml:space="preserve">Thuy Mai Luu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Jarraud</w:t>
+                <w:t xml:space="preserve">Anik Cloutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anke Raaijmakers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chest</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chest.2023.09.033⟩</w:t>
+              <w:t xml:space="preserve">Drug Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 46 (9), pp.897-904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40264-023-01335-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04274669v1</w:t>
+                <w:t xml:space="preserve">hal-04944040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits of Cardiac Rehabilitation in Cardio-Renal Patients With Heart Failure With Reduced Ejection Fraction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Legionnaires’ Disease in Solid Organ Transplant Recipients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Roueff</w:t>
+                <w:t xml:space="preserve">Guillaume Thizy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabella Vanorio-Vega</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Lazareth</w:t>
+                <w:t xml:space="preserve">Anne Scemla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oksana Kovalska</w:t>
+                <w:t xml:space="preserve">Olivier Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Jarraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cardiopulmonary Rehabilitation and Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/HCR.0000000000000781⟩</w:t>
+              <w:t xml:space="preserve">Chest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chest.2023.09.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944044v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birth weight and subclinical cardiovascular and renal damage in a population-based study (the STANISLAS cohort study)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benefits of Cardiac Rehabilitation in Cardio-Renal Patients With Heart Failure With Reduced Ejection Fraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Merkling</w:t>
+                <w:t xml:space="preserve">Ahmad Mroué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Girerd</w:t>
+                <w:t xml:space="preserve">Stéphane Roueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constance Xhaard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Adrien Flahault</w:t>
+                <w:t xml:space="preserve">Isabella Vanorio-Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Lazareth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oksana Kovalska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/HJH.0000000000003438⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cardiopulmonary Rehabilitation and Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 43 (6), pp.444-452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HCR.0000000000000781⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04076977v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac Left Ventricle Mitochondrial Dysfunction After Neonatal Exposure to Hyperoxia: Relevance for Cardiomyopathy After Preterm Birth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniela Ravizzoni Dartora</w:t>
+                <w:t xml:space="preserve">Birth weight and subclinical cardiovascular and renal damage in a population-based study (the STANISLAS cohort study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilucy Lopez-Sublet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Merkling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Girerd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constance Xhaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alyson Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.121.17979⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hypertension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (6), pp.1040-1050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HJH.0000000000003438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944129v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04076977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma copeptin is increased and associated with smaller kidney volume in young adults born very preterm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bollée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramy El-Jalbout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anik Cloutier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robson Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Kidney Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 15 (4), pp.709-717. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ckj/sfab226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04944128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurodevelopmental consequences of early plasma sodium changes in very preterm infants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thuy Mai Luu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Viennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey-Anne Milette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pediatric Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 92 (5), pp.1350-1356. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41390-022-02164-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04944127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted SARS-CoV-2 treatment is associated with decreased mortality in immunocompromised patients with COVID-19</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cardiac Left Ventricle Mitochondrial Dysfunction After Neonatal Exposure to Hyperoxia: Relevance for Cardiomyopathy After Preterm Birth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Lebeaux</w:t>
+                <w:t xml:space="preserve">Daniela Ravizzoni Dartora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Cheminet</w:t>
+                <w:t xml:space="preserve">Carolina Pontes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Thervet</w:t>
+                <w:t xml:space="preserve">Ying He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 77 (10), pp.2688-2692. </w:t>
+              <w:t xml:space="preserve">Hypertension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 79 (3), pp.575-587. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jac/dkac253⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.121.17979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944126v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breakthrough omicron COVID-19 infections in patients receiving the REGEN-Cov antibody combination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Targeted SARS-CoV-2 treatment is associated with decreased mortality in immunocompromised patients with COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Touchard</w:t>
+                <w:t xml:space="preserve">Emmanuel Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Péré</w:t>
+                <w:t xml:space="preserve">Hélène Pere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Ulrich</w:t>
+                <w:t xml:space="preserve">David Lebeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Sabatier</w:t>
+                <w:t xml:space="preserve">Geoffrey Cheminet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.kint.2022.01.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 77 (10), pp.2688-2692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkac253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04816467v1</w:t>
+                <w:t xml:space="preserve">hal-04944126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIT01-196, a Metabolically Stable Apelin-17 Analog, Normalizes Blood Pressure in Hypertensive DOCA-Salt Rats via a NO Synthase-dependent Mechanism</w:t>
+                <w:t xml:space="preserve">Breakthrough omicron COVID-19 infections in patients receiving the REGEN-Cov antibody combination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Esteoulle</w:t>
+                <w:t xml:space="preserve">Justine Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia de Mota</w:t>
+                <w:t xml:space="preserve">Hélène Péré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphar.2021.715095⟩</w:t>
+              <w:t xml:space="preserve">Kidney International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 101 (4), pp.824-825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.kint.2022.01.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322968v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Health perception by young adults born very preterm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Girard-Bock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Julie Bourque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Fallaha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Paediatrica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 110 (11), pp.3021-3029. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/apa.16056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activating the apelin receptor with LIT01-196, a metabolically stable apelin analog, reverses AVP-induced antidiuresis and hyponatremia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia de Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-20560-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03285794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Left Ventricle Structure and Function in Young Adults Born Very Preterm and Association with Neonatal Characteristics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Altit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Sonea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Oneeb Rehman Mian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (8), pp.1760. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm10081760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Younger children treated with rituximab for nephrotic syndrome are at higher risk of adverse events</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">LIT01-196, a Metabolically Stable Apelin-17 Analog, Normalizes Blood Pressure in Hypertensive DOCA-Salt Rats via a NO Synthase-dependent Mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Esteoulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia de Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ndt/gfab013⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphar.2021.715095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949362v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03322968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Bronchopulmonary Dysplasia and Right Ventricular Systolic Function in Young Adults Born Preterm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniela Ravizzoni Dartora</w:t>
+                <w:t xml:space="preserve">Apelin and Vasopressin: The Yin and Yang of Water Balance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Girault-Sotias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gerbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia de Mota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Llorens-Cortes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chest</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chest.2021.01.079⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.735515. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fendo.2021.735515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949361v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apelin and Vasopressin: The Yin and Yang of Water Balance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Gerbier</w:t>
+                <w:t xml:space="preserve">Association of Bronchopulmonary Dysplasia and Right Ventricular Systolic Function in Young Adults Born Preterm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Ravizzoni Dartora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Mai Luu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anik Cloutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Simoneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fendo.2021.735515⟩</w:t>
+              <w:t xml:space="preserve">Chest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 160 (1), pp.287-296. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chest.2021.01.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04944135v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain ACE2 activation following brain aminopeptidase A blockade by firibastat in salt-dependent hypertension</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Marc</w:t>
+                <w:t xml:space="preserve">Younger children treated with rituximab for nephrotic syndrome are at higher risk of adverse events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Laroche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lemieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sylvestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Lapeyraque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (7), pp.1349-1351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ndt/gfab013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1042/CS20201385⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04949360v1</w:t>
+                <w:t xml:space="preserve">hal-04949362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to high levels of oxygen in neonatal rats induce a decrease in hemoglobin levels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brain ACE2 activation following brain aminopeptidase A blockade by firibastat in salt-dependent hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reda Hmazzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Christian Lachance</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gerbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia de Mota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 135 (6), pp.775-791. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/CS20201385⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41390-021-01802-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04944137v1</w:t>
+                <w:t xml:space="preserve">hal-04949360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arterial Structure and Stiffness Are Altered in Young Adults Born Preterm</w:t>
+                <w:t xml:space="preserve">Exposure to high levels of oxygen in neonatal rats induce a decrease in hemoglobin levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Anik Cloutier</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Dartora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Pontes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying He</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lachance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.120.315099⟩</w:t>
+              <w:t xml:space="preserve">Pediatric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92 (2), pp.430-435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41390-021-01802-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949366v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A snake toxin as a theranostic agent for the type 2 vasopressin receptor</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michaël Susset</w:t>
+                <w:t xml:space="preserve">Author’s response regarding manuscript entitled “Electrocardiographic features at rest and during exercise in young adults born preterm below 30 weeks of gestation” and subsequent correspondence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Jego</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Monique Nuyt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (25), pp.11580-11594. </w:t>
+              <w:t xml:space="preserve">Pediatric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 88 (2), pp.151-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7150/thno.47485⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41390-020-0946-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960704v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author’s response regarding manuscript entitled “Electrocardiographic features at rest and during exercise in young adults born preterm below 30 weeks of gestation” and subsequent correspondence</w:t>
+                <w:t xml:space="preserve">Arterial Structure and Stiffness Are Altered in Young Adults Born Preterm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Monique Nuyt</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julie de Meulemeester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Ravizzoni Dartora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anik Cloutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 88 (2), pp.151-152. </w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (10), pp.2548-2556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41390-020-0946-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.120.315099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949367v1</w:t>
+                <w:t xml:space="preserve">hal-04949366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Incidence but Lack of Association Between Cardiovascular Risk Factors in Adults Born Preterm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A snake toxin as a theranostic agent for the type 2 vasopressin receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katryn Paquette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
+                <w:t xml:space="preserve">Laura Droctové</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Delfrate</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anik Cloutier</w:t>
+                <w:t xml:space="preserve">Manon Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Long Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Susset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.119.14335⟩</w:t>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (25), pp.11580-11594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7150/thno.47485⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949370v1</w:t>
+                <w:t xml:space="preserve">hal-02960704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intervention Time and Adverse Events in a Canadian Epilepsy Monitoring Unit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dènahin Hinnoutondji Toffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Bou Assi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sepehr Mehrpouyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Forand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Neurological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 48 (5), pp.640-647. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/cjn.2020.268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Duration of neonatal oxygen supplementation, erythropoiesis and blood pressure in young adults born preterm</w:t>
+                <w:t xml:space="preserve">Increased Incidence but Lack of Association Between Cardiovascular Risk Factors in Adults Born Preterm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katryn Paquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Delfrate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anik Cloutier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yves Pastore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thorax</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/thoraxjnl-2019-214307⟩</w:t>
+              <w:t xml:space="preserve">Hypertension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (3), pp.796-805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.119.14335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949368v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A snake toxin as a theranostic agent for the type 2 vasopressin receptor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoit Jego</w:t>
+                <w:t xml:space="preserve">Duration of neonatal oxygen supplementation, erythropoiesis and blood pressure in young adults born preterm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Girard-Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anik Cloutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pastore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theranostics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Thorax</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 75 (6), pp.494-502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/thoraxjnl-2019-214307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03070378v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrocardiographic features at rest and during exercise in young adults born preterm below 30 weeks of gestation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amy Al-Simaani</w:t>
+                <w:t xml:space="preserve">A snake toxin as a theranostic agent for the type 2 vasopressin receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Droctové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu Long Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Susset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Jego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Theranostics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949369v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03070378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for Intracranial Aneurysms in Patients with Autosomal Dominant Polycystic Kidney Disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrocardiographic features at rest and during exercise in young adults born preterm below 30 weeks of gestation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Gervais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tevy Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bastien-Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Al-Simaani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Journal of the American Society of Nephrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pediatric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 88 (2), pp.305-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41390-020-0814-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2215/CJN.02100219⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04949372v1</w:t>
+                <w:t xml:space="preserve">hal-04949369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiovascular Risk in Adults Born Preterm</w:t>
+                <w:t xml:space="preserve">Screening for Intracranial Aneurysms in Patients with Autosomal Dominant Polycystic Kidney Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Monique Nuyt</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine Archives of Pediatrics &amp; Adolescent - JAMA Pediatrics </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamapediatrics.2019.1324⟩</w:t>
+              <w:t xml:space="preserve">Clinical Journal of the American Society of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (8), pp.1242-1244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2215/CJN.02100219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949373v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of early life AT1 blockade on adult cardiac morpho-functional changes and the renin-angiotensin system in a model of neonatal high oxygen-induced cardiomyopathy</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cardiovascular Risk in Adults Born Preterm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thuy Mai Luu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Monique Nuyt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2019.172585⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Medical Association pediatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 173 (8), pp.720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamapediatrics.2019.1324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949371v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NI956/QGC006, a Potent Orally Active, Brain-Penetrating Aminopeptidase A Inhibitor for Treating Hypertension</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Inguimbert</w:t>
+                <w:t xml:space="preserve">Impact of early life AT1 blockade on adult cardiac morpho-functional changes and the renin-angiotensin system in a model of neonatal high oxygen-induced cardiomyopathy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jéssica Hellen Poletto Bonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Oliveira Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Ravizzoni Dartora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Sonea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.118.12499⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 860, pp.172585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2019.172585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02265480v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relevance of urinary specific protein assay in the diagnosis of kidney diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">NI956/QGC006, a Potent Orally Active, Brain-Penetrating Aminopeptidase A Inhibitor for Treating Hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Keck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo de Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Compère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Inguimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/abc.2018.1343⟩</w:t>
+              <w:t xml:space="preserve">Hypertension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 73 (6), pp.1300-1307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/HYPERTENSIONAHA.118.12499⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949374v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02265480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for intracranial aneurysms in autosomal dominant polycystic kidney disease is cost-effective</w:t>
+                <w:t xml:space="preserve">Relevance of urinary specific protein assay in the diagnosis of kidney diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Fouchard</w:t>
+                <w:t xml:space="preserve">Jean-François Chassé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Knebelmann</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Karras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.kint.2017.08.016⟩</w:t>
+              <w:t xml:space="preserve">Annales de Biologie Clinique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76 (3), pp.259-269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/abc.2018.1343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949375v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central antihypertensive effects of chronic treatment with RB150</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Screening for intracranial aneurysms in autosomal dominant polycystic kidney disease is cost-effective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Trystram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nataf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Knebelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hypertension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/HJH.0000000000001563⟩</w:t>
+              <w:t xml:space="preserve">Kidney International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 93 (3), pp.716-726. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.kint.2017.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949376v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Vasopressin/Apelin Balance and Potential Use of Metabolically Stable Apelin Analogs in Water Metabolism Disorders</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Central antihypertensive effects of chronic treatment with RB150</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Marc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reda Hmazzou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Balavoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Iturrioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Llorens-Cortes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fendo.2017.00120⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hypertension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (3), pp.641-650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HJH.0000000000001563⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02153686v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Screening and management of intracranial aneurisms in patients with autosomal dominant polycystic kidney disease].</w:t>
+                <w:t xml:space="preserve">Role of the Vasopressin/Apelin Balance and Potential Use of Metabolically Stable Apelin Analogs in Water Metabolism Disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couvineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Alvear-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Iturrioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Llorens-Cortes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nephro.2017.01.018⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fendo.2017.00120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949377v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prognostic value of cerebral tissue oxygen saturation during neonatal extracorporeal membrane oxygenation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">[Screening and management of intracranial aneurisms in patients with autosomal dominant polycystic kidney disease].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julia Guilbert</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Knebelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nataf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Trystram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Grünfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0172991⟩</w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13, pp.S147-S153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2017.01.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04026087v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical Impact of the CYP3A5 6986A&gt;G Allelic Variant on Kidney Transplantation Outcomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prognostic value of cerebral tissue oxygen saturation during neonatal extracorporeal membrane oxygenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Philippine Clair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guedj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacogenomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2217/pgs-2016-0146⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (3), pp.e0172991. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0172991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949379v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04026087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Serum Creatine Kinase Level Predicts Mortality in Patients with a Chronic Kidney Disease</w:t>
+                <w:t xml:space="preserve">Screening for Unruptured Intracranial Aneurysms in Autosomal Dominant Polycystic Kidney Disease: A Survey of 420 Nephrologists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Boffa</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Trystram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Fouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Knebelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Nataf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 11 (6), pp.e0156433. </w:t>
+              <w:t xml:space="preserve">, 2016, 11 (4), pp.e0153176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0156433⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0153176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01342059v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening for Unruptured Intracranial Aneurysms in Autosomal Dominant Polycystic Kidney Disease: A Survey of 420 Nephrologists</w:t>
+                <w:t xml:space="preserve">Clinical Impact of the CYP3A5 6986A&gt;G Allelic Variant on Kidney Transplantation Outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Anglicheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Loriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Thervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pallet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0153176⟩</w:t>
+              <w:t xml:space="preserve">Pharmacogenomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (2), pp.165-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/pgs-2016-0146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949382v1</w:t>
+                <w:t xml:space="preserve">hal-04949379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Case report and literature review: Glomerular and neurologic thrombotic microangiopathy as a primary manifestation of multicentric castleman disease</w:t>
+                <w:t xml:space="preserve">Low Serum Creatine Kinase Level Predicts Mortality in Patients with a Chronic Kidney Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Hummel</w:t>
+                <w:t xml:space="preserve">Marie Metzger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Chassé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure-Hélène Noël</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Haymann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Boffa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MD.0000000000005047⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (6), pp.e0156433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0156433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04949380v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of original metabolically stable apelin‐17 analogs with diuretic and cardiovascular effects</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Alvear‐perez</w:t>
+                <w:t xml:space="preserve">Case report and literature review: Glomerular and neurologic thrombotic microangiopathy as a primary manifestation of multicentric castleman disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐francois Margathe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Couvineau</w:t>
+                <w:t xml:space="preserve">Marguerite Vignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Rabant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Hummel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Hélène Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.201600784R⟩</w:t>
+              <w:t xml:space="preserve">Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 95 (41), pp.e5047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MD.0000000000005047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03631032v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Development of original metabolically stable apelin‐17 analogs with diuretic and cardiovascular effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Gerbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Alvear‐perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐francois Margathe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Flahault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couvineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (2), pp.687-700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.201600784R⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">[Fournier's gangrene].</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duong Rada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue du Praticien Médecine Générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 61 (1), pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7424,91 +7558,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Equilibre hydro-sodé dans la maladie rénale chronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Urologie et Néphrologie. Université de Lorraine, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03920145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7518,168 +7652,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluorocarbon-peptide conjugates (FPC): new concept to increase the metabolic stability of peptides for therapeutic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sridevi M. Ramanoudjame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Esteoulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Flahault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cendrine Seguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Riché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptide Science 2018: Proceedings of the 10th International Peptide Symposium / The 55th Japanese Peptide Symposium Shiroh Futaki and Katsumi Matsuzaki (Editors)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Kyoto, Japan. pp.S150-S150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02347485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId282"/>
+      <w:footerReference w:type="default" r:id="rId289"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7826,51 +7960,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503056v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Flahault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Keck" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Kersraoui" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beaudreuil" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Immaculada Gomez Alvarez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/joneph/aajaf021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452708v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2026.157" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05230197v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loeffler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Alla" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Frimat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kormann" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xkme.2025.101057" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944047v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou-Moutawakirou Yacoubou Omorou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2024.12.013" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05287358v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Panico" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Fifre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Massy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109800" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944031v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilies Benotmane" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Kasriel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Masset" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Michard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Malvezzi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000005333" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138753v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Michel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Coliche" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Testevuide" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-025-06471-x" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05160263v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Max" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Olagne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sartelet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-025-02332-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944042v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Affes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Lapeyraque" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laroche" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Labrosse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cambier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfad147" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944030v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weniko Car&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lazareth" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.99" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944035v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Belmonte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Silva-Rodriguez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Barb&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouni Bensenane" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Haghenejad" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hepr.14050" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944036v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Melenotte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chavarot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie L&#8217;honneur" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bodard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Cheminant" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofae012" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944033v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;ssica Hellen Poletto Bonetto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Deprez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Wolf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Oliveira Fernandes" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Casali" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2024.177026" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944028v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Guillemin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varlet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/euae257" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944039v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Benyahia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Lazareth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Brglez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Seitz-Polski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.06.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944040v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Vanthienen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vassilev Petrov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Mai Luu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anik Cloutier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Raaijmakers" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-023-01335-y" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04274669v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thizy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Scemla" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jarraud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2023.09.033" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944044v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mrou&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roueff" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Vanorio-Vega" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Kovalska" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HCR.0000000000000781" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04076977v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilucy Lopez-Sublet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Merkling" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girerd" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Xhaard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJH.0000000000003438" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944129v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Ravizzoni Dartora" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Pontes" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying He" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.121.17979" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944128v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boll&#233;e" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy El-Jalbout" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robson Santos" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfab226" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944127v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gervais" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Viennet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Anne Milette" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Vall&#233;e" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-022-02164-y" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944126v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lafont" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pere" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebeaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Cheminet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thervet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac253" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816467v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Touchard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ulrich" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Sabatier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2022.01.016" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322968v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Girault-Sotias" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Esteoulle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia de Mota" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.715095" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949358v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girard-Bock" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bernard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Julie Bourque" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fallaha" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.16056" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285794v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear-Perez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20560-y" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949359v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Altit" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sonea" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Oneeb Rehman Mian" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10081760" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949362v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lemieux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sylvestre" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfab013" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949361v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Simoneau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.01.079" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944135v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gerbier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Llorens-Cortes" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.735515" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949360v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Hmazzou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Marc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/CS20201385" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944137v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dartora" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lachance" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-021-01802-1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949366v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie de Meulemeester" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.315099" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960704v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Droctov&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lancien" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Long Tran" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Susset" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jego" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.47485" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949367v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monique Nuyt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-020-0946-y" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949370v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katryn Paquette" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Delfrate" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.119.14335" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949364v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Li" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#232;nahin Hinnoutondji Toffa" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bou Assi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepehr Mehrpouyan" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Forand" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cjn.2020.268" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949368v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pastore" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/thoraxjnl-2019-214307" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070378v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949369v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevy Chan" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bastien-Tardif" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Al-Simaani" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-020-0814-9" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949372v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joly" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2215/CJN.02100219" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949373v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamapediatrics.2019.1324" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949371v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2019.172585" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265480v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo de Almeida" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Comp&#232;re" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Inguimbert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.118.12499" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949374v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chass&#233;" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karras" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pallet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2018.1343" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949375v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Trystram" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nataf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fouchard" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Knebelmann" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2017.08.016" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949376v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Balavoine" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJH.0000000000001563" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153686v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couvineau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Iturrioz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2017.00120" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949377v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gr&#252;nfeld" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2017.01.018" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026087v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Philippine Clair" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rambaud" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guedj" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Guilbert" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172991" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949379v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Loriot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/pgs-2016-0146" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342059v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Metzger" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Haymann" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Boffa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0156433" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949382v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153176" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949380v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Vignon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabant" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hummel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne No&#235;l" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000005047" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631032v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear&#8208;perez" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;francois Margathe" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201600784R" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949385v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong Rada" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03920145v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347485v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sridevi M. Ramanoudjame" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Seguin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rich&#233;" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Flahault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2026.157" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503056v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Keck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Kersraoui" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beaudreuil" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Immaculada Gomez Alvarez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/joneph/aajaf021" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568509v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Badve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Al Ammari" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Anderson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Billot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Bompoint" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000550796" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944047v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou-Moutawakirou Yacoubou Omorou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2024.12.013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05287358v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Panico" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Fifre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Massy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Frimat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109800" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05230197v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Loeffler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Alla" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Kormann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xkme.2025.101057" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944031v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilies Benotmane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Kasriel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Masset" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Michard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Malvezzi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000005333" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138753v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Michel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Coliche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Testevuide" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-025-06471-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05160263v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Max" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Olagne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sartelet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-025-02332-3" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944042v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Affes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Lapeyraque" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Laroche" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Labrosse" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cambier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfad147" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weniko Car&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lazareth" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.99" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944035v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Belmonte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Silva-Rodriguez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Barb&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouni Bensenane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Haghenejad" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hepr.14050" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944036v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;a Melenotte" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chavarot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie L&#8217;honneur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bodard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Cheminant" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofae012" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944033v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;ssica Hellen Poletto Bonetto" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Deprez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Wolf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Oliveira Fernandes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Casali" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2024.177026" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944028v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Guillemin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Varlet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/europace/euae257" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944039v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Benyahia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Lazareth" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Brglez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Seitz-Polski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2023.06.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944040v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jill Vanthienen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vassilev Petrov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thuy Mai Luu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anik Cloutier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Raaijmakers" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40264-023-01335-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04274669v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thizy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Scemla" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Roux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jarraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2023.09.033" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944044v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mrou&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roueff" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Vanorio-Vega" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Kovalska" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HCR.0000000000000781" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04076977v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilucy Lopez-Sublet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Merkling" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girerd" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Xhaard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJH.0000000000003438" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944128v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Boll&#233;e" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy El-Jalbout" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robson Santos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ckj/sfab226" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944127v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gervais" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Viennet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Anne Milette" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Vall&#233;e" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-022-02164-y" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944129v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Ravizzoni Dartora" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Pontes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying He" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.121.17979" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944126v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lafont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Pere" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebeaux" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Cheminet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thervet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkac253" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816467v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Touchard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Ulrich" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Sabatier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2022.01.016" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949358v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Girard-Bock" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Bernard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Julie Bourque" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fallaha" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apa.16056" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285794v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Girault-Sotias" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear-Perez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia de Mota" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20560-y" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949359v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Altit" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Sonea" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Oneeb Rehman Mian" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10081760" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322968v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Esteoulle" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.715095" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04944135v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gerbier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Llorens-Cortes" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.735515" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949361v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Simoneau" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2021.01.079" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949362v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lemieux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sylvestre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfab013" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949360v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Hmazzou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Marc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/CS20201385" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944137v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dartora" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lachance" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-021-01802-1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949367v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Monique Nuyt" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-020-0946-y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949366v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie de Meulemeester" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.315099" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960704v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Droctov&#233;" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lancien" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Long Tran" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Susset" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Jego" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.47485" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949364v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Li" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#232;nahin Hinnoutondji Toffa" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bou Assi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepehr Mehrpouyan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Forand" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cjn.2020.268" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949370v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katryn Paquette" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Delfrate" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.119.14335" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949368v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pastore" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/thoraxjnl-2019-214307" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070378v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949369v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tevy Chan" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bastien-Tardif" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Al-Simaani" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41390-020-0814-9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949372v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joly" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2215/CJN.02100219" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949373v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamapediatrics.2019.1324" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949371v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2019.172585" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02265480v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo de Almeida" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Comp&#232;re" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Inguimbert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/HYPERTENSIONAHA.118.12499" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949374v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chass&#233;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Karras" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pallet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/abc.2018.1343" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949375v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Trystram" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Nataf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fouchard" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Knebelmann" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2017.08.016" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949376v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Balavoine" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HJH.0000000000001563" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153686v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couvineau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Iturrioz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2017.00120" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949377v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gr&#252;nfeld" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2017.01.018" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026087v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Philippine Clair" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rambaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guedj" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Guilbert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0172991" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949382v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0153176" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949379v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Loriot" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/pgs-2016-0146" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342059v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Metzger" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Haymann" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Boffa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0156433" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949380v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Vignon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Hummel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-H&#233;l&#232;ne No&#235;l" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000005047" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631032v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Alvear&#8208;perez" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;francois Margathe" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201600784R" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04949385v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duong Rada" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03920145v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347485v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sridevi M. Ramanoudjame" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Seguin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Rich&#233;" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>