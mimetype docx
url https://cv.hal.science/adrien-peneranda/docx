--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -638,434 +638,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PROCESSUS D'INNOVATION, RÉSEAUX ET USAGES D'INTERNET : Les éléments de la croissance du marché de la PME ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Du public aux commons regards croisés sur Ostrom et Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Business Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5539/ibr.v6n2p92⟩</w:t>
+              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ror.072.0024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01839496v1</w:t>
+                <w:t xml:space="preserve">hal-01322924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du public aux commons regards croisés sur Ostrom et Simon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PROCESSUS D'INNOVATION, RÉSEAUX ET USAGES D'INTERNET : Les éléments de la croissance du marché de la PME ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Peignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (2), </w:t>
+              <w:t xml:space="preserve">International Business Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ror.072.0024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5539/ibr.v6n2p92⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01322924v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01839496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digitizing the Public Organization: Information System Architecture as a Key Competency to Foster Innovation Capabilities in Public Administration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les stratégies de développement adoptées par les PME internationales. Le cas de PME méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Amabile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Rochet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Soulaimane Laghzaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Peignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Boudrandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Halduskultuur - The Estonian Journal of Administrative Culture and Digital Governance</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Business Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5539/ibr.v6n2p101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01986787v1</w:t>
+                <w:t xml:space="preserve">hal-01839487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les stratégies de développement adoptées par les PME internationales. Le cas de PME méditerranéennes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Digitizing the Public Organization: Information System Architecture as a Key Competency to Foster Innovation Capabilities in Public Administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Peignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephane Boudrandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Business Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Halduskultuur - The Estonian Journal of Administrative Culture and Digital Governance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Public Administration, Technology &amp; Innovation, 13 (1)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01839487v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1563,242 +1563,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Le Moigne. Pionnier de l'ingénierie des systèmes d'information organisationnels</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La formation professionnelle : le moteur de l'adaptation des organisations publiques au changement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions EMS. </w:t>
+              <w:t xml:space="preserve">Presses de l'EHESP. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les grands auteurs en systèmes d'information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Les grands auteurs en systèmes d'information, 2376871301</w:t>
+              <w:t xml:space="preserve">Fonction(s) publique(s) : le défi du changement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01986802v1</w:t>
+                <w:t xml:space="preserve">hal-01986833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La formation professionnelle : le moteur de l'adaptation des organisations publiques au changement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Jean-Louis Le Moigne. Pionnier de l'ingénierie des systèmes d'information organisationnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Amabile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Meissonier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Presses de l'EHESP. </w:t>
+              <w:t xml:space="preserve">Editions EMS. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fonction(s) publique(s) : le défi du changement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">Les grands auteurs en systèmes d'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Les grands auteurs en systèmes d'information, 2376871301</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986833v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Le Moigne, pionnier de l'Ingénierie des Systèmes d'Information Organisationnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Meissonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1909,51 +1909,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De quelle “action” les sciences de gestion nous parlent-elles ? Une analyse à l'aune des catégories de la vita activa de Hannah Arendt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Peignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2021,51 +2021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Couix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Amabile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Meissonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Peneranda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2503,51 +2503,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545614v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Colletis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isla" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Peneranda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0500" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02316277v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bagdassarian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13377" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069160v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buchs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Froger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13701" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875870v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Haller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.181.0011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986784v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839496v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Peignot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ibr.v6n2p92" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01322924v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.072.0024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986787v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rochet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839487v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaimane Laghzaoui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boudrandi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ibr.v6n2p101" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel de Corte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168945v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857105v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Espagno" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986806v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Espagno-Abadie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232196v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168946v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986802v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meissonier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986833v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766259v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01631273v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01525857v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809704v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=37341" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986821v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069181v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17497" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545614v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Colletis" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Fieux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Isla" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Peneranda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2020.0500" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02316277v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bagdassarian" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Baron" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13377" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069160v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Buchs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Froger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.13701" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875870v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Amabile" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Haller" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sim.181.0011" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986784v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01322924v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.072.0024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839496v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Peignot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ibr.v6n2p92" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01839487v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaimane Laghzaoui" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Boudrandi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ibr.v6n2p101" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986787v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rochet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739230v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel de Corte" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168945v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857105v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Espagno" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986806v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Espagno-Abadie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232196v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168946v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986833v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986802v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Meissonier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766259v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01631273v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01525857v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809704v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=37341" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986821v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069181v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17497" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>