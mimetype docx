--- v0 (2026-03-03)
+++ v1 (2026-03-29)
@@ -293,198 +293,181 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xingyu Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t>
+              <w:t xml:space="preserve">TALN 2024 - 31e Conférence sur le Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.9-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04622997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jargon: A Suite of Language Models and Evaluation Tasks for French Specialized Domains</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aidan Mannion</w:t>
+                <w:t xml:space="preserve">Growing Trees on Sounds: Assessing Strategies for End-to-End Dependency Parsing of Speech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pupier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Cristina Alonzo Canul</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérôme Goulian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Turin, Italy. pp.9463-9476</w:t>
+              <w:t xml:space="preserve">ACL 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Bangkok, Thailand. pp.225-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535557v1</w:t>
+                <w:t xml:space="preserve">hal-04672827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche par graphe pour l’analyse syntaxique en dépendances de bout en bout de la parole</w:t>
               </w:r>
@@ -509,51 +492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximin Coavoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Goulian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.234-244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -564,143 +547,160 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04623020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growing Trees on Sounds: Assessing Strategies for End-to-End Dependency Parsing of Speech</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jargon: A Suite of Language Models and Evaluation Tasks for French Specialized Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Segonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aidan Mannion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cristina Alonzo Canul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xingyu Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACL 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Bangkok, Thailand. pp.225-233</w:t>
+              <w:t xml:space="preserve">LREC-COLING 2024 - Joint International Conference on Computational Linguistics, Language Resources and Evaluation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Turin, Italy. pp.9463-9476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672827v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROPICTO : Développer des systèmes de traduction de la parole vers des séquences de pictogrammes pour améliorer l'accessibilité de la communication</w:t>
               </w:r>
@@ -930,239 +930,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une chaîne de traitements pour la simplification automatique de la parole et sa traduction automatique vers des pictogrammes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">End-to-End Dependency Parsing of Spoken French</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Pupier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximin Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Goulian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29e conférence sur le Traitement Automatique des Langues Naturelles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Interspeech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Acoustical Society of Korea, Sep 2022, Incheon, South Korea. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21437/Interspeech.2022-381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03701477v1</w:t>
+                <w:t xml:space="preserve">hal-03713551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">End-to-End Dependency Parsing of Spoken French</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une chaîne de traitements pour la simplification automatique de la parole et sa traduction automatique vers des pictogrammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Macaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucía Ormaechea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Pupier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Goulian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">29e conférence sur le Traitement Automatique des Langues Naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Avignon, France. pp.111-123</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03713551v1</w:t>
+                <w:t xml:space="preserve">hal-03701477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId34"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1317,51 +1317,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdravko Dugonji&#263;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622997v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segonne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonzo-Canul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Audibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Liu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535557v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cristina Alonzo Canul" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623020v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Goulian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672827v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208597v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ormaechea-Grijalba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Bouillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Esperan&#231;a-Rodier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Gerlach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283267v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ormaechea" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701477v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713551v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-381" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04592628v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zdravko Dugonji&#263;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622997v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segonne" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonzo-Canul" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Audibert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Liu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672827v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Goulian" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623020v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535557v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cristina Alonzo Canul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208597v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ormaechea-Grijalba" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Bouillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Esperan&#231;a-Rodier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Gerlach" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283267v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ormaechea" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713551v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2022-381" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701477v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>