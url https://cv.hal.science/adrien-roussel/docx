--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -861,516 +861,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04370966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Dependency Graph Discovery Impact on Task-based MPI+OpenMP Applications Performances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhancing productivity on heterogeneous supercomputers with task-based programming model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Boichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Gautier</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Ferat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52nd International Conference on Parallel Processing (ICPP 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM CSE 2023 - SIAM Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Amsterdam, Netherlands</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04136674v2</w:t>
+                <w:t xml:space="preserve">cea-03994014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generating and Scaling a Multi-Language Test-Suite for MPI</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hugo Taboada</w:t>
+                <w:t xml:space="preserve">Investigating Dependency Graph Discovery Impact on Task-based MPI+OpenMP Applications Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Carribault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroMPI'23</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3615318.3615329⟩</w:t>
+              <w:t xml:space="preserve">52nd International Conference on Parallel Processing (ICPP 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Salt Lake City, United States. pp.163-172, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3605573.3605602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04156064v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136674v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suspending OpenMP Tasks on Asynchronous Events: Extending the Taskwait Construct</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Pereira</w:t>
+                <w:t xml:space="preserve">Generating and Scaling a Multi-Language Test-Suite for MPI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Canat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maël Martin</w:t>
+                <w:t xml:space="preserve">Hugo Taboada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWOMP 23 - International Workshop on OpenMP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Bristol, United Kingdom. pp.66-80, </w:t>
+              <w:t xml:space="preserve">EuroMPI'23</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bristol, United Kingdom. pp.1-10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-40744-4_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3615318.3615329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04135481v2</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing productivity on heterogeneous supercomputers with task-based programming model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suspending OpenMP Tasks on Asynchronous Events: Extending the Taskwait Construct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Manuel Ferat</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Carribault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM CSE 2023 - SIAM Conference on Computational Science and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IWOMP 23 - International Workshop on OpenMP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Bristol, United Kingdom. pp.66-80, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-40744-4_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03994014v1</w:t>
+                <w:t xml:space="preserve">hal-04135481v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance improvements of parallel applications thanks to MPI-4.0 Hints</w:t>
               </w:r>
@@ -1382,51 +1382,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxim Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Taboada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1490,51 +1490,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing MPI+OpenMP task based applications for heterogenous architectures with GPU support</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Ferat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1650,51 +1650,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxim Moraru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Taboada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pérache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2476,51 +2476,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05112187v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pereira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Roussel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Carribault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2025.107933" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01396153v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gratien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2016020" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05493289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina Warnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P&#233;rache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Krajecki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05129111v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boichot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brunet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW66978.2025.00136" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04672564v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Adam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Besnard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jaeger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73370-3_6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370966v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miwako Tsuji" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuhisa Sato" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3636480.3637094" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136674v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3605573.3605602" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04156064v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Canat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Taboada" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3615318.3615329" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04135481v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Martin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40744-4_5" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03994014v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Boichot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ferat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Moraru" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD55451.2022.00038" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03749364v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz-Angelo Steffenel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15922-0_1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03322976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03284169v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85262-7_14" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902719v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58144-2_20" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177469v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Bispo Vieira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Capra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28596-8_16" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01343151v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01343442v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Virouleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Broquedis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rastello" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45550-1_5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05112187v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pereira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gautier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Roussel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Carribault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2025.107933" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01396153v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gratien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2016020" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05493289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mina Warnet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P&#233;rache" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Krajecki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05129111v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Boichot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Brunet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPDPSW66978.2025.00136" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04672564v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Adam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Besnard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jaeger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-73370-3_6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370966v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miwako Tsuji" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsuhisa Sato" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3636480.3637094" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03994014v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Boichot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ferat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136674v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3605573.3605602" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04156064v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Canat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Taboada" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3615318.3615329" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04135481v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Martin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-40744-4_5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793122v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Moraru" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jaillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBAC-PAD55451.2022.00038" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03749364v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz-Angelo Steffenel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-15922-0_1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03322976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03284169v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85262-7_14" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902719v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-58144-2_20" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177469v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Bispo Vieira" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Capra" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-28596-8_16" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01343151v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01343442v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Virouleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Broquedis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rastello" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45550-1_5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>