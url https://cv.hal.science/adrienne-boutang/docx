--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -455,174 +455,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03478729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Jeunes, je vous ai compris » : stratégies de ciblage dans les teen movies, des années 1950 à aujourd'hui »,</w:t>
+                <w:t xml:space="preserve">One of Us? From Bad Taste to Empathy, Otherness in Contemporary Hollywood Movies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches Semiotiques Semiotic Inquiry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Care et cinéma, 30 (1-2-3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1025923ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518378v1</w:t>
+                <w:t xml:space="preserve">hal-03561784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One of Us? From Bad Taste to Empathy, Otherness in Contemporary Hollywood Movies</w:t>
+                <w:t xml:space="preserve">« Jeunes, je vous ai compris » : stratégies de ciblage dans les teen movies, des années 1950 à aujourd'hui »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches Semiotiques Semiotic Inquiry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Temps des médias. Revue d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1025923ar⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03561784v1</w:t>
+                <w:t xml:space="preserve">hal-03518378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les adaptations de littérature jeunesse au cinéma.</w:t>
               </w:r>
@@ -1118,311 +1118,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03935486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ôter la perruque : Genèse et préhistoire du cinéma noir américain</w:t>
+                <w:t xml:space="preserve">Girls against Women: Contrasting Female Violence in Contemporary Young Adult Dystopias.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fernando Ganzo (ed.). </w:t>
+              <w:t xml:space="preserve">Routledge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BLACK LIGHT, Pour une histoire du cinéma noir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Capricci, 2020, 9791023903348</w:t>
+              <w:t xml:space="preserve">Women Who Kill: Gender and Sexuality in Film and Series of the Post-Feminist Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Women Who Kill : Gender and Sexuality in Film and Series of the Post-Feminist Era</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03507577v1</w:t>
+                <w:t xml:space="preserve">hal-03515577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crises d’adolescence ? Teenagers et séries au long cours.</w:t>
+                <w:t xml:space="preserve">Ce qui fait rire chez les zombies.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Sérialité à l’écran, Comprendre les séries anglophones,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">Zombie : mythe ou réalité ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9782376863076, 2376863074</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03518398v1</w:t>
+                <w:t xml:space="preserve">hal-03607236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce qui fait rire chez les zombies.</w:t>
+                <w:t xml:space="preserve">Ôter la perruque : Genèse et préhistoire du cinéma noir américain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fernando Ganzo (ed.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zombie : mythe ou réalité ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9782376863076, 2376863074</w:t>
+              <w:t xml:space="preserve">BLACK LIGHT, Pour une histoire du cinéma noir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Capricci, 2020, 9791023903348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03607236v1</w:t>
+                <w:t xml:space="preserve">hal-03507577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Girls against Women: Contrasting Female Violence in Contemporary Young Adult Dystopias.</w:t>
+                <w:t xml:space="preserve">Crises d’adolescence ? Teenagers et séries au long cours.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Women Who Kill: Gender and Sexuality in Film and Series of the Post-Feminist Era</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Women Who Kill : Gender and Sexuality in Film and Series of the Post-Feminist Era</w:t>
+              <w:t xml:space="preserve">La Sérialité à l’écran, Comprendre les séries anglophones,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03515577v1</w:t>
+                <w:t xml:space="preserve">hal-03518398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie devant soi, récits de formation chez Richard Linklater.</w:t>
               </w:r>
@@ -1557,100 +1557,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03517336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la distance érotique à la proximité charnelle : du corps féminin fétichisé au corps féminin comique</w:t>
+                <w:t xml:space="preserve">Sursauts et tremblements, les rouages de la peur.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parler le corps : réinvestir l'amour</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9782848676265</w:t>
+              <w:t xml:space="preserve">De Quoi avons-nous peur?Fear and Trembling, the Workings of Fear.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gallimard, 2018, De quoi avons-nous peur ?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03610036v1</w:t>
+                <w:t xml:space="preserve">hal-03519964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choisir sa position : Le cinéma contemporain face au pornographique</w:t>
               </w:r>
@@ -1703,96 +1699,100 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03525409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sursauts et tremblements, les rouages de la peur.</w:t>
+                <w:t xml:space="preserve">De la distance érotique à la proximité charnelle : du corps féminin fétichisé au corps féminin comique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Franche-Comté. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De Quoi avons-nous peur?Fear and Trembling, the Workings of Fear.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gallimard, 2018, De quoi avons-nous peur ?</w:t>
+              <w:t xml:space="preserve">Parler le corps : réinvestir l'amour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9782848676265</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519964v1</w:t>
+                <w:t xml:space="preserve">hal-03610036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les scènes primitives</w:t>
               </w:r>
@@ -2147,169 +2147,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03500151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Tu as tout vu à Omaha Beach » : la réception critique du Silence des agneaux et d’ll faut sauver le Soldat Ryan</w:t>
+                <w:t xml:space="preserve">Pour ce qu'il est : Roger Ebert, critique américain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'expérience du cinéma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 9782705691189</w:t>
+              <w:t xml:space="preserve">Les films à voir cette semaine. Stratégies de la critique de cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03525419v1</w:t>
+                <w:t xml:space="preserve">hal-03498789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pour ce qu'il est : Roger Ebert, critique américain</w:t>
+                <w:t xml:space="preserve">« Tu as tout vu à Omaha Beach » : la réception critique du Silence des agneaux et d’ll faut sauver le Soldat Ryan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Boutang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les films à voir cette semaine. Stratégies de la critique de cinéma</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">L'expérience du cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9782705691189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03498789v1</w:t>
+                <w:t xml:space="preserve">hal-03525419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2886,51 +2886,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948538v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Boutang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518382v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525953v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836335v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478729v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518378v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561784v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025923ar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478847v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03401687v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498762v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522499v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pavec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756814v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Bonhomme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Boissonneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=49864" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935486v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507577v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518398v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515577v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507536v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.post-editions.fr/RICHARD-LINKLATER-CINEASTE-DU-MOMENT.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517336v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610036v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525409v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519964v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643221v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cheron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523905v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Menegaldo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478662v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500151v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-nuit-des-morts-vivants/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525419v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498789v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478743v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151758v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435831v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Laborde" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Boni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;rijeau Lucie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03948538v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Boutang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518382v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525953v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836335v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478729v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561784v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1025923ar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518378v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478847v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03401687v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498762v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522499v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pavec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756814v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Bonhomme" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Boissonneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=49864" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935486v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515577v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607236v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507577v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518398v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03507536v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.post-editions.fr/RICHARD-LINKLATER-CINEASTE-DU-MOMENT.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517336v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519964v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525409v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610036v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643221v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cheron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523905v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Menegaldo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478662v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03500151v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-nuit-des-morts-vivants/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498789v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525419v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478743v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151758v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01435831v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Laborde" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Boni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;rijeau Lucie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836344v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>