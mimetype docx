--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1819,269 +1819,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Perioperative Validity of the Visual Analog Anxiety Scale in Children: A Discriminant and Useful Instrument in Routine Clinical Practice to Optimize Postoperative Pain Management</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etudes des modalités d’expression de la douleur chez les enfants avec troubles envahissants du développement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Rattaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Pry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaria Baghdadli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anesthesia &amp; Analgesia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin Scientifique de l'ARAPI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03620078v1</w:t>
+                <w:t xml:space="preserve">halshs-03681434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etudes des modalités d’expression de la douleur chez les enfants avec troubles envahissants du développement.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Perioperative Validity of the Visual Analog Anxiety Scale in Children: A Discriminant and Useful Instrument in Routine Clinical Practice to Optimize Postoperative Pain Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bringuier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dadure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Scientifique de l'ARAPI</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Anesthesia &amp; Analgesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 109 (3), pp.737-744. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1213/ane.0b013e3181af00e4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03681434v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de la douleur chez le bébé de moins de 36 mois : application du modèle de Rasch</w:t>
               </w:r>
@@ -2476,204 +2476,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05251148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place d'activités assistées par le cheval auprès de résidents d'EHPAD à besoins spécifiques</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Douleur induite par les soins et manipulations quotidiennes dans les établissements accueillant des enfants présentant une atteinte motrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Internationales de Psychologie Différentielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes 2; Université de Brest, Jul 2024, Rennes (Campus Villejean), France</w:t>
+              <w:t xml:space="preserve">10ème journées médicales « La spécificité de l’accompagnement médical des personnes polyhandicapées »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CESAP, Oct 2024, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05014444v1</w:t>
+                <w:t xml:space="preserve">hal-05016380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douleur induite par les soins et manipulations quotidiennes dans les établissements accueillant des enfants présentant une atteinte motrice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mise en place d'activités assistées par le cheval auprès de résidents d'EHPAD à besoins spécifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Apremont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Varier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème journées médicales « La spécificité de l’accompagnement médical des personnes polyhandicapées »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CESAP, Oct 2024, Brest, France</w:t>
+              <w:t xml:space="preserve">Journées Internationales de Psychologie Différentielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes 2; Université de Brest, Jul 2024, Rennes (Campus Villejean), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05016380v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05014444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douleur induite chez les enfants avec paralysie cérébrale suivis en établissement pédiatrique</w:t>
               </w:r>
@@ -3479,51 +3479,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet de l’âge et de la maladie d’Alzheimer sur les capacités cognitives chez des personnes avec trisomie 21 vieillissantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Auffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Duret Mélissandre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3555,290 +3555,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04299273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douleur et inconfort induits par les soins chez les enfants en situation de handicap : démarche et méthodologie</w:t>
+                <w:t xml:space="preserve">Evaluation des mécanismes neurophysiologiques de la douleur chez des adultes avec autisme sans retard mental</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boudjarane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Le Fur Bonnabesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bodéré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. L'Heveder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28ème Congrès de la Société Française de neuropédatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFNP, Jan 2018, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Xe conférence de psychologie de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFPSA, Jun 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01885244v1</w:t>
+                <w:t xml:space="preserve">hal-01885223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation des mécanismes neurophysiologiques de la douleur chez des adultes avec autisme sans retard mental</w:t>
+                <w:t xml:space="preserve">La douleur chez l’enfant atteint de trouble du spectre autistique (TSA).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xe conférence de psychologie de la santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFPSA, Jun 2018, Metz, France</w:t>
+              <w:t xml:space="preserve">Société Française d'Étude et de Traitement de la Douleur (SFEDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01885223v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03681731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La douleur chez l’enfant atteint de trouble du spectre autistique (TSA).</w:t>
+                <w:t xml:space="preserve">Douleur et inconfort induits par les soins chez les enfants en situation de handicap : démarche et méthodologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française d'Étude et de Traitement de la Douleur (SFEDT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">28ème Congrès de la Société Française de neuropédatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFNP, Jan 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03681731v1</w:t>
+                <w:t xml:space="preserve">hal-01885244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurophysiological mechanisms of pain in autism</w:t>
               </w:r>
@@ -4788,90 +4788,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurophysiological mechanisms of pain and sensory processing in autism spectrum disorders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Boudjarane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas L'Heveder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bodéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EACD</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, BRUGES, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4909,77 +4909,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement de l’information sensorielle et mécanismes neurophysiologiques de la douleur chez des adultes avec autisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Apremont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bodéré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Journées internationales de psychologie différentielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes (Campus Villejean), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5004,51 +5004,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse longitudinale des niveaux d'efficience cognitive, de dépression et d'autonomie chez des personnes âgées avec ou sans déficience intellectuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Auffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5194,77 +5194,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurophysiological mechanisms of pain in autism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Boudjarane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Le Fur Bonnabesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. L'Heveder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5800,51 +5800,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Demas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bouvier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Le Goff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carcreff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2025-105076" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318639v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Cornec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Plantier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brasseur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtois-Communier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brochard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpain.2025.105554" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147404v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dubois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hall" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cacioppo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.07726-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618510v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Houx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pons" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Saudreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Creusat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.10.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475258v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boudjarane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Fur-Bonnabesse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dion" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L&#8217;heveder" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-019-04361-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429013v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.12.004" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02127792v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Le Fur Bonnabesse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cabon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas L&#8217;heveder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kermarrec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Quinio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-023742" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792480v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Michelon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rattaz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zabalia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaria Baghdadli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2017.01.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JVZFGB5-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01883766v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Bourseul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bu&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.04.009" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01883768v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Viellard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poinso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2013.06.011" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01884998v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ayanouglou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pernon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baghdadli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2011.10.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F45FT83N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01883774v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capdevila" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bringuier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpain.2009.10.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BGZXT3C1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01884975v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/749275" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03620078v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dadure" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Picot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1213/ane.0b013e3181af00e4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681434v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03620071v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2009.03.005" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MN8J3SGM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03620061v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capdevilla" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmn.2007.10.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6LFH3VW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681439v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Az&#233;ma" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251148v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014444v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auffray" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Apremont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Varier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016380v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147486v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147476v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147427v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016385v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147433v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681703v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brasseur Arnaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147464v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299273v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duret M&#233;lissandre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885244v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885223v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boudjarane" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L'Heveder" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681731v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01890528v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Boudjarane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas L'Heveder" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Quinio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885045v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885265v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Walter" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885273v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885325v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rattaz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885329v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01886831v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520548v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Moine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtois Communier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016393v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Marchand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016396v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299222v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429001v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038437v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Le Fur Bonnabesse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681409v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3187" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885009v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681453v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318647v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Demas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bouvier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Le Goff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Carcreff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2025-105076" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318639v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Cornec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Plantier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brasseur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtois-Communier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brochard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpain.2025.105554" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147404v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dubois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hall" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cacioppo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23736/S1973-9087.23.07726-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618510v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Houx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pons" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Saudreau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Creusat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2020.10.002" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475258v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boudjarane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Fur-Bonnabesse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dion" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L&#8217;heveder" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-019-04361-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429013v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2018.12.004" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02127792v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Le Fur Bonnabesse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Cabon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas L&#8217;heveder" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Kermarrec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Quinio" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-023742" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792480v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Michelon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rattaz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Zabalia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaria Baghdadli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ridd.2017.01.003" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JVZFGB5-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01883766v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Bourseul" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bu&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.04.009" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01883768v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Viellard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Poinso" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2013.06.011" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01884998v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ayanouglou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pernon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baghdadli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurenf.2011.10.003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F45FT83N-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01883774v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capdevila" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bringuier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpain.2009.10.013" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BGZXT3C1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01884975v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2010/749275" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681434v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03620078v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dadure" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Picot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1213/ane.0b013e3181af00e4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03620071v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2009.03.005" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MN8J3SGM-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03620061v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Capdevilla" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pmn.2007.10.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X6LFH3VW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681439v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Az&#233;ma" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251148v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016380v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Auffray" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Apremont" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Varier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147486v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtois" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147476v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147427v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016385v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147433v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681703v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brasseur Arnaud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147464v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299273v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duret M&#233;lissandre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885223v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Boudjarane" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bod&#233;r&#233;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. L'Heveder" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681731v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885244v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01890528v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Boudjarane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas L'Heveder" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Quinio" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885045v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885265v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Walter" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885273v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885325v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rattaz" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885329v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885334v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01886831v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05520548v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Moine" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtois Communier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016393v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Marchand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016396v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299222v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429001v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038437v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Le Fur Bonnabesse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681409v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3187" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01885009v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03681453v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>