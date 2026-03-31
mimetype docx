--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1247,563 +1247,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review article: associations between immune activation, intestinal permeability and the irritable bowel syndrome</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spinal cord plasticity and acid‐sensing ion channels involvement in a rodent model of irritable bowel syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gelot</w:t>
+                <w:t xml:space="preserve">Julien Matricon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Piche</w:t>
+                <w:t xml:space="preserve">Monique Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dapoigny</w:t>
+                <w:t xml:space="preserve">Michel Lazdunski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alimentary Pharmacology &amp; Therapeutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 36 (11-12), pp.1009-1031. </w:t>
+              <w:t xml:space="preserve">European Journal of Pain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (4), pp.335-343. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/apt.12080⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpain.2010.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04317395v1</w:t>
+                <w:t xml:space="preserve">hal-04320320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spinal cord plasticity and acid‐sensing ion channels involvement in a rodent model of irritable bowel syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Review article: associations between immune activation, intestinal permeability and the irritable bowel syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Matricon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meleine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Matricon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Agathe Gelot</w:t>
+                <w:t xml:space="preserve">A. Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Etienne</w:t>
+                <w:t xml:space="preserve">T. Piche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lazdunski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilie Muller</w:t>
+                <w:t xml:space="preserve">M. Dapoigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 15 (4), pp.335-343. </w:t>
+              <w:t xml:space="preserve">Alimentary Pharmacology &amp; Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 36 (11-12), pp.1009-1031. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejpain.2010.08.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/apt.12080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04320320v1</w:t>
+                <w:t xml:space="preserve">hal-04317395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacological Studies of Ten Medicinal Plants Used for Analgesic Purposes in Congo Brazzaville</w:t>
+                <w:t xml:space="preserve">T-type calcium channels contribute to colonic hypersensitivity in a rat model of irritable bowel syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Makambila-</w:t>
+                <w:t xml:space="preserve">Fabrice Marger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Gelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Alloui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Matricon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Mbatchi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cindy Henrion</w:t>
+                <w:t xml:space="preserve">Juan Ferrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3923/ijp.2011.608.615⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (27), pp.11268-11273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1100869108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04892734v1</w:t>
+                <w:t xml:space="preserve">hal-04320275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T-type calcium channels contribute to colonic hypersensitivity in a rat model of irritable bowel syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pharmacological Studies of Ten Medicinal Plants Used for Analgesic Purposes in Congo Brazzaville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Makambila-</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Mbatchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Marger</w:t>
+                <w:t xml:space="preserve">Denis Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Ferrer</w:t>
+                <w:t xml:space="preserve">Cindy Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 108 (27), pp.11268-11273. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (5), pp.608-615. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.1100869108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3923/ijp.2011.608.615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04320275v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04892734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crohnʼs disease-associated Escherichia coli LF82 aggravates colitis in injured mouse colon via signaling by flagellin</w:t>
               </w:r>
@@ -1917,295 +1917,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03516742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tarantula peptide against pain via ASIC1a channels and opioid mechanisms.</w:t>
+                <w:t xml:space="preserve">Lactobacillus acidophilus modulates intestinal pain and induces opioid and cannabinoid receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Mazzuca</w:t>
+                <w:t xml:space="preserve">Christel Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Heurteaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdelkrim Alloui</w:t>
+                <w:t xml:space="preserve">Xavier Thuru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Gelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Barnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Diochot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Baron</w:t>
+                <w:t xml:space="preserve">Christel Neut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nn1940⟩</w:t>
+              <w:t xml:space="preserve">Nature Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 13 (1), pp.35-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nm1521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00171736v1</w:t>
+                <w:t xml:space="preserve">hal-02667010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus acidophilus modulates intestinal pain and induces opioid and cannabinoid receptors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A tarantula peptide against pain via ASIC1a channels and opioid mechanisms.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Mazzuca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Rousseaux</w:t>
+                <w:t xml:space="preserve">Catherine Heurteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkrim Alloui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Thuru</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Barnich</w:t>
+                <w:t xml:space="preserve">Sylvie Diochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Neut</w:t>
+                <w:t xml:space="preserve">Anne Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 13 (1), pp.35-37. </w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 10 (8), pp.943-945. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nm1521⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nn1940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667010v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00171736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive involvement of brain derived neurotrophic factor, nerve growth factor, and calcitonin gene related peptide in colonic hypersensitivity in the rat</w:t>
               </w:r>
@@ -2217,51 +2217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Delafoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Ardid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Eschalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2319,634 +2319,634 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biochemical, cellular and pharmacological activities of a human neuropeptide FF-related peptide</w:t>
+                <w:t xml:space="preserve">Antisense oligonucleotides to human SQA-neuropeptide FF decrease morphine tolerance and dependence in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Honoré Mazarguil</w:t>
+                <w:t xml:space="preserve">Bernard Francés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Dupuy</w:t>
+                <w:t xml:space="preserve">Sophie Gicquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Francés</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Marie Zajac</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1998, 354 (2-3), pp.167-172</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1998, 358 (3), pp.203-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0014-2999(98)00625-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04888674v1</w:t>
+                <w:t xml:space="preserve">hal-04889514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antisense oligonucleotides to human SQA-neuropeptide FF decrease morphine tolerance and dependence in mice</w:t>
+                <w:t xml:space="preserve">Anti-opioid efficacy of Neuropeptide FF in morphine-tolerant mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Zajac</w:t>
+                <w:t xml:space="preserve">Bernard Frances</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Roussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0014-2999(98)00625-6⟩</w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 808 (2), pp.166-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0006-8993(98)00665-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04889514v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-opioid efficacy of Neuropeptide FF in morphine-tolerant mice</w:t>
+                <w:t xml:space="preserve">Biochemical, cellular and pharmacological activities of a human neuropeptide FF-related peptide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Roussin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Honoré Mazarguil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Francés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Gouardères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 354 (2-3), pp.167-172</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04887775v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central Effects of Neuropeptide FF on Intestinal Motility in Naive and Morphine-dependent Rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Agathe Gelot</w:t>
+                <w:t xml:space="preserve">Central effects of neuropeptide FF on intestinal motility in naive and morphine-dependent rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fioramonti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Buéno</w:t>
+                <w:t xml:space="preserve">J.M. Zajac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Bueno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropeptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 29 (5), pp.245-250. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 1995, 29, pp.245-250</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04887753v1</w:t>
+                <w:t xml:space="preserve">hal-02706947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Central effects of neuropeptide FF on intestinal motility in naive and morphine-dependent rats</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Gelot</w:t>
+                <w:t xml:space="preserve">Central Effects of Neuropeptide FF on Intestinal Motility in Naive and Morphine-dependent Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Fioramonti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lionel Bueno</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Zajac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Buéno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropeptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1995, 29, pp.245-250</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 1995, 29 (5), pp.245-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0143-4179(95)90032-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02706947v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2977,64 +2977,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction of mu opioid and cannabinoid receptors by probiotics: A new mechanism of regulation of visceral pain perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rousseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Thuru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Barnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3188,51 +3188,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2E57594E"/>
+    <w:nsid w:val="335135A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3419,51 +3419,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agathe-gelot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7884-6968" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03987265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Mallaret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Meleine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Boudieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barbier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v28.i29.3903" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02884871v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Defaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Baudu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Meynier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66156-w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317240v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gelot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2017.1361091" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636301v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v22.i31.7111" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317301v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Scanzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accarie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Muller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aissouni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.12860" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263911v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Miquel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mart&#237;n" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lashermes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meleine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep19399" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370536v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerckhove" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Alloui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barr&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2012.10.023" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317379v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Matricon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Etienne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.12199" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317395v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gelot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Piche" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dapoigny" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apt.12080" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320320v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Matricon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Etienne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lazdunski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpain.2010.08.005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892734v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Makambila-" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mbatchi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ardid" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Henrion" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3923/ijp.2011.608.615" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320275v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ferrer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100869108" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516742v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Antonio Carvalho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barnich" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauvanet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Darcha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/IBD.20423" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171736v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mazzuca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Heurteaux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Diochot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baron" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn1940" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667010v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Rousseaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thuru" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Neut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm1521" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889830v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Delafoy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Eschalier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bertrand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gut.2005.064063" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888674v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Mazarguil" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Dupuy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Franc&#233;s" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gouard&#232;res" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889514v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gicquel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Zajac" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-2999(98)00625-6" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5FPZKJ3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04887775v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Frances" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roussin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0006-8993(98)00665-9" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD10H98X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04887753v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fioramonti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bu&#233;no" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0143-4179(95)90032-2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3TTDRF5W-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706947v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Zajac" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bueno" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873654v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rousseaux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barnich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neut" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00054725-200705001-00035" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agathe-gelot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7884-6968" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03987265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Mallaret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Meleine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Boudieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barbier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v28.i29.3903" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02884871v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Defaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Baudu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Meynier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-66156-w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317240v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gelot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2017.1361091" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636301v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Muller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3748/wjg.v22.i31.7111" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317301v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Scanzi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Accarie" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Muller" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aissouni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.12860" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01263911v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Miquel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mart&#237;n" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lashermes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meleine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep19399" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370536v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Kerckhove" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Alloui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barr&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pain.2012.10.023" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317379v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Matricon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Etienne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nmo.12199" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320320v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Matricon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Etienne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lazdunski" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpain.2010.08.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317395v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gelot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Piche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dapoigny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apt.12080" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320275v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Ferrer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1100869108" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04892734v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Makambila-" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mbatchi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ardid" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Henrion" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3923/ijp.2011.608.615" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03516742v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Antonio Carvalho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barnich" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sauvanet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Darcha" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/IBD.20423" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667010v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Rousseaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Thuru" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Neut" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nm1521" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171736v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mazzuca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Heurteaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Diochot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baron" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn1940" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04889830v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Delafoy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Eschalier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bertrand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gut.2005.064063" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889514v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Franc&#233;s" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gicquel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Zajac" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-2999(98)00625-6" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H5FPZKJ3-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04887775v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Frances" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Roussin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0006-8993(98)00665-9" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD10H98X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04888674v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Honor&#233; Mazarguil" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Dupuy" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gouard&#232;res" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02706947v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fioramonti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Zajac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bueno" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04887753v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bu&#233;no" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0143-4179(95)90032-2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3TTDRF5W-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873654v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rousseaux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barnich" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Neut" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/00054725-200705001-00035" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>