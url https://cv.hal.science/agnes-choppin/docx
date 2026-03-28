--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -512,273 +512,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04751642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A matrix therapy to optimize extracellular vesicle-based therapy in the treatment of transient ischemic stroke</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Toutain</w:t>
+                <w:t xml:space="preserve">Screening Anti-Fibrotic Drugs Using Primary Human Pulmonary Fibroblasts: A Cell Migration and Gene Expression Assay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Perdigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanan Osman-Ponchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Renoult</w:t>
+                <w:t xml:space="preserve">Agnès Choppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dulce Papy-Garcia</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Franck Chiapini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'Ecole Doctorale nBISE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Caen, France</w:t>
+              <w:t xml:space="preserve">LIVe 2024-Lung In Vitro event for innovative &amp; predictive models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684060v1</w:t>
+                <w:t xml:space="preserve">hal-04751748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening Anti-Fibrotic Drugs Using Primary Human Pulmonary Fibroblasts: A Cell Migration and Gene Expression Assay</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hanan Osman-Ponchet</w:t>
+                <w:t xml:space="preserve">A matrix therapy to optimize extracellular vesicle-based therapy in the treatment of transient ischemic stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ons Ben Hadj Hassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Razafindrakoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Choppin</w:t>
+                <w:t xml:space="preserve">Charlène Renoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Chiapini</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dulce Papy-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LIVe 2024-Lung In Vitro event for innovative &amp; predictive models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Nice, France</w:t>
+              <w:t xml:space="preserve">Journées de l'Ecole Doctorale nBISE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04751748v1</w:t>
+                <w:t xml:space="preserve">hal-04684060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1465,51 +1465,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991189v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merel Gansevoort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wentholt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Li Vecchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein de Vries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elly M M Versteeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfb16020051" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Ben Hadj Hassen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Razafindrakoto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Toutain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Blanchard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ivanova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751642v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Perdigon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barthe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Osman-Ponchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Choppin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chiappini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04684060v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Renoult" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Papy-Garcia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751748v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Choppin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chiapini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751558v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Th&#233;not" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rogers" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Chiara Guerrera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751706v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Metatla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04683722v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Audebert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Douy&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B&#233;cam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Beaufils" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991189v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merel Gansevoort" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Wentholt" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Li Vecchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolein de Vries" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elly M M Versteeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jfb16020051" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080098v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Ben Hadj Hassen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Razafindrakoto" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Toutain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Blanchard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Ivanova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751642v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Perdigon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Barthe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanan Osman-Ponchet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Choppin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chiappini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751748v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Choppin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chiapini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04684060v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Renoult" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce Papy-Garcia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751558v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Th&#233;not" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885406v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rogers" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Chiara Guerrera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751706v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Metatla" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04683722v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Audebert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Douy&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie B&#233;cam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Beaufils" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brunaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>