--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -399,299 +399,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les bois et les objets composites (bois-métal) de la fouille du parking Anatole France à Tours (Indre-et-Loire)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les lieux de sépultures dans l’Antiquité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mille</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+                <w:t xml:space="preserve">Philippe Salé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 53</w:t>
+              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Atlas archéologique de touraine, 53, http://a2t.univ-tours.fr/notice.php?id=113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01255081v1</w:t>
+                <w:t xml:space="preserve">hal-01108365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epeigné-les-Bois (37), « Les Allets », et Saint-Georges-sur-Cher (41) « Le Marchais Rond » : un établissement rural de l'âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Atlas archéologique de touraine, 53, http://a2t.univ-tours.fr/notice.php?id=233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01252998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lieux de sépultures dans l’Antiquité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les bois et les objets composites (bois-métal) de la fouille du parking Anatole France à Tours (Indre-et-Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand N. Moine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Salé</w:t>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique du Centre de la France - Suppléments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Atlas archéologique de touraine, 53, http://a2t.univ-tours.fr/notice.php?id=113</w:t>
+              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01108365v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01255081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athée-sur-Cher, &amp;quot;La Pièce de la Colasserie&amp;quot; : des bâtiments agricoles antiques</w:t>
               </w:r>
@@ -992,234 +992,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ville en chantier, trente glorieuses sans archéologie préventive</w:t>
+                <w:t xml:space="preserve">Devenir de vestiges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in Emilie Trébuchet, Nicolas Fouillet (Dir). Creuser l'image. Archéologie et photographie à Tours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp. 199-206, 2024, 9782869069220</w:t>
+              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp. 166-167, 2024, 9782869069220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05160059v1</w:t>
+                <w:t xml:space="preserve">halshs-05160061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Devenir de vestiges</w:t>
+                <w:t xml:space="preserve">La ville en ruine, stratigraphie d'un conflit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in Emilie Trébuchet, Nicolas Fouillet (Dir). Creuser l'image. Archéologie et photographie à Tours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp. 166-167, 2024, 9782869069220</w:t>
+              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp. 155-166, 2024, 9782869069220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05160061v1</w:t>
+                <w:t xml:space="preserve">halshs-05160057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ville en ruine, stratigraphie d'un conflit</w:t>
+                <w:t xml:space="preserve">La ville en chantier, trente glorieuses sans archéologie préventive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in Emilie Trébuchet, Nicolas Fouillet (Dir). Creuser l'image. Archéologie et photographie à Tours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp. 155-166, 2024, 9782869069220</w:t>
+              <w:t xml:space="preserve">, Presses universitaires François-Rabelais, pp. 199-206, 2024, 9782869069220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05160057v1</w:t>
+                <w:t xml:space="preserve">halshs-05160059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parkings souterrains à la pelle</w:t>
               </w:r>
@@ -1922,77 +1922,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tours, parking souterrain Anatole France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in V. Serna (dir.) : La Loire dessus .. dessous, archéologie d'un fleuve de l'âge du Bronze à nos jours : catalogue d'exposition (Cosne - Cours-sur-Loire, 18 sept.-24 déc. 2010 ; Châteauneuf-sur-Loire, 16 avril-31 août 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Faton, pp.138-140, 2010, 978-2-87844-139-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2841,511 +2841,511 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre Val-de Loire, Indre-et-Loire, Amboise, 3 rue Rouget de Lisle. Amboise, oppidum des Châtelliers : du sanctuaire gaulois au sanctuaire antique (100 av. – 70 ap. J.-C.). Rapport de fouille archéologique.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Marie Laruaz</w:t>
+                <w:t xml:space="preserve">PCR AMBACIA, autorisation triennale 2024-2026, 1ere année. Rapport de Projet Collectif de Recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Boislève</w:t>
+                <w:t xml:space="preserve">Astrid Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France; SADIL/CD37. 2025, 2 vol. (521 p. ; 995 p.)</w:t>
+              <w:t xml:space="preserve">Conseil départemental d'Indre-et-Loire; Inrap; Eveha. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210799v1</w:t>
+                <w:t xml:space="preserve">hal-04928063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, Rue Victor Hugo et Racine. Rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, ZA La Boitardière ouest, rapport de diagnostic archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cécile Bébien-Dabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...37 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (110 p.)</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (124 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160076v1</w:t>
+                <w:t xml:space="preserve">hal-05160071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR AMBACIA, autorisation triennale 2024-2026, 1ere année. Rapport de Projet Collectif de Recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, Rue Victor Hugo et Racine. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrid Baudoin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+                <w:t xml:space="preserve">Michel Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bébien-Dabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Conseil départemental d'Indre-et-Loire; Inrap; Eveha. 2025</w:t>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (110 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04928063v1</w:t>
+                <w:t xml:space="preserve">hal-05160076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, ZA La Boitardière ouest, rapport de diagnostic archéologique</w:t>
+                <w:t xml:space="preserve">Centre Val-de Loire, Indre-et-Loire, Amboise, 3 rue Rouget de Lisle. Amboise, oppidum des Châtelliers : du sanctuaire gaulois au sanctuaire antique (100 av. – 70 ap. J.-C.). Rapport de fouille archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Bébien-Dabek</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+                <w:t xml:space="preserve">Julien Boislève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gardère</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (124 p.)</w:t>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France; SADIL/CD37. 2025, 2 vol. (521 p. ; 995 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160071v1</w:t>
+                <w:t xml:space="preserve">hal-05210799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR AMBACIA, année probatoire 2023. Rapport de Projet Collectif de Recherche</w:t>
               </w:r>
@@ -3462,51 +3462,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centre Val-de-Loire, Loir-et-Cher, Vendôme, 6 rue Saint-Jacques. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Deloze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3580,51 +3580,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Chambon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3929,51 +3929,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2018, 1 vol. (166 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -4115,165 +4115,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04204198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise (Indre-et-Loire), 7 rue Rouget de l'Isle. Construction d'une extension : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Projet d'extension de la zone d'aménagement concertée de la Loge, Tranche 1, Phase 1. Azay-le-Rideau, &amp;quot;Les Grandes Coutures&amp;quot;. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2017, 1 vol. (53 p.)</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2017, 1 vol. (37 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05160074v1</w:t>
+                <w:t xml:space="preserve">hal-05209611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occupation du plateau au nord de la Loire à Tours (Indre-et-Loire), entre Choisille et Bédoire du Ve s. av. n.-è. au Ier s. de n.-è.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Lusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4329,192 +4286,235 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Inrap, Sadil. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01588428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet d'extension de la zone d'aménagement concertée de la Loge, Tranche 1, Phase 1. Azay-le-Rideau, &amp;quot;Les Grandes Coutures&amp;quot;. Rapport de diagnostic archéologique.</w:t>
+                <w:t xml:space="preserve">Amboise (Indre-et-Loire), 7 rue Rouget de l'Isle. Construction d'une extension : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2017, 1 vol. (37 p.)</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2017, 1 vol. (53 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05209611v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centre - Val de Loire, Indre-et-Loire, Azay-le-Rideau, rue du stade. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2017, 1 vol. (45 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -4530,616 +4530,616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05209610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR Plateau de Tours Nord Rapport 2015</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Descartes (Indre-et-Loire), Marchais des Sables. Les occupations du Magdalénien et du Néolithique ; les établissements ruraux de la Tène finale (80 av. à 10/15 ap. J.-C.) et du Haut-Empire (IIe - IIIe s. ap. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Université François Rabelais. 2016</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2016, 1 vol. (491 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01282690v1</w:t>
+                <w:t xml:space="preserve">hal-04504394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Descartes (Indre-et-Loire), Marchais des Sables. Les occupations du Magdalénien et du Néolithique ; les établissements ruraux de la Tène finale (80 av. à 10/15 ap. J.-C.) et du Haut-Empire (IIe - IIIe s. ap. J.-C.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PCR Plateau de Tours Nord Rapport 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2016, 1 vol. (491 p.)</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Troubady</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université François Rabelais. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04504394v1</w:t>
+                <w:t xml:space="preserve">halshs-01282690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déviation de Vendôme, tronçon 4. Villérable, sainte-Anne, Vendôme (Loir-et-Cher). Rapport de diagnostic archéologique.</w:t>
+                <w:t xml:space="preserve">Projet de construction d'un lotissement de quatre maisons. Tours, Indre-et-Loire, rue de La Pierre. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2015, 1 vol. (69 p.)</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2015, 1 vol. (35 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05209401v1</w:t>
+                <w:t xml:space="preserve">hal-05209605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinq-Mars-la-Pile, Indre-et-Loire, &amp;quot;Les Rimonières&amp;quot;. Rapport de diagnostic archéologique.</w:t>
+                <w:t xml:space="preserve">Déviation de Vendôme, tronçon 4. Villérable, sainte-Anne, Vendôme (Loir-et-Cher). Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Deloze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Ben Nejma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Fourré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2015, 1 vol (54 p.)</w:t>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2015, 1 vol. (69 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05209181v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05209401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet de construction d'un lotissement de quatre maisons. Tours, Indre-et-Loire, rue de La Pierre. Rapport de diagnostic archéologique.</w:t>
+                <w:t xml:space="preserve">Cinq-Mars-la-Pile, Indre-et-Loire, &amp;quot;Les Rimonières&amp;quot;. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2015, 1 vol. (35 p.)</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Deloze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mortreau Joël</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2015, 1 vol (54 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05209605v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05209181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet de construction d'un immeuble. Tours, Indre-et-Loire, 7 impasse Henri IV. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2015, 1 vol. (33 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5196,51 +5196,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Godignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5288,51 +5288,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barrou, Indre-et-Loire, Rue des Jardins. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Landreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5419,51 +5419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Deloze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5682,51 +5682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nasser Djemmali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5922,64 +5922,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2013, 1 vol. (316 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6031,51 +6031,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Barthélemy-Sylvand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6285,51 +6285,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suèvres, Loir-et-Cher. Diagnostic au lieu-dit &amp;quot;La Croix Rouge&amp;quot;. Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Irribarria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6407,90 +6407,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Etienne-de-Chigny, Indre-et-Loire, Les Terres Noires. Vestiges d'un établissement rural antique (du Ier s. av. J.-C. au IIIe s. ap. J.-C.). Rapport de fouille archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Trébuchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gisèle Allenet de Ribemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2012, 1 vol. (208p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -6589,119 +6589,149 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05209485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Riche, Indre-et-Loire, ZAC Saint-François. Etude documentaire.</w:t>
+                <w:t xml:space="preserve">Saint-Etienne-de-Chigny, Indre-et-Loire, &amp;quot;Les Terres Noires&amp;quot;, &amp;quot;Les Tesnières&amp;quot;, &amp;quot;Les Terres Rouges&amp;quot;. Les occupations protohistoriques, antique et médiévale. Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2010, 1 vol. (33 p.)</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Trébuchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2010, 1 vol. 84 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05209393v1</w:t>
+                <w:t xml:space="preserve">hal-05208932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tours, Indre-et-Loire, « Champ Chardon » : Etablissements ruraux de la Tène finale (180-50 av. J.-C.) et du Haut-Empire (Ier-IIIe s. ap. J.-C.). rapport de fouille.</w:t>
               </w:r>
@@ -6713,51 +6743,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cambou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6803,728 +6833,655 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05210682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Etienne-de-Chigny, Indre-et-Loire, &amp;quot;Les Terres Noires&amp;quot;, &amp;quot;Les Tesnières&amp;quot;, &amp;quot;Les Terres Rouges&amp;quot;. Les occupations protohistoriques, antique et médiévale. Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">La Riche, Indre-et-Loire, ZAC Saint-François. Etude documentaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2010, 1 vol. 84 p</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Badey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nasser Djemmali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2010, 1 vol. (33 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05208932v1</w:t>
+                <w:t xml:space="preserve">hal-05209393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amboise, 26 chemin de Ville David (Indre-et-Loire). Rapport de diagnostic archéologique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tours (Indre-et-Loire). 19-25 rue Berthelot. Etude documentaire préalable à un diagnostic archéologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Munos Matthieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2009, 1 vol. (24 p.)</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2009, 1 vol. (50 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05209593v1</w:t>
+                <w:t xml:space="preserve">hal-05209458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esvres-sur-Indre &amp;quot;Vallée de Beaulieu&amp;quot; Les jardins du Vallon 2 (Indre-et-Loire 37). Rapport de fouille.</w:t>
+                <w:t xml:space="preserve">Tours (Indre-et-Loire) ; 19-25, rue Berthelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2009, 1 vol. (188 p.)</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2009, pp.50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05210691v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01806597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tours (Indre-et-Loire). 19-25 rue Berthelot. Etude documentaire préalable à un diagnostic archéologique.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Esvres-sur-Indre &amp;quot;Vallée de Beaulieu&amp;quot; Les jardins du Vallon 2 (Indre-et-Loire 37). Rapport de fouille.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Irribarria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2009, 1 vol. (188 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Champagne</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-05209458v1</w:t>
+                <w:t xml:space="preserve">hal-05210691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tours (Indre-et-Loire) ; 19-25, rue Berthelot</w:t>
+                <w:t xml:space="preserve">Amboise, 26 chemin de Ville David (Indre-et-Loire). Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Pichon</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Munos</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2009, pp.50</w:t>
+                <w:t xml:space="preserve">Laurent Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2009, 1 vol. (24 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01806597v1</w:t>
+                <w:t xml:space="preserve">hal-05209593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vineuil ZAC des &amp;quot;Sablons&amp;quot;, &amp;quot;La Feuillarde&amp;quot; (Loir-et-Cher 41). Rapport de diagnostic archéologique.</w:t>
+                <w:t xml:space="preserve">Saint-Dyé-sur-Loire &amp;quot;Rue de Chambord et rue du Mail&amp;quot; (Loir-et-Cher, 41). Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Couvin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2007, pp.1 vol</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2007, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210704v1</w:t>
+                <w:t xml:space="preserve">hal-05209573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suèvres Les Sables (Loir-et-Cher), rapport de fouille archéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7580,136 +7537,179 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2007, 2 vol. (309 p., 221 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05160079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Dyé-sur-Loire &amp;quot;Rue de Chambord et rue du Mail&amp;quot; (Loir-et-Cher, 41). Rapport de diagnostic archéologique.</w:t>
+                <w:t xml:space="preserve">Vineuil ZAC des &amp;quot;Sablons&amp;quot;, &amp;quot;La Feuillarde&amp;quot; (Loir-et-Cher 41). Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Mortreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arquille Jérôme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Couvin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2007, pp.1 vol</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2007, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05209573v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montoire-sur-le-Loir &amp;quot;48-50 rue Saint-Denis&amp;quot; (Loir-et-Cher, 41). Rapport de diagnostic archéologique.</w:t>
               </w:r>
@@ -7721,51 +7721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Munos Matthieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2007, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -7800,64 +7800,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blois, 8, 10, 12 et 14 rue des Juifs (Loir-et-Cher). rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Grappy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8119,51 +8119,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blois, Rue Cuper (Loir-et-Cher). Rapport de diagnostic archéologique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Bouillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Landreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8237,51 +8237,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tours, 2-8 rue Gambetta, 9 rue Etienne Pallu, 63-65 bis rue Nationale. Diagnostic archéologique, Etude documentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Jouquand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8434,51 +8434,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tours, 53 rue Voltaire et 27 rue Berthelot. Diagnostic archéologique. Etude documentaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Chollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2005, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -8815,51 +8815,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fouilles de la place Anatole France (37 261 069 AH), rapport de fouilles archéologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9068,51 +9068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carroza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Couvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9216,51 +9216,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Neury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Salé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AFAN. 2000, pp.1 vol</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -9440,51 +9440,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gazoduc &amp;quot;Artère du Centre&amp;quot;. Section Chémery (Loir-et-Cher) - Roussines (Indre). Rapport d'une opération préventive de fouille d'évaluation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Salé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Carroza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10024,51 +10024,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1C0B9F41"/>
+    <w:nsid w:val="B197E1AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10255,51 +10255,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agnes-couderc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230274544" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03931566v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676060v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255081v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand N. Moine" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252998v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sal&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252990v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253016v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253120v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252974v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marsollier B&#233;atrice" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160059v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160061v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160057v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160060v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tr&#233;buchet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514149v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Augier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505278v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210622v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Derreumaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240156v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252774v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252806v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874316v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253980v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03933378v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02877463v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536785v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Durand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160076v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160071v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209600v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160065v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209597v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160069v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204198v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160074v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Troubady" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588428v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209611v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209610v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282690v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209401v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Ben Nejma" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209181v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Jo&#235;l" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209605v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209609v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282613v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Godignon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209482v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209618v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209588v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209602v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209487v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Djemmali" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209616v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arquille J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Ben Nejma" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Cunault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158821v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209617v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209621v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209620v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209476v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209500v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209485v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209393v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210682v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208932v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209593v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210691v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209458v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munos Matthieu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pichon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Champagne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01806597v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210704v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chollet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160079v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209573v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209578v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209472v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grappy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mahy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209583v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208948v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209198v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209386v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209494v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Yandia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209261v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krausz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209275v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fr&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255998v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rossignol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209216v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Moirin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Musch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pluton-Kliesch" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209344v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carroza" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marsollier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209452v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Neury" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209300v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210757v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Josset" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209378v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209624v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duval" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209357v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160072v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209313v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Durieux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lallet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agnes-couderc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230274544" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03931566v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03676060v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108365v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sal&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252998v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255081v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand N. Moine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252990v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253016v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01253120v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252974v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marsollier B&#233;atrice" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160061v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160057v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160059v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05160060v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tr&#233;buchet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514149v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Augier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505278v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boulen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cambou" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210622v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519964v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pascale Derreumaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240156v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ausoniuseditions.u-bordeaux-montaigne.fr/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252774v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252806v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874316v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03253980v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03933378v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02877463v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536785v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Durand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160071v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160076v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barret" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209600v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deloze" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160065v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chambon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209597v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160069v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204198v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209611v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588428v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160074v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Troubady" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209610v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504394v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282690v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209605v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209401v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Ben Nejma" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209181v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mortreau Jo&#235;l" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209609v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01282613v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Godignon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209482v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209618v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209588v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209602v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209487v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nasser Djemmali" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209616v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arquille J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faycal Ben Nejma" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Cunault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158821v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209617v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Barth&#233;lemy-Sylvand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209621v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209620v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209476v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Irribarria" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209500v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Allenet de Ribemont" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209485v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208932v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210682v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209393v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209458v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munos Matthieu" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pichon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Champagne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01806597v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210691v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209593v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209573v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160079v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210704v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Chollet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209578v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209472v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Grappy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mahy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209330v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Demarest" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209583v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209464v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208948v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209198v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209386v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209494v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Yandia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209261v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Krausz" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209275v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fr&#233;n&#233;e" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01255998v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Rossignol" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209216v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Moirin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Musch" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pluton-Kliesch" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209344v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Carroza" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Marsollier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209452v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Neury" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209300v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Georges" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210757v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Josset" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209378v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209624v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duval" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209357v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160072v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209313v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Durieux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lallet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>