--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -1671,173 +1671,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les concessions à l’étranger vues à travers les archives du ministère des finances. Le port de Rosario et le chemin de fer Silésie-Baltique dans la première moitié du XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès D'Angio-Barros</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entreprises et Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, La concession, outil de développement, n° 31, p. 149-155</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les archives du ministère des finances relatives à l’électrification de l’Empire français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès D'Angio-Barros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Outre-Mers Revue d'Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, L’électrification outre-mer de la fin du XIXe siècle aux premières décolonisations., n° 334-335, p. 25-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04858342v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04858345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les occupations temporaires du domaine public : le cas des distributeurs automatiques d’essence durant l’entre-deux-guerres (1922-1936)</w:t>
               </w:r>
@@ -3061,51 +3061,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s D'Angio-Barros" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858330v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858356v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965806v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858150v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858335v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Quennou&#235;lle-Corre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858393v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858383v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858291v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858298v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858304v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858149v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858309v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858126v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858314v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858056v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858091v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965569v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858276v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858072v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s d'Angio-Barros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu.091.0064" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858342v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858345v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858155v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858117v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858104v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858147v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858312v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965623v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858323v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965730v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858134v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858310v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965692v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858256v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858259v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858079v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s D'Angio-Barros" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858330v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858356v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965806v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858150v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858335v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Quennou&#235;lle-Corre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858393v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858383v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858291v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858298v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858304v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858064v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858149v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858309v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858126v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858314v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858056v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858091v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965569v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858276v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858072v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s d'Angio-Barros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rindu.091.0064" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858345v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858155v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858117v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858104v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858147v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858312v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965623v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858323v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965730v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858134v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965553v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858310v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03965692v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858256v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858259v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>