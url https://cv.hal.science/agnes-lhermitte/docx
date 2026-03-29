--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -72,7997 +72,7997 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’amitié épistolaire de trois jeunes normaliens (1886-1900)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, L'amitié eu XIXe siècle, 136, pp.21-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Après Prométhée: l'influence de la pensée indienne sur l'oeuvre de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18, pp.107-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Au labyrinthe du désir féminin : l’itinéraire scriptural de Claude Pujade-Renaud »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Les désirs au féminin dans la littérature et les arts de l’Antiquité à nos jours, 135, pp.317-332</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prométhée: ébauche d'un poème dramatique de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18, pp.61-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Mal des fantômes : une poésie interrogative?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, A l'écoute de l'autre, 28, pp.25-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des &amp;quot;vies imaginaires&amp;quot; au musée: Les Fantômes du Louvre d'Enki Bilal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 16, pp.81-92</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob : poète, même en vers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, pp.11-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05230169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vies imaginaires de Marcel Schwob et Songes perdus de Han Ryner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, n° 16, pp.33-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04420351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Fondane: de la &amp;quot;monade ouverte&amp;quot; à l'élégie intime dans Le Mal des fantômes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, L'intime de l'Antiquité à nos jours II. Les écritures de l'intime, 130, pp.181-191</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Lydie Salvayre et Kamel Daoud : ‘Ma nuit au musée’. S’identifier au miroir de l’art ». Auto-images et représentations de soi. II. Identités individuelles, Echinox n° 41, 2021, « Phantasma », Université Babes-Bolyai, Cluj-Napoca, Roumanie, p. 218-227. Lydie Salvayre et Kamel Daoud; &amp;quot;Ma nuit au musée&amp;quot;. S'identifier au miroir de l'art.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Caietele Echinox / Cahiers de l'Echinox / Echinox Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03543425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Tu as été l’événement de mon année 31 ». Lettres inédites de Max Jacob à Paul Desfeuilles (1931-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Max Jacob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/maxja.2021.1555⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03475374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob: au commencement était l'imaginaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Méditations littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, A la recherche des commencements, 1 (1), pp.62-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry-D. Davray et Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03214542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rire du coq&amp;quot;: Max Ernst et Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12, pp.101-114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fraternités urbaines dans Titanic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21, pp.117-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique et esthétique: de Gourmont à Fondane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22, pp.7-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le voyage à Samoa: regards sur l'autre, ailleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.51-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cahun et son &amp;quot;beau devenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1056, pp.190-199</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob et le fantastique intime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Visage vert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29, pp.173-184</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob, conteur d'anticipation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9, pp.11-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les structures lyriques du Mal des Fantômes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 19, pp.18-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Fondane lecteur de Georges Ribemont-Dessaignes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18, pp.21-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Jane Shore à Lady Shore: la pièce américaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8, pp.41-51</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Fondane lecteur de Francis Jammes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Francis Jammes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Découverte d’un poème inédit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17, pp.13-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dernières corrections de L’Exode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17, pp.18-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob &amp;quot;écrivain breton&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sœurs d’Ilsée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6, pp.21-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toute une technique obscure&amp;quot; : analyse génétique des deux sonnets de L’Exode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Benjamin Fondane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16, pp.49-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Livre de Monelle: quelques éléments de génétique textuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les représentations de La Barbe bleue dans les éditions illustrées du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.12736⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Livre de Monelle : quelques éléments de génétique textuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5, pp.15-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monelle sur les ondes : deux adaptations radiophoniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 5, pp.157-162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Eros mélancolique dans des contes antiquisants fin de siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.18683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maudite reproduction. Deux sagas familiales fantastiques : Le Livre des nuits de Sylvie Germain (1985) et Le Cœur cousu de Carole Martinez (2007)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30, pp.109-121</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02016298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Croisade des enfants de Michel Suffran : un rêve ardent et mélancolique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.103-107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epopée musicale et filmique : la recréation de La Croisade des enfants par Sutermeister et Burckhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.107-115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob et Gabriel Pierné: correspondance inédite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’imagier de La Croisade des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.117-127</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nymphes dans « L’Après-midi d’un faune » de Mallarmé à Nijinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.19661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994319v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob et Gabriel Pierné : correspondance inédite avec quelques autres lettres relatives à La Croisade des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.11-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cruciada compiilor de Florina Ilis : une « croisade des enfants roumaine et contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.131-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maudite reproduction. Deux sagas familiales fantastiques: Le Livre des nuits de Sylvie Germain et Le coeur cousu de Carole Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De quelques-uns qui ont “rêvé croisades” des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.83-99</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La croisade ouvrière de Georges Tornouël</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 4, pp.101-105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Illustrated Perrault's Tales in 19th Century France: how a Collection for Children evolved</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">interjuli - Zeitschrift zur Kinder- und Jugendliteraturforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Croisade des enfants de Marcel Schwob : les trois états du texte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, pp.15-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Croisade des enfants : réception critique du livret de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 3, pp.41-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Illustrated Perrault’s Tales in 19th Century France: How a Collection for Children Evolved</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">interjuli - Zeitschrift zur Kinder- und Jugendliteraturforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.90--101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01984122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panorama critique autour de Claude Cahun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélusine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, XXIX, pp.309-321</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Hélas ! Quel tombeau lointain et étrange ! » Pierre Loti : « Propos d’exil » (1885-1887)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.39952⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994329v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait imaginaire, liaison triangulaire (Schwob, Bofa, Mac Orlan)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2, pp.93-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vies imaginaires illustrées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2, pp.47-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Gaillard et Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spicilège, Cahiers Marcel Schwob</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2, pp.81-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Croisade des enfants de Marcel Schwob: de la chronique historique au mythe personnel. Une étape poétique dans la légende.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.26441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une encre de poudre et de gin&amp;quot;: Dr Faustroll et M. Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Étoile-Absinthe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aveux non avenus: la dé-concertante écriture de soi de Claude Cahun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélusine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Art&amp;quot; de Marcel Schwob (1896): une controverse imaginaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob 1955-2005: histoire d'une résurgence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoires littéraires. revue trimestrielle consacrée à la littérature française des XIX et XXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux reconstructions poétiques de la femme perdue: Monelle et Nadja</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le conteur chrysoglotte (Marcel Schwob)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La terreur future&amp;quot; de Marcel Schwob: un conte de politique fiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.27646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'écriture poétique de l'apogée dans « Vies imaginaires » de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.28733⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le jouet et le jeu dans Le Livre de Monelle de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frontière humaine&amp;quot; ou l'identité malmenée de Claude Cahun dans Aveux non avenus (1930)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidolon, Frontières et seuils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tombeaux antiques: l'archéologie comme origine du récit fin de siècle. Piette Louÿs, Jean Richepin, Marcel Schwob.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'origine&amp;quot; de Marcel Schwob: un mythe personnel énigmatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mythe eschatologie dans Mimes (1893) de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le fonctionnement symbolique du paysage dans Le Roi au masque d'or de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sept soeurs de Lydie: 7 soeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARDUA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lydie Salvayre, irréductible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.97-114, 2025, Espaces littéraires, 978-2- 336-50631-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les quartiers d'hiver, Le silence des passions, Tout est passé si vite: trois romans de la tristesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARDUA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jean-Noël Pancrazi, variations de l'intime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.93-103, 2025, Espaces littéraires, 978-2-336-58652-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie imaginaire d'une caissière, de Gordana à Nos vies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARDUA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marie-Hélène Lafon. De la source vive à la création</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Passiflore, pp.115-125, 2023, Présence de l'écrivain, 978-2-37946-085-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04038948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouche d'ombre: l'imaginaire de Carole Martinez en BD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARDUA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carole Martinez, une odyssée du féminin.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p. 143-153, 2023, Critiques littéraires, 978-2-336-42055-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04363580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethique et mystique chevaleresques dans Quand reviennent les âmes errantes de François Cheng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">François Cheng / [Cahier] dirigé par Olivia Mauriac</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditions de l'Herne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.240-245, 2022, L'Herne, ISSN 0440-7237 ; 140, 979-10-319-0370-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05230199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le paratexte dans l'oeuvre de Marcel Schwob: les jeux du cornac.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LERIC. Faculté des Lettres et Sciences Humaines de Sfax. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">"L'éléphant et son cornac": LE PARATEXTE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Ali Editions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.41-57, 2021, 97869973633660460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03861557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réinventer Duras: Cet été-là de braise et de cendres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARDUA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alain Vircondelet: exil, mémoire et quête</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Passiflore, pp.97-105, 2021, Alain Vircondelet: exil, mémoire et quête, 978-2-37946-042-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03205981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Camus &amp;quot;Au plus près</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARDUA. Fabienne Marié. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alain Vircondelet: exil, mémoire et quête</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Passiflore, pp.129-140, 2021, 978-2-37946-042-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03205987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Afrique augustinienne réinterprétée par le roman de Claude Pujade-Renaud Dans l'ombre de la lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Faculté des Sciences humaines et sociales de Tunis - Laboratoire Intersignes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Présence de l'Africa Romana dans l'Antiquité et à l'époque moderne et contemporaine. regards croisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions arabesques, pp.251-259, 2020, 978-9938-44-017-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03104797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Porte des rêves (1899) et l'art nouveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hélène Campaignolle-Catel, Sophie Lesiewicz, Gaëlle Théval - Université Paris 3-Sorbonne Nouvelle - Bibliothèque littéraire jacques Doucet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Livre/Typographie. Une histoire en pratique(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des Cendres, pp.67-77, 2020, 978-2-86742-298-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03104785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethique et mystique chevaleresques dans &amp;quot;Quand reviennent les âmes errantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabienne Marié-Liger. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">François Cheng. Ecriture et quête de sens. Ed. Passiflore</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 978-2-37946-015-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, éditions arabesques, pp.251-259, 2020, 978-9938-44-017-1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contre la fadeur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sylvie Germain. L'art d'être au monde. Ed. Passiflore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.33-41, 2018, 978-2-37946-015-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Figures d'enchantement dans les contes de Marcel Schwob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séduction et magie - Tunis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.153-165, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Porte des rêves&amp;quot; (Octave Uzanne/Marcel Schwob/ Georges de Feure) : un exemple charmant de bibliophilie fin de siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le charme de l'antiquité à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 125, Presses Universitaires de Bordeaux, pp.337-349, 2018, Eidôlon, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pub.40554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, pp.33-41, 2018, 978-2-37946-015-9</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouches cousues: mutisme et violence dans les deux romans de Carole Martinez (Le Coeur cousu et Du Domaine des murmures)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La parole empêchée - Tübingen, Narr Francke Attempo Verlag</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.131-141, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les discordances de Claude Cahun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'inconvenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 121, Presses Universitaires de Bordeaux, pp.211--221, 2017, Eidôlon, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.41067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.pub.41067⟩</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Schwob et la tentation de l'aventure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imaginaire et transmission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 120, pp.281-293, 2017, Eidôlon, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.40272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'arte poetica paradossale di Benjamin Fondane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Benjamin Fondane: una voce singulare- Milan, Mimesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.37-49, 2016</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’imaginaire du sacré, ferment de deux légendes féministes contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnès Lhermitte; Élisabeth Magne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’imaginaire du sacré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.131-140, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.15163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mots de passe. Mots de passage&amp;quot;. &amp;quot;Morts imaginaires&amp;quot; de Michel Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Danielle Bohler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le bon passage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 118, Presses Universitaires de Bordeaux, pp.155-168, 2016, Eidôlon, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pub.15421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le romancier en &amp;quot;vaillant petit tailleur&amp;quot;: les digressions métapoétiques d'Eric Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antony Soron. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'écriture à l'épreuve d'elle-même - Maison des Sciences de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.225-240, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Désorientés ou la dernière utopie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antony Soron. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amin Maalouf, heurs et malheurs de la filiation. Ed. Passiflore, coll. "Présence de l'écrivain". P. 153-164.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.153-164, 2016, 978-2-37946-015-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éclats d’Ulysse dans « La rêveuse d’Ostende » et « Ulysse from Bagdad » d’Éric-Emmanuel Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gérard Peylet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Éric-Emmanuel Schmitt. La Chair et l’invisible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Passiflore, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...39 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réinventer le lien aux défunts: l'exemple de trois romans contemporains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Danielle Bohler. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le bon passage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 118, Presses Universitaires de Bordeaux, pp.155-168, 2016, Eidôlon, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.15561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.153-164, 2016, 978-2-37946-015-9</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le romancier en « Vaillant petit tailleur » : les digressions méta-poétiques d’Éric Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anthony Soron. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Écriture à l’épreuve d’elle-même</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des Sciences de l'Homme d'Aquitaine, pp.225-240, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03027308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nièce de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andrea Oberhuber; Alexandra Arvisais. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Héritages partagés de Claude Cahun et Marcel Moore, du XIXe au XXIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Université de Montréal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toute une technique obscure&amp;quot;: les nécessités internes dans la création poétique de Benjamin Fondane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Kuon; Nicole Pelletier; Pierre Sauvanet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contraintes et création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 117, Presses Universitaires de Bordeaux, pp.145-158, 2015, Eidôlon, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.21598⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.pub.15163⟩</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinq sens pour évoquer l’antique : « Mimes » (1894) de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Géraldine Puccini-Delbey. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le débat des cinq sens de l'Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 109, Presses Universitaires de Bordeaux, pp.381--390, 2013, Eidôlon, 979-10-91052-09-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.17633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, pp.37-49, 2016</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Indifférence lasse », « béance maussade » : l’ennui dans les romans de Marie NDiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peylet, Gérard and Laboratoire pluridisciplinaire de recherches sur l'imaginaire appliquées à la littérature. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'ennui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 105, Presses Universitaires de Bordeaux, pp.205--218, 2013, Eidôlon, 979-10-91052-05-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indifférence lasse&amp;quot;, &amp;quot;béance maussade&amp;quot;: l'ennui dans les romans de Marie N'Diaye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard Peylet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’ennui</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, 2013, Eidôlon | 105, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.22563⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Eros mélancolique des contes antiquisants fin de siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peylet, Gérard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Mélancolie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 102, Presses Universitaires de Bordeaux, pp.169--181, 2012, Eidôlon, 979-10-91052-02-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Université de Montréal</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.18683⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.pub.21598⟩</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Empereurs sans empire : « Romulus le Grand » (F. Dürrenmatt), et « L’Empereur d’Occident » (P. Michon)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lopez, Denis. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Pouvoir et ses écritures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 101, Presses Universitaires de Bordeaux, pp.355--366, 2012, Eidôlon, 979-10-91052-01-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.19123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mal est au château : un thème décadent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Prat, Michel and Peylet, Gérard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'esprit des lieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 99, Presses Universitaires de Bordeaux, pp.255--266, 2012, Eidôlon, 978-2-903440-99-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.23158⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...68 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.pub.22563⟩</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les signes d’infamie dans les contes de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Régnier-Bohler, Danielle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Souillure : études pluridisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 92, Presses Universitaires de Bordeaux, pp.191--202, 2011, Eidôlon, 978-2-903440-92-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.24226⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’après-midi d’un faune », de Mallarmé à Nijinski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francalanza, Éric and Laboratoire pluridisciplinaire de recherches sur l'imaginaire appliquées à la littérature and Centre de recherches sur les littératures et la sociopoétique and La Maison du berger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Muses et nymphes du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.195--206, 2011, 978-2-903440-95-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964036v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Hélas ! Quel tombeau lointain et étrange ! ». Pierre Loti : Propos d’exil (1885-1887)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude-Gilbert Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sabbah, Danièle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écritures de l'exil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 85, Presses Universitaires de Bordeaux, pp.171--181, 2009, Eidôlon, 978-2-903440-85-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01983883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paroles d'une &amp;quot;survivante&amp;quot;: les récits de rêve dans les récits autobiographiques de Claude Cahun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trauma et texte- KZ-memoria scripta. Peter Lang</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enfance et le royaume blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marcel Schwob: l'homme au masque d'or. Gallimard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.195--206, 2011, 978-2-903440-95-4</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sept cruches de Marjolaine&amp;quot; à l'Exposition universelle. De Marcel Schwob à Emile Gallé: correspondances et transpositions d'art.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Retours à Marcel Schwob. D'un siècle à l'autre (1905-2005). Presses universitaires de Rennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Mimes de Marcel Schwob: une modernité paradoxale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marcel Schwob d'hier et d'aujourd'hui. Champ Vallon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...361 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02994398v1</w:t>
-              </w:r>
-[...4867 lines deleted...]
-                <w:t xml:space="preserve">hal-02994407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8738,755 +8738,755 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01624186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Palimpseste et merveilleux dans l'oeuvre de Marcel Schwob. Champion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02994402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La biographie (anthologie). Flammarion. &amp;quot;Etonnants classiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02994400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-02994402v1</w:t>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouches cousues : mutisme, violence et murmure dans les deux romans de Carole Martinez (« Le cœur cousu » et « Du domaine des murmures »)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La parole empêchée (colloque CLARE/Wissenschaft und Kunst, Université Paris Lodron de Salzburg)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Pessac, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01982102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’imaginaire du sacré, ferment de deux légendes féministes contemporaines : « Le cœur cousu (2007) » et « Du domaine des murmures » (2011) de Carole Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international du laboratoire LERIC : « L’imaginaire du sacré »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Sfax, Tunisie. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.15163⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01982153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le romancier en « Vaillant petit tailleur » : les digressions méta-poétiques d’Éric Chevillard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinquième colloque international de l’ERCILIS « l’Écriture à l’épreuve d’elle-même »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Sfax, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éclats d’Ulysse dans « La rêveuse d’Ostende » et « Ulysse from Bagdad » d’Éric-Emmanuel Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Éric-Emmanuel Schmitt »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02008673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La nièce de Marcel Schwob</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Héritages de Claude Cahun et Marcel Moore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Toute une technique obscure » : les paradoxes de la création chez Benjamin Fondane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lhermitte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Contrainte et création »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Bordeaux, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.21598⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaginaire et transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lhermitte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Soron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eidôlon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 120, 2017, Eidôlon</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02993511v1</w:t>
-              </w:r>
-[...488 lines deleted...]
-                <w:t xml:space="preserve">hal-01974567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId172"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -9641,51 +9641,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lhermitte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523298v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038948v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363580v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230199v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdelherne.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861557v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://704-796/21" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205981v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205987v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104785v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fabre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993613v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104797v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993593v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993596v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.40554" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993550v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993533v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993520v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.41067" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994470v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.40272" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993427v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15421" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027139v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993443v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993439v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993434v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15561" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027308v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027156v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15163" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993480v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034104v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cahun-moore.com/collectif-heritages-partages-de-claude-cahun-et-marcel-moore/la-niece-de-marcel-schwob/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993417v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.21598" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964031v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993628v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.22563" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964032v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.17633" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964034v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.18683" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964035v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.23158" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964033v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.19123" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964036v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964037v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.24226" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983883v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Gilbert Dubois" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994337v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994371v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994354v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994398v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230184v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230087v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523326v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523331v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230156v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420370v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230169v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420351v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205994v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543425v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475374v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/maxja.2021.1555" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104735v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214542v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993616v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993598v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993603v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993601v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993547v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993539v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993456v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993461v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993393v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993419v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016296v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016297v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993626v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993625v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963364v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016295v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994312v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.12736" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963363v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963366v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994303v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993632v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963360v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963356v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994315v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963357v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963354v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963365v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994319v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.19661" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994316v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963355v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963362v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016298v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994326v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963359v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963358v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984122v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963368v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963369v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963367v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994332v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994329v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.39952" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994359v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994338v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994346v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994343v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.26441" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994383v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994380v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994367v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994375v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.27646" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994386v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.28733" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994392v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994391v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994394v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994396v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994405v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994407v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523373v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Mari&#233;-Liger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523385v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363584v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993404v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526587v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Simon-Oikawa" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lugan Mika&#235;l" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lista" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993399v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Magne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624186v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Jutrin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.39112" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994400v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994402v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993511v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Soron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982102v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982153v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990050v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008673v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993451v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974567v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230156v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lhermitte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523331v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230184v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523326v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230087v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420370v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230169v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420351v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205994v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543425v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475374v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/maxja.2021.1555" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104735v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214542v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993616v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993603v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993601v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993547v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993539v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993456v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993461v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993393v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993419v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993625v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016296v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016297v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993626v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963364v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016295v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993632v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994312v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.12736" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963363v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963366v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994303v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.18683" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016298v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963360v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963356v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994315v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963357v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994319v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.19661" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963365v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963354v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994316v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963355v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963362v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994326v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963359v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963358v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984122v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994332v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994329v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.39952" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963367v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963368v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963369v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994343v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.26441" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994359v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994338v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994346v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994383v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994380v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994367v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994375v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.27646" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.28733" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994392v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994391v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994394v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994396v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994405v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994407v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230256v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523298v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038948v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363580v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230199v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdelherne.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861557v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://704-796/21" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205981v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205987v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104797v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104785v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fabre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993613v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993550v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993596v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.40554" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993533v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993520v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.41067" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994470v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.40272" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993480v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027156v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15163" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993427v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15421" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993443v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993439v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027139v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993434v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.15561" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03027308v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03034104v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://cahun-moore.com/collectif-heritages-partages-de-claude-cahun-et-marcel-moore/la-niece-de-marcel-schwob/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993417v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.21598" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964032v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.17633" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964031v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993628v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.22563" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964034v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964033v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.19123" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964035v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.23158" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964037v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.24226" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964036v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983883v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Gilbert Dubois" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994337v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994371v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994354v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994398v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523373v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Mari&#233;-Liger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523385v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230223v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363584v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993404v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526587v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Simon-Oikawa" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lugan Mika&#235;l" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lista" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993399v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Magne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624186v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Jutrin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.39112" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994402v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994400v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982102v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982153v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990050v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02008673v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993451v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974567v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993511v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Soron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>