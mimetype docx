--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -545,178 +545,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03817427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditer les chaînes exégétiques grecques : quelle place pour les mises en page ?</w:t>
+                <w:t xml:space="preserve">Recension de [Écriture et tradition chez les Pères de l’Église, sous la direction de MICHEL STAVROU et JOOST VAN ROSSUM, Cahiers de Biblia Patristica 17, Turnhout, 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Byzantion : Revue internationale des études byzantines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d'études augustiniennes et patristiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 67 (1), pp.146-148</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03517655v1</w:t>
+                <w:t xml:space="preserve">hal-03894758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recension de [Écriture et tradition chez les Pères de l’Église, sous la direction de MICHEL STAVROU et JOOST VAN ROSSUM, Cahiers de Biblia Patristica 17, Turnhout, 2017]</w:t>
+                <w:t xml:space="preserve">Éditer les chaînes exégétiques grecques : quelle place pour les mises en page ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'études augustiniennes et patristiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Byzantion : Revue internationale des études byzantines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 91, pp.219-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/BYZ.91.0.3289883⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03894758v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour du Vaticanus gr. 762 : notes pour l’étude des chaînes à présentation alternante</w:t>
               </w:r>
@@ -1132,142 +1132,142 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix et disposition des extraits : le commentaire de Théodoret sur Romains dans la chaîne Vaticanus CPG C 160</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Congress of Byzantine Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Venice and Padua, Italie</w:t>
+              <w:t xml:space="preserve">« 24th International Congress of Byzantine Studies : Byzantium – Bridge Between Worlds », Venise et Padoue, août 2022, Research Group Session « Manuscript Catenae on the Psalms: Contexts of Production and Use in Byzantium »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Antonio Rigo; Uta Heil, Aug 2022, Venezia, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04346822v1</w:t>
+                <w:t xml:space="preserve">hal-03894969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix et disposition des extraits : le commentaire de Théodoret sur Romains dans la chaîne Vaticanus CPG C 160</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« 24th International Congress of Byzantine Studies : Byzantium – Bridge Between Worlds », Venise et Padoue, août 2022, Research Group Session « Manuscript Catenae on the Psalms: Contexts of Production and Use in Byzantium »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Antonio Rigo; Uta Heil, Aug 2022, Venezia, Italie</w:t>
+              <w:t xml:space="preserve">International Congress of Byzantine Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Venice and Padua, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03894969v1</w:t>
+                <w:t xml:space="preserve">hal-04346822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pécheur pardonné envoyé : La vocation d’Isaïe selon Théodoret de Cyr</w:t>
               </w:r>
@@ -1889,186 +1889,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03879355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvel ordre pour un auteur de second ordre ?</w:t>
+                <w:t xml:space="preserve">Prologue du Commentaire sur le Cantiques des cantiques, du bienheureux Théodoret, évêque de Cyr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lorrain</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">A. Lorrain; J.-M. Auwers. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Auwers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Marie Auwers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phenomena of order and disorder in Greek Exegetical Catenae / Ordres et désordres dans les chaînes exégétiques grecques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, Instrumenta Patristica et Mediaevalia</w:t>
+              <w:t xml:space="preserve">Lectures patristiques du Cantique des cantiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7, Les éditions du Cerf, pp.182-202, 2022, Bibliothèque (Migne), 9782204152082</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03817600v1</w:t>
+                <w:t xml:space="preserve">hal-03879348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prologue du Commentaire sur le Cantiques des cantiques, du bienheureux Théodoret, évêque de Cyr</w:t>
+                <w:t xml:space="preserve">Nouvel ordre pour un auteur de second ordre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lorrain</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Jean-Marie Auwers. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Lorrain; J.-M. Auwers. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lectures patristiques du Cantique des cantiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 7, Les éditions du Cerf, pp.182-202, 2022, Bibliothèque (Migne), 9782204152082</w:t>
+              <w:t xml:space="preserve">Phenomena of order and disorder in Greek Exegetical Catenae / Ordres et désordres dans les chaînes exégétiques grecques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, Instrumenta Patristica et Mediaevalia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879348v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03817600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId42"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -2144,51 +2144,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EFEE238E"/>
+    <w:nsid w:val="B750C616"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2375,51 +2375,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agnes-lorrain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04852292v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lorrain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.RA.5.142382" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817611v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.REA.5.133194" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817594v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817610v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817427v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517655v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BYZ.91.0.3289883" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894758v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417188v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BYZ.90.0.3288837" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517644v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24894/2673-3641.00058" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517637v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zac-2020-0025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821172v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zac-2015-0037" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346844v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346822v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894969v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894958v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517660v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110540659" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817533v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821258v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346911v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346772v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346886v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879355v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817600v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879348v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Auwers" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agnes-lorrain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04852292v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lorrain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.RA.5.142382" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817611v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.REA.5.133194" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817594v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817610v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817427v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894758v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517655v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BYZ.91.0.3289883" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417188v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/BYZ.90.0.3288837" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517644v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24894/2673-3641.00058" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517637v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zac-2020-0025" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821172v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/zac-2015-0037" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346844v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894969v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346822v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894958v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517660v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110540659" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817533v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821258v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346911v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346772v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346886v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879355v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879348v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Auwers" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03817600v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>