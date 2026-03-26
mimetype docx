--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1405,295 +1405,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-02862838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of plasmids harboring blaCTX-M and blaCMY genes in E. coli from French broilers</w:t>
+                <w:t xml:space="preserve">Multiplex PCR for detection of plasmid-mediated colistin resistance determinants, mcr-1, mcr-2, mcr-3, mcr-4 and mcr-5 for surveillance purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Touzain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Le Devendec</w:t>
+                <w:t xml:space="preserve">Ana-Rita Rebelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire de Boisseson</w:t>
+                <w:t xml:space="preserve">Valeria Bortolaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Baron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Jouy</w:t>
+                <w:t xml:space="preserve">Jette S. Kjeldgaard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne K. Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pimlapas Leekitcharoenphon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0188768⟩</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (6), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2018.23.6.17-00672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-01773003v1</w:t>
+                <w:t xml:space="preserve">anses-01707901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiplex PCR for detection of plasmid-mediated colistin resistance determinants, mcr-1, mcr-2, mcr-3, mcr-4 and mcr-5 for surveillance purposes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of plasmids harboring blaCTX-M and blaCMY genes in E. coli from French broilers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jette S. Kjeldgaard</w:t>
+                <w:t xml:space="preserve">Fabrice Touzain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Le Devendec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne K. Pedersen</w:t>
+                <w:t xml:space="preserve">Claire de Boisseson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pimlapas Leekitcharoenphon</w:t>
+                <w:t xml:space="preserve">Sandrine Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Jouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 23 (6), pp.1-11. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (1), pp.e0188768. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES.2018.23.6.17-00672⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0188768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-01707901v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-01773003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antibiorésistance de Campylobacter jejuni isolés de poulets et dindes de chair en France</w:t>
               </w:r>
@@ -1813,51 +1813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Jouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Le Devendec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire de Boisseson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1893,261 +1893,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-01958100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Certificates of analysis: a challenge to interpret</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évolution de l’utilisation des antibiotiques en production animale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sanders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Creff-Froger</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
+                <w:t xml:space="preserve">Gérard Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuroReference - Les Cahiers de la Référence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.1172022⟩</w:t>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cnd.2017.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">anses-01787685v1</w:t>
+                <w:t xml:space="preserve">anses-01570098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution de l’utilisation des antibiotiques en production animale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Sanders</w:t>
+                <w:t xml:space="preserve">Certificates of analysis: a challenge to interpret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Creff-Froger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélaine Bessiral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Fourmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Hedou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérard Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, </w:t>
+              <w:t xml:space="preserve">EuroReference - Les Cahiers de la Référence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3, pp.27-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cnd.2017.06.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1172022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-01570098v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-01787685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lack of experimental evidence to support mcr-1- positive escherichia coli strain selection during oral administration of colistin at recommended and higher dose given by gavage in weaned piglets</w:t>
               </w:r>
@@ -2529,282 +2529,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-01237313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Accuracy Profile Procedure to Validate a Real-Time PCR Method to Quantify Bacteria in Feces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manuel J Saint-Cyr</w:t>
+                <w:t xml:space="preserve">Surveillance réglementaire de la résistance dans les productions avicoles et porcines et l'évolution de la résistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Sanders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Laurentie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of AOAC INTERNATIONAL</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27, pp.59-65</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00939269v1</w:t>
+                <w:t xml:space="preserve">anses-01099731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance réglementaire de la résistance dans les productions avicoles et porcines et l'évolution de la résistance</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mireille Bruneau</w:t>
+                <w:t xml:space="preserve">Use of Accuracy Profile Procedure to Validate a Real-Time PCR Method to Quantify Bacteria in Feces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel J Saint-Cyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paméla Houée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maleck V. Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Laurentie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Elevages et Santé</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of AOAC INTERNATIONAL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 97 (2), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5740/jaoacint.13-310⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-01099731v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00939269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low or high doses of cefquinome targeting low or high bacterial inocula cure Klebsiella pneumoniae lung infections but differentially impact the levels of antibiotic resistance in fecal flora.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maleck V. Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Laurentie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2894,51 +2894,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of an oral subchronic exposure of deoxynivalenol on the composition of human gut microbiota in a model of human microbiota-associated rats.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel J Saint-Cyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Perrin-Guyomard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5337,51 +5337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05333428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chauvin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jouy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chevance" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaureguy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauzea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaf322" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04700284v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Hou&#233;e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Felten" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.094" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04265930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Hou&#233;e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1254122" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03654006v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Granier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannice Schau Sletteme&#229;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Anjum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Randall" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.13717" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03922498v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Santos-Sant&#243;rum Su&#225;rez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sanders" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hurtaud-Pessel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurentie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2022.2126529" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04199490v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bruneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Mourand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Cuzzucoli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03279069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Mesa-Varona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Mader" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Velasova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Madec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040678" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03266001v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Adam" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03266047v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Verliat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hemonic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chouet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Coz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Liber" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vms3.377" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02862838v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Urban" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2020.108637" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01773003v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Touzain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Boisseson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0188768" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01707901v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Rita Rebelo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Bortolaia" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jette S. Kjeldgaard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne K. Pedersen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pimlapas Leekitcharoenphon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2018.23.6.17-00672" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01958021v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Mourand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01958100v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01787685v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Creff-Froger" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Bessiral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Fourmond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hedou" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1172022" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01570098v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2017.06.002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01570163v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Viel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Henri" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.04.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01347790v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deleurme" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Legrandois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2016.21.6.30135" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01237313v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Saint-Cyr" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Manceau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delmas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins7124873" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939269v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J Saint-Cyr" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleck V. Vasseur" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5740/jaoacint.13-310" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01099731v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00978511v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Rolland" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02135-13" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00914398v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080578" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00692478v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Garcia-Migura" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Sunde" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Karlsmose" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Veldman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schroeter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2011.0064" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517528v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Kesteman" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Toutain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01612-09" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00405448v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillouzouic" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caroff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dauvergne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lepelletier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkp099" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00442597v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Faure" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeam- Michel Delmas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chatre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00310-09" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517531v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude A Ferran" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00608-09" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00405401v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00020-09" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449556v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Coz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Delignette-Muller" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04574719v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082523v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04548197v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04084027v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Cazeau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jarrige" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03855981v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Py" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cherchame" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Wilhelm" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Kerouanton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bonifait" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01985196v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477842v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Robiolle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Grandois" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger-Lemaitre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Poirier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661476v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Gaugain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.13247" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-00731854v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soumet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05333428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chauvin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jouy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chevance" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jaureguy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauzea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkaf322" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04700284v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Hou&#233;e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Lucas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Felten" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Le Devendec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2024.06.094" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04265930v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pam&#233;la Hou&#233;e" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1254122" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03654006v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Granier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannice Schau Sletteme&#229;s" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Anjum" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Randall" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/lam.13717" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03922498v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Santos-Sant&#243;rum Su&#225;rez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sanders" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hurtaud-Pessel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurentie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440049.2022.2126529" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04199490v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Bruneau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Mourand" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kempf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Cuzzucoli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03279069v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavio Mesa-Varona" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Mader" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Velasova" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Madec" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040678" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03266001v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Adam" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03266047v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Verliat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hemonic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chouet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Le Coz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Liber" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vms3.377" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-02862838v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Urban" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetmic.2020.108637" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01707901v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Rita Rebelo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Bortolaia" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jette S. Kjeldgaard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne K. Pedersen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pimlapas Leekitcharoenphon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2018.23.6.17-00672" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01773003v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Touzain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire de Boisseson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0188768" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01958021v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Mourand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01958100v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01570098v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moulin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2017.06.002" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01787685v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Creff-Froger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;laine Bessiral" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Fourmond" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hedou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1172022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01570163v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Viel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Henri" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Laroche" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Couet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijantimicag.2017.04.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01347790v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Deleurme" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Legrandois" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES.2016.21.6.30135" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01237313v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Saint-Cyr" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Manceau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delmas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins7124873" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01099731v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939269v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel J Saint-Cyr" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleck V. Vasseur" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5740/jaoacint.13-310" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00978511v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guy Rolland" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02135-13" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00914398v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0080578" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00692478v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes Garcia-Migura" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Sunde" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Karlsmose" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kees Veldman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Schroeter" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/mdr.2011.0064" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517528v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sylvie Kesteman" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Toutain" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01612-09" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00405448v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guillouzouic" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caroff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dauvergne" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lepelletier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkp099" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00442597v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Faure" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeam- Michel Delmas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chatre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00310-09" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517531v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude A Ferran" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00608-09" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/hal-00405401v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00020-09" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449556v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Coz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Delignette-Muller" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04574719v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04082523v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04548197v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04084027v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Cazeau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jarrige" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03855981v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Py" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Cherchame" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Wilhelm" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Kerouanton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bonifait" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01985196v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477842v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin-Guyomard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Robiolle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Le Grandois" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Anger-Lemaitre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Poirier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661476v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Gaugain" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvp.13247" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-00731854v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Soumet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>