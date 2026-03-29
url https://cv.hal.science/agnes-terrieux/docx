--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -777,363 +777,354 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (12)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing farming systems for a sustainable agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Gafsi</w:t>
+                <w:t xml:space="preserve">(Se) Préparer à enseigner la transition agroécologique, une condition à la réussite des transitions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Emmanuelle Fiamor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Muhammad Farooq; Nirmali Gogoi; Michele Pisante. </w:t>
+              <w:t xml:space="preserve">Dominique Vollet; Farid Hadjab. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Agriculture and the Environment</w:t>
+              <w:t xml:space="preserve">Transitions, transformations écologiques et fonctions publiques, quelles perspectives ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsevier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Presses universitaires Blaise-Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.57-70, 2026, Profession cadre service public, 978-2-38377-340-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04091238v1</w:t>
+                <w:t xml:space="preserve">hal-05527613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maison Lacube, una empresa rural arraigada en su territorio</w:t>
+                <w:t xml:space="preserve">Designing farming systems for a sustainable agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gafsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marcelo Sili; María Cecilia Martin. </w:t>
+              <w:t xml:space="preserve">Muhammad Farooq; Nirmali Gogoi; Michele Pisante. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovación y recursos bioculturales en el mundo rural : lecciones para un desarrollo sostenible</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainable Agriculture and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsevier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.295-316, 2023, 978-0-323-90500-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/B978-0-323-90500-8.00007-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03652190v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La reprise démographique des campagnes françaises à l'aune des nouvelles relations rural-urbain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Gambino</w:t>
+                <w:t xml:space="preserve">Maison Lacube, una empresa rural arraigada en su territorio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gafsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Eugenio Cejudo; Francisco Navarro. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marcelo Sili; María Cecilia Martin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Despoblación y transformaciones sociodemográficas de los territorios rurales: los casos de España, Italia y Francia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovación y recursos bioculturales en el mundo rural : lecciones para un desarrollo sostenible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editorial Biblos, 2022, 978-987-814-040-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1285/i26113775n3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02983930v1</w:t>
+                <w:t xml:space="preserve">hal-03652190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réimplanter les ours dans les Pyrénées françaises : faire territoire pour les animaux et les hommes ?</w:t>
               </w:r>
@@ -1172,764 +1163,872 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Guibert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eugenio Cejudo; Francisco Navarro. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Despoblación y transformaciones sociodemográficas de los territorios rurales: los casos de España, Italia y Francia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Università del Salento, pp.454-464, 2019, Perspective on rural development, 978-88-8305-157-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1285/i26113775n3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02983935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alimenter les villes, un nouvel enjeu pour l’aménagement du territoire ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La reprise démographique des campagnes françaises à l'aune des nouvelles relations rural-urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Gambino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Patrick Mundler; Juliette Rouchier. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eugenio Cejudo; Francisco Navarro. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alimentation et proximités. Jeux d’acteurs et territoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Despoblación y transformaciones sociodemográficas de los territorios rurales: los casos de España, Italia y Francia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, pp.97-120, 2019, Perspectives on rural development, 978-88-8305-157-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1285/i26113775n3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Educagri éditions</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01883585v1</w:t>
+                <w:t xml:space="preserve">hal-02983930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ateliers de transformation collectifs : rôle des proximités dans les stratégies de diversification des agriculteurs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alimenter les villes, un nouvel enjeu pour l’aménagement du territoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick Mundler; Juliette Rouchier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alimentation et proximités : jeux d'acteurs et territoires</w:t>
+              <w:t xml:space="preserve">Alimentation et proximités. Jeux d’acteurs et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Educagri éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.249-265, 2016, Transversales, 979-10-275-0082-6</w:t>
+              <w:t xml:space="preserve">, pp.85-102, 2016, 979-10-275-0082-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02063066v1</w:t>
+                <w:t xml:space="preserve">hal-01883585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fournir la restauration collective en AB : proximités et territoires d’action</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Mondy</w:t>
+                <w:t xml:space="preserve">Ateliers de transformation collectifs : rôle des proximités dans les stratégies de diversification des agriculteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Gafsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patrick Mundler; Juliette Rouchier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alimentation et proximités. Jeux d’acteurs et territoires</w:t>
+              <w:t xml:space="preserve">Alimentation et proximités : jeux d'acteurs et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Educagri éditions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.209-229, 2016, 979-10-275-0082-6</w:t>
+              <w:t xml:space="preserve">, pp.249-265, 2016, Transversales, 979-10-275-0082-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01883588v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ateliers de transformation collectifs (ATC) comme éléments de construction de systèmes alimentaires durables ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Michaud</w:t>
+                <w:t xml:space="preserve">Fournir la restauration collective en AB : proximités et territoires d’action</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Mondy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Mundler; Juliette Rouchier. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ateliers de transformation collectifs, enjeux et outils pour réussir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Educagri, pp.259-274, 2015</w:t>
+              <w:t xml:space="preserve">Alimentation et proximités. Jeux d’acteurs et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Educagri éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.209-229, 2016, 979-10-275-0082-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02063085v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01883588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ATC en France : définition et regard d'ensemble</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les ateliers de transformation collectifs (ATC) comme éléments de construction de systèmes alimentaires durables ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Mundler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers de transformation collectifs, enjeux et outils pour réussir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, Educagri, pp.259-274, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02076437v1</w:t>
+                <w:t xml:space="preserve">hal-02063085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancrage et impact territorial des ATC : histoire d'une rencontre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les ATC en France : définition et regard d'ensemble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Terrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Valorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Auclair</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Agnès Terrieux</w:t>
+                <w:t xml:space="preserve">Patrick Mundler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers de transformation collectifs, enjeux et outils pour réussir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02063073v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02076437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction de la quatrième partie : Hommes et femmes dans les systèmes alimentaires territorialisés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ancrage et impact territorial des ATC : histoire d'une rencontre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Auclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Mondy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre et agriculture familiale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">Ateliers de transformation collectifs, enjeux et outils pour réussir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02063091v1</w:t>
+                <w:t xml:space="preserve">hal-02063073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche par les rapports de genre des nouvelles formes de consommation et nouveaux liens villes-campagnes, étude de cas en Midi-Pyrénées.</w:t>
+                <w:t xml:space="preserve">Introduction de la quatrième partie : Hommes et femmes dans les systèmes alimentaires territorialisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre et agriculture familiale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une approche par les rapports de genre des nouvelles formes de consommation et nouveaux liens villes-campagnes, étude de cas en Midi-Pyrénées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Terrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genre et agriculture familiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02063090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1939,184 +2038,184 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place tient l'enseignement de l'Union Européenne dans l'enseignement agricole français ? Structuration du travail des professeurs d'histoire-géographie-EMC et des apprentissages de leurs élèves. Rapport d'enquête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LISST; ENSFEA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05124384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Paysan-Accueillant-Aménageur, un modèle de production agroécologique : nouvelles compétences et construction de projet » ACCUEIL PAYSAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Terrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Mondy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laboratoire Interdisciplinaire Solidarités, Sociétés, Territoires. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04126092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId54"/>
+      <w:footerReference w:type="default" r:id="rId56"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2184,51 +2283,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="745C6C93"/>
+    <w:nsid w:val="8B7ABEF3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2415,51 +2514,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agnes-terrieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5802-5671" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120559609" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560830v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Terrieux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gafsi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Fiaschi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.18804" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04674715v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Balbot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Th&#233;odore" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bonzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Fiamor" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/23nz-h162" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01883597v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cin&#231;on" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.031.0123" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764368v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pouzenc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guibert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427000v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091238v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/abs/pii/B9780323905008000075?via%3Dihub" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90500-8.00007-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652190v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i26113775n3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983935v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01883585v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/livres/4908-alimentation-et-proximites-9791027500826.html" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063066v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01883588v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mondy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063085v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Michaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02076437v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Valorge" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mundler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063073v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Auclair" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063091v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063090v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124384v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04126092v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/agnes-terrieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5802-5671" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120559609" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560830v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Terrieux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gafsi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Fiaschi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.18804" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04674715v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Balbot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Th&#233;odore" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bonzi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Emmanuelle Fiamor" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/23nz-h162" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01883597v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cin&#231;on" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tgs.031.0123" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764368v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Pouzenc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Guibert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gambino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04427000v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527613v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/gestion/8280-transitions-transformations-ecologiques-et-fonctions-publiques--9782383773405.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091238v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/abs/pii/B9780323905008000075?via%3Dihub" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-90500-8.00007-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03652190v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983935v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i26113775n3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02983930v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01883585v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr/livres/4908-alimentation-et-proximites-9791027500826.html" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063066v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01883588v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mondy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editions.educagri.fr" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063085v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Michaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02076437v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Valorge" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mundler" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063073v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Auclair" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063091v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063090v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124384v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04126092v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>