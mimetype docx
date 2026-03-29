--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water-Based Production of Carbon Fibers from Lignin and Alginate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the stabilizers on partial coalescence occurring in cocoa butter-in-water emulsions: a comparative study between sunflower lecithin, buttermilk powder and sodium caseinate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Bentaleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olympe Longeras</w:t>
+                <w:t xml:space="preserve">Eric Laurichesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Gounel</w:t>
+                <w:t xml:space="preserve">Gilles Pecastaings</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilfrid Neri</w:t>
+                <w:t xml:space="preserve">Mathilde Bayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Texier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Gbaguidi</w:t>
+                <w:t xml:space="preserve">Véronique Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Resource Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acssusresmgt.5c00053⟩</w:t>
+              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 169, pp.111593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.111593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190911v1</w:t>
+                <w:t xml:space="preserve">hal-05237302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the stabilizers on partial coalescence occurring in cocoa butter-in-water emulsions: a comparative study between sunflower lecithin, buttermilk powder and sodium caseinate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Bentaleb</w:t>
+                <w:t xml:space="preserve">Water-Based Production of Carbon Fibers from Lignin and Alginate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olympe Longeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Laurichesse</w:t>
+                <w:t xml:space="preserve">Sébastien Gounel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Pecastaings</w:t>
+                <w:t xml:space="preserve">Wilfrid Neri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Bayard</w:t>
+                <w:t xml:space="preserve">Emmanuel Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Schmitt</w:t>
+                <w:t xml:space="preserve">Laurence Gbaguidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Hydrocolloids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 169, pp.111593. </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Resource Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2 (7), pp.1212-1219. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foodhyd.2025.111593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssusresmgt.5c00053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05237302v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex Residual Attention U-Net for Fast Ultrasound Imaging from a Single Plane-Wave Equivalent to Diverging Wave Imaging</w:t>
               </w:r>
@@ -1202,51 +1202,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515521v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Zanon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabannes-Bou&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bousquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaleb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bril" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.5c04067" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190911v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympe Longeras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gounel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Neri" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Texier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gbaguidi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssusresmgt.5c00053" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237302v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laurichesse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pecastaings" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bayard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Schmitt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111593" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Conze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousseau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Guezou-Philippe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24165111" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213783v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Hajjaji" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Rabhi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Karama" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benzaouia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED64031.2025.11073479" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafiaa Hamitouche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052104v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Benbelkacem" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Bellarbi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Zenati-Henda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bellabaci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3281505.3281615" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515521v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Zanon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cabannes-Bou&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bousquet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bentaleb" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bril" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.5c04067" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laurichesse" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pecastaings" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bayard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Schmitt" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2025.111593" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190911v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olympe Longeras" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Gounel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Neri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Texier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Gbaguidi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssusresmgt.5c00053" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069458v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Conze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rousseau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziliz Guezou-Philippe" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24165111" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213783v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Hajjaji" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Rabhi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Karama" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellah Benzaouia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED64031.2025.11073479" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617986v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chafiaa Hamitouche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052104v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Benbelkacem" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Bellarbi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Zenati-Henda" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Bellabaci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3281505.3281615" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>