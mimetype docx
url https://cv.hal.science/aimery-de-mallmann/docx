--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -153,6031 +153,6165 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of the nature of supports on the selective reduction of CO2 to CO catalysed by a supported single-site heterobimetallic iron–potassium complex</w:t>
+                <w:t xml:space="preserve">From Molecule to Material: How Support Changes Heterobimetallic Catalysts in Lactide Polymerization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahaya Nasiru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Abdulrahman Adamu Isah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jie Pan</w:t>
+                <w:t xml:space="preserve">Aimery De mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Szeto</w:t>
+                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 50 (1), pp.333-345. </w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 47 (4), pp.e00805. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5nj03345d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/marc.202500805⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05537081v1</w:t>
+                <w:t xml:space="preserve">hal-05540477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Oxidative Propane Dehydrogenation by a Well-Defined Ga Catalyst Prepared by Surface Organometallic Chemistry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of the nature of supports on the selective reduction of CO2 to CO catalysed by a supported single-site heterobimetallic iron–potassium complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Adamu Isah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahaya Nasiru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessy Abou Nakad</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fadila Hamachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Pan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Susannah Scott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.4c01118⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 50 (1), pp.333-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5nj03345d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04600288v1</w:t>
+                <w:t xml:space="preserve">hal-05537081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highly Active Immobilized Catalyst for Ethylene Polymerization: Neutral Single Site Y(III) Complex Bearing Bulky Silylallyl Ligand</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Non-Oxidative Propane Dehydrogenation by a Well-Defined Ga Catalyst Prepared by Surface Organometallic Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Abou Nakad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vittoria Chiari</w:t>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Rouge</w:t>
+                <w:t xml:space="preserve">Li Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manel Taam</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Pannier</w:t>
+                <w:t xml:space="preserve">Susannah Scott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202402427⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, pp.8631-8639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.4c01118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04741041v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Catalytic Reduction of CO2 to CO by a Single-Site Heterobimetallic Iron–Potassium Complex Supported on Alumina</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdulrahman Adamu Isah</w:t>
+                <w:t xml:space="preserve">Highly Active Immobilized Catalyst for Ethylene Polymerization: Neutral Single Site Y(III) Complex Bearing Bulky Silylallyl Ligand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vittoria Chiari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oluwatosin Ohiro</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kai Szeto</w:t>
+                <w:t xml:space="preserve">Manel Taam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐yves Dugas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.3c04989⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202402427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04736289v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04741041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supported PdZn nanoparticles for selective CO2 conversion, through the grafting of a heterobimetallic complex on CeZrOx</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Davide Salusso</w:t>
+                <w:t xml:space="preserve">Selective Catalytic Reduction of CO2 to CO by a Single-Site Heterobimetallic Iron–Potassium Complex Supported on Alumina</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdulrahman Adamu Isah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matilde Baravaglio</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Oluwatosin Ohiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahaya Nasiru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aimery De mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcata.2022.118568⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (4), pp.2418-2428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.3c04989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03759556v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04736289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation of tripodal Vanadium Oxo-Organometallic Species Supported on Silica, [(≡SiO) 3 V(O)], for Selective Non-Oxidative Dehydrogenation of Propane</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessy Abou Nakad</w:t>
+                <w:t xml:space="preserve">Supported PdZn nanoparticles for selective CO2 conversion, through the grafting of a heterobimetallic complex on CeZrOx</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Ruzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remy Rajapaksha</w:t>
+                <w:t xml:space="preserve">Davide Salusso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Chung Szeto</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Matilde Baravaglio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimery De mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.organomet.2c00377⟩</w:t>
+              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 635, pp.118568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apcata.2022.118568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03872438v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catalytic Reduction of NOx With NH3 Over CeO2 and SiO2 Supported Tungstophosphoric Acid: Promoting Effects of Ceria Support and Cobalt Proton Substitute</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preparation of tripodal Vanadium Oxo-Organometallic Species Supported on Silica, [(≡SiO) 3 V(O)], for Selective Non-Oxidative Dehydrogenation of Propane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Abou Nakad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Rajapaksha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imane El Arrouji</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cherif Larabi</w:t>
+                <w:t xml:space="preserve">Kai Chung Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery De mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Szeto</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysis Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10562-021-03774-7⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41 (19), pp.2784-2797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.organomet.2c00377⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763118v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03872438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monocationic Bis-Alkyl and Bis-Allyl Yttrium Complexes: Synthesis, 89Y NMR Characterization, Ethylene or Isoprene Polymerization, and Modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Catalytic Reduction of NOx With NH3 Over CeO2 and SiO2 Supported Tungstophosphoric Acid: Promoting Effects of Ceria Support and Cobalt Proton Substitute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane El Arrouji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamil Toyir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis D. Oswald</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t>
+                <w:t xml:space="preserve">Aimery De Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.organomet.0c00709⟩</w:t>
+              <w:t xml:space="preserve">Catalysis Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 152 (7), pp.2067-2077. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10562-021-03774-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03179735v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03763118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pd, Cu and Bimetallic PdCu NPs Supported on CNTs and Phosphine‐Functionalized Silica: One‐Pot Preparation, Characterization and Testing in the Semi‐Hydrogenation of Alkynes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monocationic Bis-Alkyl and Bis-Allyl Yttrium Complexes: Synthesis, 89Y NMR Characterization, Ethylene or Isoprene Polymerization, and Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis D. Oswald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymane El Bouhali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Chefdeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Breuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Sánchez-Resa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+                <w:t xml:space="preserve">Hélène Olivier-Bourbigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.202100806⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40 (2), pp.218-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.organomet.0c00709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03759541v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03179735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NH3-Selective Catalytic Reduction of NOx to N2 over Ceria Supported WOx Based Catalysts: Influence of Tungsten Content</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Imane El Arrouji</w:t>
+                <w:t xml:space="preserve">Pd, Cu and Bimetallic PdCu NPs Supported on CNTs and Phosphine‐Functionalized Silica: One‐Pot Preparation, Characterization and Testing in the Semi‐Hydrogenation of Alkynes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Sánchez-Resa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Dolores Fernández-Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuirong Chen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kai Szeto</w:t>
+                <w:t xml:space="preserve">Chloé Didelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (8), pp.950. </w:t>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021 (47), pp.4970-4978. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/catal11080950⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ejic.202100806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375445v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-defined surface tungstenocarbyne complex through the reaction of [W(C t Bu)(CH 2 t Bu) 3 ] with CeO 2 : a highly stable precatalyst for NOx reduction with NH 3</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">NH3-Selective Catalytic Reduction of NOx to N2 over Ceria Supported WOx Based Catalysts: Influence of Tungsten Content</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane El Arrouji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cuirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamil Toyir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0nj02146f⟩</w:t>
+              <w:t xml:space="preserve">Catalysts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (8), pp.950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/catal11080950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03375531v1</w:t>
+                <w:t xml:space="preserve">hal-03375445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxide-Supported Titanium Catalysts: Structure–Activity Relationship in Heterogeneous Catalysis, with the Choice of Support as a Key Step</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Well-defined surface tungstenocarbyne complex through the reaction of [W(C t Bu)(CH 2 t Bu) 3 ] with CeO 2 : a highly stable precatalyst for NOx reduction with NH 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cuirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Norsic</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Kai Chung Szeto</w:t>
+                <w:t xml:space="preserve">Marc Charlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.organomet.0c00650⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (27), pp.12024-12032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0nj02146f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03375404v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethenolysis of Renewable Methyl Oleate Catalyzed by Readily Accessible Supported Group VI Oxo Catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai C. Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 39 (7), pp.1105-1111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.organomet.9b00823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03022577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bis-N,N-aminophosphine (PNP) crosslinked poly(p-tert-butyl styrene) particles: A new support for heterogeneous palladium catalysts for Suzuki coupling reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oxide-Supported Titanium Catalysts: Structure–Activity Relationship in Heterogeneous Catalysis, with the Choice of Support as a Key Step</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Norsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lhoussain Khrouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vito Vece</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Chung Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysis Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, pp.105715. </w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (24), pp.4608-4617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.catcom.2019.105715⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.organomet.0c00650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02146522v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03375404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metathetic Oxidation of 2-Butenes to Acetaldehyde by Molecular Oxygen Using the Single-Site Olefin Metathesis Catalyst (≡SiO) 2 Mo(═O) 2</w:t>
+                <w:t xml:space="preserve">Bis-N,N-aminophosphine (PNP) crosslinked poly(p-tert-butyl styrene) particles: A new support for heterogeneous palladium catalysts for Suzuki coupling reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Le Quéméner</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Manoja Samantaray</w:t>
+                <w:t xml:space="preserve">Vito Vece</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Charlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.8b01767⟩</w:t>
+              <w:t xml:space="preserve">Catalysis Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.105715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catcom.2019.105715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02413133v1</w:t>
+                <w:t xml:space="preserve">hal-02146522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of an oxo trialkyl tungsten fluoride complex and its dual reactivity with silica dehydroxylated at high temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Mazoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Organometallic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 869, pp.11 - 17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jorganchem.2018.05.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New synthetic approach towards well-defined silica supported tungsten bis-oxo, active catalysts for olefin metathesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Berrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Le Quéméner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Catalysis Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 108, pp.51 - 54. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.catcom.2018.01.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01862161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Defined Silica Grafted Molybdenum Bis(imido) Catalysts for Imine Metathesis Reactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Metathetic Oxidation of 2-Butenes to Acetaldehyde by Molecular Oxygen Using the Single-Site Olefin Metathesis Catalyst (≡SiO) 2 Mo(═O) 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Quéméner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Barman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maha Aljuhani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manoja Samantaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 36 (8), pp.1550 - 1556. </w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (8), pp.7549-7555. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.organomet.7b00115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.8b01767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872687v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02413133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Defined Molybdenum Oxo Alkyl Complex Supported on Silica by Surface Organometallic Chemistry: A Highly Active Olefin Metathesis Precatalyst</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Well-Defined Silica Grafted Molybdenum Bis(imido) Catalysts for Imine Metathesis Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Barman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yury Minenkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoja Samantaray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jacs.6b11220⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36 (8), pp.1550 - 1556. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.organomet.7b00115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01872672v1</w:t>
+                <w:t xml:space="preserve">hal-01872687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silica supported copper nanoparticles prepared via surface organometallic chemistry: active catalysts for the selective hydrogenation of 2,3-dimethylbutadiene</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Well-Defined Molybdenum Oxo Alkyl Complex Supported on Silica by Surface Organometallic Chemistry: A Highly Active Olefin Metathesis Precatalyst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">W. Darwich</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Quéméner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouhoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C6NJ03350D⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 139 (6), pp.2144 - 2147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.6b11220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872677v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-defined silica supported bipodal molybdenum oxo alkyl complexes: a model of the active sites of industrial olefin metathesis catalysts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Silica supported copper nanoparticles prepared via surface organometallic chemistry: active catalysts for the selective hydrogenation of 2,3-dimethylbutadiene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Boukebbous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kai Szeto</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Garron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Darwich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C7CC06041F⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 41 (2), pp.427 - 431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6NJ03350D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872691v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bifunctional Catalysts Based on Tungsten Hydrides Supported on Silicated Alumina for the Direct Production of 2,3-Dimethylbutenes and Neohexene from Isobutene</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Well-defined silica supported bipodal molybdenum oxo alkyl complexes: a model of the active sites of industrial olefin metathesis catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Le Quéméner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Barman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manoja Samantaray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Norsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemCatChem</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 9 (12), pp.2160 - 2166. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (82), pp.11338 - 11341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cctc.201700106⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C7CC06041F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01872682v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01872691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macromol. Rapid Commun. 22/2016</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Bifunctional Catalysts Based on Tungsten Hydrides Supported on Silicated Alumina for the Direct Production of 2,3-Dimethylbutenes and Neohexene from Isobutene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cherif Larabi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc O. Charlin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Merle</w:t>
+                <w:t xml:space="preserve">Anthony Garron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Rouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Norsic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Macromolecular Rapid Communications, 37, pp.1848-1848. </w:t>
+              <w:t xml:space="preserve">ChemCatChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9 (12), pp.2160 - 2166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201670088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cctc.201700106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02309432v1</w:t>
+                <w:t xml:space="preserve">hal-01872682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silica-Supported Tungsten Neosilyl Oxo Precatalysts: Impact of the Podality on Activity and Stability in Olefin Metathesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Grekov</w:t>
+                <w:t xml:space="preserve">Y. Bouhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Bouhoute</w:t>
+                <w:t xml:space="preserve">K. Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 35 (13), pp.2188-2196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.organomet.6b00220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01968826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modification of silica-supported tungsten neosilyl oxo precatalysts: impact of substituted phenol on activity and stability in olefin metathesis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Macromol. Rapid Commun. 22/2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Chung Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc O. Charlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Grekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Macromolecular Rapid Communications, 37, pp.1848-1848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201670088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968728v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvent-Free Ring-Opening Metathesis Polymerization of Norbornene over Silica-Supported Tungsten-Oxo Perhydrocarbyl Catalysts</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">Modification of silica-supported tungsten neosilyl oxo precatalysts: impact of substituted phenol on activity and stability in olefin metathesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iker Del rosal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grekov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Catalysis Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (24), pp.8532-8539</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/marc.201600419⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02108714v1</w:t>
+                <w:t xml:space="preserve">hal-01968728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selective Grafting of Ga(i-Bu)3on the Silanols of Mesoporous H-ZSM-5 by Surface Organometallic Chemistry</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+                <w:t xml:space="preserve">Solvent-Free Ring-Opening Metathesis Polymerization of Norbornene over Silica-Supported Tungsten-Oxo Perhydrocarbyl Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouhoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Charlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b09289⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 37 (22), pp.1832-1836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201600419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02310885v1</w:t>
+                <w:t xml:space="preserve">hal-02108714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accessing Realistic Models for the WO 3 –SiO 2 Industrial Catalyst through the Design of Organometallic Precursors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bouhoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Bouhoute</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Grekov</w:t>
+                <w:t xml:space="preserve">K. Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, ACS Catalysis, 6 (1), pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acscatal.5b01744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01968734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Defined Supported Mononuclear Tungsten Oxo Species as Olefin Metathesis Pre-Catalysts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anthony Garron</w:t>
+                <w:t xml:space="preserve">Selective Grafting of Ga(i-Bu)3on the Silanols of Mesoporous H-ZSM-5 by Surface Organometallic Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Chung Szeto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selene Hernández-Morejudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denys Grekov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Kai Szeto</w:t>
+                <w:t xml:space="preserve">Unni Olsbye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, The Journal of Physical Chemistry C, 119, pp.26611-26619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.5b09289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969421v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02310885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-Defined Silica-Supported Zirconium−Benzyl Cationic Species: Improved Heterogenization of Single-Site Polymerization Catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Popoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Macqueron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wissam Sayhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeff Espinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 2014 (5), pp.888--895</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small Changes Have Consequences: Lessons from Tetrabenzyltitanium and -zirconium Surface Organometallic Chemistry</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Well-Defined Supported Mononuclear Tungsten Oxo Species as Olefin Metathesis Pre-Catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Bouhoute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Garron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denys Grekov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (11), pp.4232-4241</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02043430v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Surface Hydride Hafnium Complexes on Alumina by a Combination of Experiments and DFT Calculations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+                <w:t xml:space="preserve">Small Changes Have Consequences: Lessons from Tetrabenzyltitanium and -zirconium Surface Organometallic Chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Popoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Espinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Macqueron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jp200111x⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (3), pp.964-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201202737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861701v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02043430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grafting Reaction of Platinum Organometallic Complexes on Silica-Supported or Unsupported Heteropolyacids</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
+                <w:t xml:space="preserve">Shifting From Ziegler-Natta to Philips-Type Catalyst? A Simple and Safe Access to Reduced Titanium Systems for Ethylene Polymerization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Popoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeff Espinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Baudouin</w:t>
+                <w:t xml:space="preserve">Eric Goure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om1003539⟩</w:t>
+              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (23), pp.1921-1924. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/marc.201100477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861702v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shifting From Ziegler-Natta to Philips-Type Catalyst? A Simple and Safe Access to Reduced Titanium Systems for Ethylene Polymerization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jeff Espinas</w:t>
+                <w:t xml:space="preserve">Grafting Reaction of Platinum Organometallic Complexes on Silica-Supported or Unsupported Heteropolyacids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Legagneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwann Jeanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Goure</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Erwan Le Roux</w:t>
+                <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Rapid Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/marc.201100477⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 30 (7), pp.1783 - 1793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om1003539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02069699v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Organometallic Chemistry of Titanium on Silica−Alumina and Catalytic Hydrogenolysis of Waxes at Low Temperature</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">Characterization of Surface Hydride Hafnium Complexes on Alumina by a Combination of Experiments and DFT Calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Delbecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om900151a⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 115 (14), pp.6757 - 6763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp200111x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861698v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Well-Defined Surface Imido Amido Tantalum(V) Species from Ammonia and Silica-Supported Tantalum Hydrides</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Surface Organometallic Chemistry of Titanium on Silica−Alumina and Catalytic Hydrogenolysis of Waxes at Low Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cherif Larabi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Norsic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mostafa Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja0666809⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (19), pp.5647 - 5655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om900151a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02195804v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactivity of Silica-Supported Hafnium Tris-neopentyl with Dihydrogen: Formation and Characterization of Silica Surface Hafnium Hydrides and Alkyl Hydride</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">Well-Defined Surface Imido Amido Tantalum(V) Species from Ammonia and Silica-Supported Tantalum Hydrides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Avenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lesage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Taoufik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Steven Fiddy</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om070214q⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 129 (1), pp.176-186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja0666809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861690v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dinitrogen Dissociation on an Isolated Surface Tantalum Atom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Avenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Taoufik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lesage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Solans-Monfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 317, pp.1056-1060. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1126/science.1143078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00171186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, characterization and propane metathesis activity of a tantalum-hydride prepared on high surface area “silica supported zirconium hydroxide”</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Thivolle-Cazat</w:t>
+                <w:t xml:space="preserve">Reactivity of Silica-Supported Hafnium Tris-neopentyl with Dihydrogen: Formation and Characterization of Silica Surface Hafnium Hydrides and Alkyl Hydride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Tosin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Santini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Fiddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/b616921j⟩</w:t>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (17), pp.4118 - 4127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om070214q⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117630v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Organometallic Chemistry of Titanium: Synthesis, Characterization, and Reactivity of (Si-O)nTi(CH2C(CH3)3)4-n (n =1, 2) Grafted on Aerosil Silica and MCM-41</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. de Mallmann</w:t>
+                <w:t xml:space="preserve">Synthesis, characterization and propane metathesis activity of a tantalum-hydride prepared on high surface area “silica supported zirconium hydroxide”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rataboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Copéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Thivolle-Cazat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organometallics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om050675g⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 9, pp.923-927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b616921j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00373098v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02117630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tantalum hydrides supported on MCM-41 mesoporous silica: activation of methane and thermal evolution of the tantalum-methyl species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface Organometallic Chemistry of Titanium: Synthesis, Characterization, and Reactivity of (Si-O)nTi(CH2C(CH3)3)4-n (n =1, 2) Grafted on Aerosil Silica and MCM-41</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Petroff Saint-Arroman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Soignier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Dablemont</w:t>
+                <w:t xml:space="preserve">Céline Dablemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 25 (7), pp.1569. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/om050609e⟩</w:t>
+              <w:t xml:space="preserve">, 2006, 25 (15), pp.3743-3760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om050675g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00305301v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00373098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Organometallic Chemistry of Titanium: Synthesis, Characterization, and Reactivity of (Si-O)nTi(CH2C(CH3)3)4-n (n = 1, 2) Grafted on Aerosil Silica and MCM-41</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tantalum hydrides supported on MCM-41 mesoporous silica: activation of methane and thermal evolution of the tantalum-methyl species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Soignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Taoufik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Saggio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dablemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organometallics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 25, pp.3743</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2006, 25 (7), pp.1569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/om050609e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00305432v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00305301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detailed Structural Investigation of the Grafting of [Ta(CH t Bu)(CH 2 t Bu) 3 ] and [Cp*TaMe 4 ] on Silica Partially Dehydroxylated at 700 °C and the Activity of the Grafted Complexes toward Alkane Metathesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Erwan Le Roux</w:t>
+                <w:t xml:space="preserve">Surface Organometallic Chemistry of Titanium: Synthesis, Characterization, and Reactivity of (Si-O)nTi(CH2C(CH3)3)4-n (n = 1, 2) Grafted on Aerosil Silica and MCM-41</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rosier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Chabanas</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Copéret</w:t>
+                <w:t xml:space="preserve">R. Petroff Saint-Arroman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Neumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dablemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Organometallics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 25, pp.3743</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861681v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00305432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Detailed Structural Investigation of the Grafting of [Ta(CH t Bu)(CH 2 t Bu) 3 ] and [Cp*TaMe 4 ] on Silica Partially Dehydroxylated at 700 °C and the Activity of the Grafted Complexes toward Alkane Metathesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chabanas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimery de Mallmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Copéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 126 (41), pp.13391 - 13399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja046486r⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Preparation of a Pt/SiO2 catalyst. I. Interaction between platinum tetrammine hydroxide and the silica surface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Goguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F.J. Cadete Santos Aires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Schweich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 209, pp.135-144. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1006/jcat.2002.3616⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00007163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6187,154 +6321,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Well-defined group VI oxo derivatives supported on silica by SOMC: Model of industrial olefin metathesis catalyst</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Bouhoute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Chung Szeto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimery de Mallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iker Del rosal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">251th ACS Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6344,168 +6478,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation of Single Site Catalysts on Oxides and Metals Prepared via Surface Organometallic Chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Basset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franois Bayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Candy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Copret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Surface Organometallic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-VCH Verlag GmbH &amp; Co. KGaA, pp.23-73, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02196015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId221"/>
+      <w:footerReference w:type="default" r:id="rId224"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6573,51 +6707,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BF222EED"/>
+    <w:nsid w:val="09C8FE21"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6804,51 +6938,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aimery-de-mallmann" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8943-6403" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031339247" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537081v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Adamu Isah" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Nasiru" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hamachi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Pan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Szeto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nj03345d" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600288v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Abou Nakad" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallmann" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Li" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susannah Scott" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c01118" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741041v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Chiari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rouge" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Taam" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Dugas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Pannier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202402427" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736289v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluwatosin Ohiro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c04989" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759556v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ruzzi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Salusso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Baravaglio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery De&#8197;mallmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.118568" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872438v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Rajapaksha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Chung Szeto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taoufik" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.2c00377" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763118v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane El Arrouji" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Toyir" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larabi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery De Mallmann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-021-03774-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03179735v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D. Oswald" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymane El Bouhali" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chefdeville" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Breuil" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Olivier-Bourbigou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.0c00709" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759541v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S&#225;nchez-Resa" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Delgado" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Didelot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100806" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375445v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuirong Chen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11080950" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03375531v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Charlin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nj02146f" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375404v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Norsic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.0c00650" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022577v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai C. Szeto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouhoute" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.9b00823" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146522v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Vece" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2019.105715" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413133v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Barman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Aljuhani" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoja Samantaray" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b01767" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862162v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mazoyer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2018.05.016" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862161v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berrier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2018.01.031" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQJ7VCSL-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872687v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Minenkov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.7b00115" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872672v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b11220" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872677v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boukebbous" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Larabi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garron" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Darwich" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ03350D" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872691v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CC06041F" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872682v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Garron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700106" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309432v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc O. Charlin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201670088" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2LC0F42P-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968826v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grekov" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouhoute" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Szeto" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Mallmann" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.6b00220" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968728v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108714v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201600419" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSWHX3R4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02310885v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Gallo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selene Hern&#225;ndez-Morejudo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unni Olsbye" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b09289" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968734v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b01744" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01969421v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Grekov" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874356v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Popoff" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Macqueron" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Sayhoun" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Espinas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pelletier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043430v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Macqueron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202737" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8L69N9XX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861701v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Delgado" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Santini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Delbecq" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudouin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp200111x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861702v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legagneux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thomas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om1003539" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069699v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goure" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Roux" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100477" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WC8LCMQ6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861698v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900151a" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195804v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Avenier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lesage" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0666809" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SC2LH86F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861690v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Tosin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallman" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Fiddy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om070214q" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Q375FGNG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171186v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taoufik" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Solans-Monfort" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baudouin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1143078" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117630v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rataboul" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cop&#233;ret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lefort" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thivolle-Cazat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b616921j" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DDC421C599614A8B3CBE275E08FD3FFEC3BEB8A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373098v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bini" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petroff Saint-Arroman" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Neumann" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dablemont" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050675g" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305301v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soignier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Roux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Saggio" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dablemont" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050609e" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z36K4ZP4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305432v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rosier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Petroff Saint-Arroman" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Neumann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861681v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chabanas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja046486r" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007163v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Goguet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aouine" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Cadete Santos Aires" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schweich" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcat.2002.3616" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GX8JDML-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02333529v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196015v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Basset" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franois Bayard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Candy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Copret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aimery-de-mallmann" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8943-6403" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/031339247" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540477v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Nasiru" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahman Adamu Isah" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery De&#8197;mallmann" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Taoufik" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202500805" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537081v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Hamachi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Pan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Szeto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5nj03345d" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600288v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Abou Nakad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallmann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Li" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susannah Scott" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.4c01118" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741041v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Chiari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rouge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Taam" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;yves Dugas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Pannier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202402427" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736289v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oluwatosin Ohiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.3c04989" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759556v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Ruzzi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Salusso" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Baravaglio" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.118568" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872438v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Rajapaksha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Chung Szeto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.2c00377" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763118v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane El Arrouji" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamil Toyir" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Larabi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery De Mallmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10562-021-03774-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03179735v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D. Oswald" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymane El Bouhali" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chefdeville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Breuil" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Olivier-Bourbigou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.0c00709" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759541v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel S&#225;nchez-Resa" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Delgado" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dolores Fern&#225;ndez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Didelot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.202100806" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375445v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cuirong Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/catal11080950" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03375531v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Merle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Charlin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nj02146f" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022577v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai C. Szeto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Bouhoute" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.9b00823" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375404v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Norsic" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boyron" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.0c00650" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146522v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vito Vece" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2019.105715" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862162v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mazoyer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jorganchem.2018.05.016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862161v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Berrier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catcom.2018.01.031" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQJ7VCSL-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413133v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Le Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Barman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Aljuhani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoja Samantaray" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.8b01767" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872687v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Minenkov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.7b00115" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872672v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.6b11220" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872677v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Boukebbous" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Larabi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garron" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Darwich" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6NJ03350D" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872691v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CC06041F" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01872682v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Garron" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.201700106" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968826v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grekov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouhoute" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Szeto" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Mallmann" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.organomet.6b00220" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02309432v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc O. Charlin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201670088" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2LC0F42P-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968728v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iker Del&#8197;rosal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108714v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201600419" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSWHX3R4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01968734v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.5b01744" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02310885v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Gallo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selene Hern&#225;ndez-Morejudo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Unni Olsbye" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b09289" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874356v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Popoff" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Macqueron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissam Sayhoun" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Espinas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Pelletier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-01969421v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Grekov" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043430v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Macqueron" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201202737" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8L69N9XX-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02069699v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Goure" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Le Roux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.201100477" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WC8LCMQ6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861702v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Legagneux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Jeanneau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Thomas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Baudouin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om1003539" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861701v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Delgado" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Santini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Delbecq" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp200111x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861698v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om900151a" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195804v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Avenier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lesage" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja0666809" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-SC2LH86F-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00171186v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Taoufik" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Solans-Monfort" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Baudouin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.1143078" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861690v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Tosin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery de Mallman" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Fiddy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om070214q" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Q375FGNG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117630v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rataboul" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cop&#233;ret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lefort" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Thivolle-Cazat" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b616921j" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8DDC421C599614A8B3CBE275E08FD3FFEC3BEB8A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373098v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bini" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Petroff Saint-Arroman" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Neumann" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dablemont" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050675g" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305301v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soignier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Roux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Saggio" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dablemont" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/om050609e" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-Z36K4ZP4-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305432v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bini" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rosier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Petroff Saint-Arroman" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Neumann" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861681v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chabanas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja046486r" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00007163v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Goguet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aouine" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.J. Cadete Santos Aires" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Schweich" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcat.2002.3616" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GX8JDML-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02333529v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196015v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Basset" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franois Bayard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Candy" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Copret" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>