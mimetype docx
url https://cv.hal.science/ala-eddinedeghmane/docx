--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,17143 +66,17143 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (116)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic characterization of Haemophilus ducreyi from non-genital skin lesions in Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ndzomo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serges Tchatchouang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosanne Ngome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 90 (3), pp.106448. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2025.106448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fluctuations in serogroup B meningococcal vaccine antigens prior to routine MenB vaccination in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Falguières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Eddine Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communications Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), pp.87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43856-025-00800-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bioluminescence-Based Serum Bactericidal Assay to Detect Bactericidal Antibodies Against Neisseria meningitidis in Human Sera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Fantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (3), pp.595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms13030595⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cases of Meningococcal Disease Associated with Travel to Saudi Arabia for Umrah Pilgrimage — United States, United Kingdom, and France, 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madhura Vachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jay Lucidarme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Neatherlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Rubis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MMWR : Morbidity and Mortality Weekly Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 73 (22), pp.514-516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15585/mmwr.mm7322e1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04860125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When a Neisseria meningitidis PCR limitation contributes to an immunological disease diagnosis [Correspondence]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Duployez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Loïez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Wallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Marceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Microbiology, Immunology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 57 (2), pp.340-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmii.2023.10.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meningococcal resistance to ciprofloxacin is not rare anymore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.dkae433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkae433⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859548v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Not Only Meningitis but Also Epiglottitis: An Emerging Clinical Presentation of Invasive Meningococcal Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Open Forum Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (1), pp.ofad615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ofid/ofad615⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of Unusual Serogroups of Neisseria meningitidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Fantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oumar Doucoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (12), pp.2528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12122528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spread of the meningococci group C isolates of the clonal complex 10217 beyond the African meningitis belt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Bouheraoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rym Laliam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Badia Guettou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Djedjig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IJID Regions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, pp.100458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijregi.2024.100458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haemophilus influenzae Invasive Infections in Children in Vaccine Era: Phenotypic and Genotypic Characterization Tunis, Tunisia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmine Chelbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Meftah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samar Mhimdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Aloui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (12), pp.2666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms12122666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent increase in atypical presentations of invasive meningococcal disease in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-024-09547-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The importance of microbiology reference laboratories and adequate funding for infectious disease surveillance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Abad Torreblanca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahin Amin-Chowdhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desiree Bennett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (4), pp.e275-e281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2589-7500(24)00241-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biofilm Formation by Nontypeable Haemophilus Influenzae and Resistance to Complement-Mediated Clearance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 229 (6), pp.1674-1678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiad584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implications of O-glycan modifications in the hinge region of a plant-produced SARS-CoV-2-IgA antibody on functionality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Uetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Göritzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Vergara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav Melnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clemens Grünwald-Gruber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.1329018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fbioe.2024.1329018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global Meningococcal Initiative: Insights on antibiotic resistance, control strategies and advocacy efforts in Western Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ray Borrow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Campbell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique A Caugant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdessalam Cherkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Claus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 89 (6), pp.106335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2024.106335⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05103277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution récente de l’épidémiologie et du fardeau des infections invasives à méningocoques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Praticien (La)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Supplément_Infections invasives à méningocoques, 74 (8), pp.S7-S10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-05119650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Hunt for the Resistance of Haemophilus influnezae to Beta-Lactams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (8), pp.761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics13080761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04859553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meningococcal disease in the Middle East: A report from the Global Meningococcal Initiative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seif S Al-Abri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Musallam Yunus Abuhasan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soha Shawqi A. Albayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xilian Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamad Bastaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 88 (2), pp.71-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2023.10.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04266742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characteristics of Meningococcal Invasive Disease in Neonates and Virulence of the Corresponding Isolates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa Beggaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamazoust Guiddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neonatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 120 (4), pp.417-423. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000530151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04191292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trends in invasive bacterial diseases during the first 2 years of the COVID-19 pandemic: analyses of prospective surveillance data from 30 countries and territories in the IRIS Consortium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahin Amin-Chowdhury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Bautista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desiree Bennett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (9), pp.e582 - e593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s2589-7500(23)00108-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04266755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prevalence of Respiratory Pathogens in COVID Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Alexandra Stoica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Aouiti-Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne De Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biotechnology and Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (4), pp.450-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26502/jbb.2642-91280107⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04871095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent Evolution of Susceptibility to Beta-Lactams in Neisseria meningitidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (6), pp.992. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics12060992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Implementation of a prospective study for enhancing surveillance of invasive bacterial infections in North Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanen Smaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassiba Tali-Maamar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zouhair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selma Bouheraoua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Mefteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 115, pp.101-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijid.2021.11.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Global epidemiology and changing clinical presentations of invasive meningococcal disease: a narrative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infectious diseases (London, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23744235.2021.1971289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phylogenetic Structure and Comparative Genomics of Multi-National Invasive Haemophilus influenzae Serotype a Isolates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadav Topaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Tsang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Claus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiên-Trí Lâm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.856884. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.856884⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immunogenicity and safety of the meningococcal B recombinant (4CMenB) vaccine in allogeneic hematopoietic cell transplantation recipients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Redjoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Cabanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (12), pp.1609-1614. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.06.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haemophilus influenzae drug resistance in France from 2017 to 2021: consideration for treatment of otitis media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anas Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Adeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Global Antimicrobial Resistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31, pp.222-227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jgar.2022.09.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of mandatory vaccination against serogroup C meningococci in targeted and non-targeted populations in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NPJ vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (1), pp.73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41541-022-00488-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of Resistance to Antibiotics in Neisseria meningitidis : Any Reasons for Concern?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 225 (11), pp.1869-1870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiac095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changes in Invasive Neisseria meningitidis and Haemophilus influenzae Infections in France during the COVID-19 Pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10050907⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133462v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Product review on the IMD serogroup B vaccine Bexsero®</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21645515.2021.2020043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haemophilus influenzae type b (Hib) seroprevalence in France: impact of vaccination schedules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Aouiti-Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Falguières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-021-06440-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changes in the incidence of invasive disease due to Streptococcus pneumoniae, Haemophilus influenzae, and Neisseria meningitidis during the COVID-19 pandemic in 26 countries and territories in the Invasive Respiratory Infection Surveillance Initiative: a prospective analysis of surveillance data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela B Brueggemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa J Jansen van Rensburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Shaw</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noel D Mccarthy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith A Jolley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Digital Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (6), pp.e360-e370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2589-7500(21)00077-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03261492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular diagnostic assays for the detection of common bacterial meningitis pathogens: A narrative review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kanny Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitalis F Feteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Ibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Antonio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique A Caugant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 65, pp.103274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2021.103274⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03261542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of strain coverage by the multicomponent meningococcal serogroup B vaccine (4CMenB) in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Muzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosita de Paola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Boccadifuoco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (12), pp.5614-5622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21645515.2021.2004055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04133441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invasive Bacterial Infections in Subjects with Genetic and Acquired Susceptibility and Impacts on Recommendations for Vaccination: A Narrative Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (3), pp.467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9030467⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03261546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Defective lytic transglycosylase disrupts cell morphogenesis by hindering cell wall de-O-acetylation in Neisseria meningitidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allison Hillary Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Santecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan E Schaub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9, pp.e51247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.51247⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02947101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of new genetic lineage, ST-9316, of Neisseria meningitidis group W in Hauts-de-France region, France 2013–2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Haeghebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améliane Jousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 80 (5), pp.519-526. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2020.01.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02618590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of COVID-19 pandemic and the lockdown on invasive meningococcal disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), pp.399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13104-020-05241-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03261549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">First report of meningococcal ciprofloxacin resistance in Greece due to invasive isolates of the sequence type ST-3129</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georgina Tzanakaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theano Georgakopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasia Xirogianni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Papandreou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39 (12), pp.2467-2470. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10096-020-03965-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03261558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phenotypic and genotypic characterization of meningococcal isolates in Tunis, Tunisia: High diversity and impact on vaccination strategies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Brik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91, pp.73-78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijid.2019.11.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02489606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of Haemophilus species in patients with respiratory tract infections in Yaoundé, Cameroon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serges Tchatchouang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Nzouankeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100, pp.12-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijid.2020.08.040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03261553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent changes of invasive meningococcal disease in France: arguments to revise the vaccination strategy in view of those of other countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Gaudelus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Human Vaccines &amp; Immunotherapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (10), pp.2518-2523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21645515.2020.1729030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02618644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cluster of serogroup W invasive meningococcal disease in a university campus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Clinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 50 (4), pp.335-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medmal.2019.10.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02423494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Difference in virulence between Neisseria meningitidis serogroups W and Y in transgenic mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Eriksson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Stenmark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Thulin Hedberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olof Säll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12866-020-01760-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02618612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infections à Haemophilus influenzae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMC-Maladies infectieuses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1166-8598(19)53273-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phylogenetic relationships and regional spread of meningococcal strains in the meningitis belt, 2011–2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadav Topaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique A Caugant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ola Brønstad Brynildsrud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Debech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41, pp.488-496. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2019.02.054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02489110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High diversity of invasive Haemophilus influenzae isolates in France and the emergence of resistance to third generation cephalosporins by alteration of ftsI gene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Chehboub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Falguières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 79 (1), pp.7-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2019.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02423493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of the impact of corticosteroids adjuvant treatment during experimental invasive meningococcal infection in mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Aouiti-Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Steroids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 136, pp.32-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.steroids.2018.05.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01950877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clonal replacement and expansion among invasive meningococcal isolates of serogroup W in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denise Antona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 76 (2), pp.149-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2017.10.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01950885v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acquisition of Beta-Lactamase by Neisseria meningitidis through Possible Horizontal Gene Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 62 (9), pp.e00831-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00831-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01950880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unusual Initial Abdominal Presentations of Invasive Meningococcal Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamazoust Guiddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 67 (8), pp.1220-1227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciy257⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01950870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting the Susceptibility of Meningococcal Serogroup B Isolates to Bactericidal Antibodies Elicited by Bivalent rLP2086, a Novel Prophylactic Vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa K. Mcneil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert G K Donald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexey Gribenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger French</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaniel Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.00036-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01950865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Characterization of Invasive Isolates of Neisseria meningitidis in Casablanca, Morocco.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziza Razki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Zerouali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Belabbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Aitmouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 56 (7), pp.e00445-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.00445-18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02069133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential expression of hemoglobin receptor, HmbR, between carriage and invasive isolates of Neisseria meningitidis contributes to virulence: lessons from a clonal outbreak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sevestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seydina M. Diene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Aouiti-Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Virulence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.923-929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21505594.2018.1460064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of meningococci with reduced susceptibility to third-generation cephalosporins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Antimicrobial Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72 (1), pp.95-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jac/dkw400⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complement factor P is a ligand for the natural killer cell-activating receptor NKp46</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Narni-Mancinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Baratin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Fenis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (10), pp.aam9628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciimmunol.aam9628⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01996175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characteristics and changes in invasive meningococcal disease epidemiology in France, 2006–2015.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Parent Du Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.E. Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Antona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fonteneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 74 (6), pp.564-574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinf.2017.02.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Durability of immunogenicity and strain coverage of MenBvac, a meningococcal vaccine based on outer membrane vesicles: Lessons of the Normandy campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sevestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 35 (32), pp.4029-4033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2017.05.065⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bactericidal activity of sera from adolescents vaccinated with bivalent rLP2086 against meningococcal serogroup B outbreak strains from France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio Cesar Hawkins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Liberator</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lubomira Andrew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 35 (11), pp.1530-1537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2017.01.066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strains Responsible for Invasive Meningococcal Disease in Patients With Terminal Complement Pathway Deficiencies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Vieira Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine El Sissy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc de Pontual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 215 (8), pp.1331-1338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jix143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-Genome Characterization of Epidemic Neisseria meningitidis Serogroup C and Resurgence of Serogroup W, Niger, 2015.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Kretz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam C. Retchless</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fati Sidikou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassira Issaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sani Ousmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (10), pp.1762-1768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2210.160468⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02056224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of animal models to support revising Meningococcal breakpoints of β-Lactams.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60 (7), pp.4023-4027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00378-16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02058949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neisseria meningitidis Serogroup X in Sub-Saharan Africa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Agnememel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viginia Nuñez-Samudio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (4), pp.698-702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid2204.150653⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02060243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The phosphocarrier protein HPr of Neisseria meningitidis interacts with the transcription regulator CrgA and its deletion affects capsule production, cell adhesion, and virulence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Derkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Poncet-Mouturat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Naima Nait-Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Joyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 100 (5), pp.788-807. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mmi.13349⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01531683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transport and Catabolism of Carbohydrates by Neisseria meningitidis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Derkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Nait Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (5), pp.320-332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000447093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02058783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Phosphocarrier Protein HPr Contributes to Meningococcal Survival during Infection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Derkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (9), pp.e0162434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0162434⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02055910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolutionary Events Associated with an Outbreak of Meningococcal Disease in Men Who Have Sex with Men.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Claus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Lappann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric J Veyrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Otto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (5), pp.e0154047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0154047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01351740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serogroup C invasive meningococcal disease among men who have sex with men and in gay-oriented social venues in the Paris region: July 2013 to December 2014.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Boo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Le Strat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. E. Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 20 (3), pii=21016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2807/1560-7917.ES2015.20.3.21016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02060707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyperinvasive Meningococci Induce Intra-nuclear Cleavage of the NF-κB Protein p65/RelA by Meningococcal IgA Protease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anissa Besbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (8), pp.e1005078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1005078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of corticosteroids on experimental meningococcal sepsis in mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Antunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Fiette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Steroids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 101, pp.96-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.steroids.2015.05.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02013271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meningococcal carriage: the dilemma of 4CMenB vaccine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 384 (9960), pp.2088-2090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0140-6736(14)60935-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02093309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipocalin 2 in cerebrospinal fluid as a marker of acute bacterial meningitis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamazoust Guiddir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (1), pp.276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2334-14-276⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00996794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact des corticoïdes dans la prise en charge immédiate des infections invasives à méningocoque liées aux souches hyper-invasives du complexe clonal ST-11 chez l’enfant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Madhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-E. Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Béchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives de Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (3), pp.258-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.arcped.2013.12.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02095565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic Diversity and Levels of Expression of Factor H Binding Protein among Carriage Isolates of Neisseria meningitidis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (9), pp.e107240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0107240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02072510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N-13: Immunogénicité à long terme du vaccin MenBvac en Seine-Maritime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Delbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jeannot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (6), pp.77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0399-077X(14)70278-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Multi-country Evaluation of Neisseria meningitidis Serogroup B Factor H–Binding Proteins and Implications for Vaccine Coverage in Different Age Groups.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Hoiseth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lubomira Andrew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Frosch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pediatric Infectious Disease Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (10), pp.1096-1101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/INF.0b013e31829aa63b⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02089119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Could the multicomponent meningococcal serogroup B vaccine (4CMenB) control Neisseria meningitidis capsular group X outbreaks in Africa?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marzia Monica Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Comanducci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brunella Brunelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 31 (7), pp.1113-1116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2012.12.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02092889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Invasive serogroup w meningococcal disease in children: a national survey from 2001 to 2008 in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gaschignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Muszlak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pediatric Infectious Disease Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (7), pp.798-800. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/INF.0b013e31828e9e91⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02095661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penicillin Resistance Compromises Nod1-Dependent Proinflammatory Activity and Virulence Fitness of Neisseria meningitidis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Leticia Zarantonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Skoczynska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Antignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem El Ghachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Host and Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (6), pp.735-745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chom.2013.04.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02088904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Target gene sequencing to define the susceptibility of Neisseria meningitidis to ciprofloxacin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Thulin Hedberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Abad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Fazio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocío Enríquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 57 (4), pp.1961-1964. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.02184-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02089320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Draft Genome Sequence of a Neisseria meningitidis Serogroup C Isolate of Sequence Type 11 Linked to an Outbreak among Men Who Have Sex with Men.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric J. Veyrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Announcements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1 (5), pp.e00795-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/genomeA.00795-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02073309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corticosteroid Therapy in Genotype ST-11 Meningococcal Infections.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fouad Madhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pediatric Infectious Disease Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (3), pp.291-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/INF.0b013e31827b12cb⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02092980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travel-related Neisseria meningitidis Serogroup W135 Infection, France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Kacou-N'Douba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 19 (6), pp.1030-1032. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3201/eid1906.120515⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02074402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicted strain coverage of a meningococcal multicomponent vaccine (4CMenB) in Europe: a qualitative and quantitative assessment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julio A Vazquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamie Findlow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Claus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (5), pp.416-425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(13)70006-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02093031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of MenBvac, an outer membrane vesicle (OMV) vaccine, on the meningococcal carriage.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Lemée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Benichou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 31 (40), pp.4416-4420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2013.06.080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02073842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New recombinant vaccines for the prevention of meningococcal B disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine: Development and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2012 (2), pp.15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/VDT.S25458⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A cluster of meningococcal disease caused by rifampicin-resistant C meningococci in France, April 2012.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Mounchetrou Njoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Parent Du Chatelet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 17 (34), pii: 20254</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02085518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of immune response against Neisseria meningitidis B:14:P1.7,16 before and after the outer membrane vesicle vaccine MenBvac.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Delbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Houivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 30 (34), pp.5059-5062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2012.05.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02085547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Functional impacts of the diversity of the meningococcal factor H binding protein.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaccine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (1), pp.183-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vaccine.2012.10.072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02085530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaccines targeting serogroup B meningococci.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12 (8), pp.578-579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(12)70093-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02093778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penicillin Binding Proteins as Danger Signals: Meningococcal Penicillin Binding Protein 2 Activates Dendritic Cells through Toll-Like Receptor 4.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Hill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mercedes Segovia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Leticia Zarantonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Tilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (10), pp.e23995. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0023995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02093194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Immediate outcomes of bacterial meningitis in childhood may benefit from slow initial β-lactam infusion and oral paracetamol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Future Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (10), pp.1125-1129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/fmb.11.103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02093766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental Meningococcal Sepsis in Congenic Transgenic Mice Expressing Human Transferrin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Szatanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ruckly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Ledroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (7), pp.e22210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0022210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02084270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From tailor-made to ready-to-wear meningococcal B vaccines: longitudinal study of a clonal meningococcal B outbreak.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Du Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ruckly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (6), pp.455-463. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(11)70027-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02083160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Late Repression of NF-κB Activity by Invasive but Not Non-Invasive Meningococcal Isolates Is Required to Display Apoptosis of Epithelial Cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela El Kafsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziza Abaza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (12), pp.e1002403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1002403⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02093130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaccins anti-méningococciques et développement des vaccins contre le méningocoque B</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MTP. Médecine thérapeutique / Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13 (2), pp.156-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/mtp.2010.0287⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physiopathologie des infections invasives à méningocoque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MTP. Médecine thérapeutique / Pédiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13 (2), pp.117-122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/mtp.2010.0283⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of changing epidemiology on vaccination strategies in Africa.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Future Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5 (6), pp.837-839. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/fmb.10.57⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02085498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emergence of New Virulent Neisseria meningitidis Serogroup C Sequence Type 11 Isolates in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Parent Du Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Szatanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ruckly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 202 (2), pp.247-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/653583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02085474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sequence Diversity of the Factor H Binding Protein Vaccine Candidate in Epidemiologically Relevant Strains of Serogroup B Neisseria meningitidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lubomira Andrew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwok-Leung Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah A. Dilts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorna Nunez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 200 (3), pp.379-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1086/600141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential Modulation of TNF-α–Induced Apoptosis by Neisseria meningitidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Veckerlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ruckly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (5), pp.e1000405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1000405⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emerging drugs for acute bacterial meningitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Expert Opinion on Emerging Drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 14 (3), pp.381-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1517/14728210903120887⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyperinvasive genotypes of Neisseria meningitidis in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Zarantonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lancellotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 14 (5), pp.467-472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-0691.2008.01955.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycobacterium bovis Bacillus Calmette-Guérin Secreting Active Cathepsin S Stimulates Expression of Mature MHC Class II Molecules and Antigen Presentation in Human Macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafid Soualhine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jim Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Mak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Talal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 179 (8), pp.5137-5145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.179.8.5137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lipoamide dehydrogenase mediates retention of coronin-1 on BCG vacuoles, leading to arrest in phagosome maturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafid Soualhine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horacio Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Sendide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saotomo Itoh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cell Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 120 (16), pp.2796-2806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/jcs.006221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycobacterium bovis BCG disrupts the interaction of Rab7 with RILP contributing to inhibition of phagosome maturation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jim Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafid Soualhine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Bucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Leukocyte Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 82 (6), pp.1437-1445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1189/jlb.0507289⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycobacterium bovis BCG Attenuates Surface Expression of Mature Class II Molecules through IL-10-Dependent Inhibition of Cathepsin S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Sendide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitri Pechkovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yossef Av-Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Talal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 175 (8), pp.5324-5332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.175.8.5324⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262241v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mycobacterium bovis BCG Urease Attenuates Major Histocompatibility Complex Class II Trafficking to the Macrophage Cell Surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Sendide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Reyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Talal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Hmama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 72 (7), pp.4200-4209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.72.7.4200-4209.2004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis in vitro and in vivo of the transcriptional regulator CrgA of Neisseria meningitidis upon contact with target cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Maigre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 53 (3), pp.917-927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2958.2004.04167.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A model of meningococcal bacteremia after respiratory superinfection in influenza A virus-infected mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Guiyoule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Leticia Zarantonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Ramisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 222 (1), pp.99-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0378-1097(03)00252-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Differential Expression of Genes That Harbor a Common Regulatory Element in Neisseria meningitidis upon Contact with Target Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Larribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dora Sabino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 71 (5), pp.2897-2901. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/IAI.71.5.2897-2901.2003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Neisseria meningitidis adhesion regulatory protein CrgA acts through oligomerization and interaction with RNA polymerase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 47 (1), pp.135-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-2958.2003.03259.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Down-regulation of pili and capsule of Neisseria meningitidis upon contact with epithelial cells is mediated by CrgA regulatory protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Larribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 43 (6), pp.1555-1564. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-2958.2002.02838.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The duality of virulence and transmissibility in Neisseria meningitidis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Antignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Leticia Zarantonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Larribe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trends in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 10 (8), pp.376-382. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0966-842x(02)02402-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intimate adhesion of Neisseria meningitidis to human epithelial cells is under the control of the crgA gene, a novel LysR-type transcriptional regulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrzej Topilko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Giorgini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMBO Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 19 (5), pp.1068-1078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/emboj/19.5.1068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03262268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Everything, everywhere, all at once: the increase of atypical presentations of invasive meningococcal disease in France over the last decade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2025, Ágios Nikólaos, Island of Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biofilm-associated haemophilus influenzae in genital infections: a potential target for therapeutic intervention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouria Belkacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouria Belkacem</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Aude Terrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2025, Ágios Nikólaos, Island of Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-component vaccine candidates against non-typeable haemophilus influenzae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouria Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2025, Ágios Nikólaos, Island of Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic analysis uncovers multiple strains in Umrah- and travel-related outbreak of serogroup W invasive meningococcal disease ahead of Hajj 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jay Lucidarme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shalabh Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courtney Meilleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Eriksson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Pathogenic Neisseria Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubled times, changing tides: a seroprevalence study on meningococcal immunity in France between 2016 and 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Doucoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Terrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2025, Ágios Nikólaos, Island of Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bioluminescence-based high-throughput Serum Bactericidal Assay to detect bactericidal antibodies against N. meningitis in human sera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Fantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Pathogenic Neisseria Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuations in serogroup B meningococcal vaccine antigens prior to routine MenB vaccination in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Falguières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Denizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Terrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2025, Ágios Nikólaos, Island of Crete, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAILURES OF HAEMOPHILUS INFLUENZAE B CONJUGATE VACCINES IN AGE- APPROPRIATELY VACCINATED CHILDREN UNDER 5 YEAR-OLD: FRANCE, 2017-2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2025, Agios Nikolaos, Crete, Greece. pp.51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdominal presentation of invasive meningococcal disease is correlated with the induction of plasminogen activator inhibitor in adipocyte of the omentum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Pathogenic Neisseria Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluctuations in serogroup B meningococcal vaccine antigens prior to routine MenB vaccination in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Falguières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Denizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Terrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Pathogenic Neisseria Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Florence, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05103346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of new genetic lineage, ST-3753, of Neisseria meningitidis serogroup B in Auvergne-Rhône-Alpes region, France 2021-2022</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapid rebound of invasive meningococcal disease in France at the end of 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2023, Dubronik, Croatia</w:t>
+              <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2023, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270151v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of Haemophilus influenzae type b (Hib) and vaccine failure cases in France: impact of vaccination schedules</w:t>
+                <w:t xml:space="preserve">The emergence of new genetic lineage, ST-3753, of Neisseria meningitidis serogroup B in Auvergne-Rhône-Alpes region, France 2021-2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garance Terpant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Thabuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Barret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2023, Dubrovik, Croatia</w:t>
+              <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2023, Dubronik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270161v1</w:t>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid rebound of invasive meningococcal disease in France at the end of 2022</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of Haemophilus influenzae type b (Hib) and vaccine failure cases in France: impact of vaccination schedules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Terrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2023, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2023, Dubrovik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270159v1</w:t>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augmentation des infections invasives à Hib chez les jeunes enfants dans un contexte de couverture vaccinale élevée en France, 2018-2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">As. Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Carraz-Billat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23ème Journées Nationales d’Infectiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Bordeaaux, France. pp.S19-S20, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.mmifmc.2022.03.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumonies à Haemophilius de l’adulte</w:t>
+                <w:t xml:space="preserve">Emergence of new genetic lineage (ST-9316) of Neisseria meningitidis Serogroup W in Hauts de France (HdF), France: 2013-2018.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Barret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème Journées du Groupe pour la Recherche et l’Enseignement en Pneumo-Infectiologie (GREPI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Société de Pneumologie de Langue Française (SPLF), Nov 2020, Paris, France</w:t>
+              <w:t xml:space="preserve">Joint Network Meeting for Invasive Meningococcal Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European CDC (eCDC), Mar 2020, Stokholm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270187v1</w:t>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of new genetic lineage (ST-9316) of Neisseria meningitidis Serogroup W in Hauts de France (HdF), France: 2013-2018.</w:t>
+                <w:t xml:space="preserve">Pneumonies à Haemophilius de l’adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Barret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Network Meeting for Invasive Meningococcal Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European CDC (eCDC), Mar 2020, Stokholm, Sweden</w:t>
+              <w:t xml:space="preserve">8ème Journées du Groupe pour la Recherche et l’Enseignement en Pneumo-Infectiologie (GREPI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Société de Pneumologie de Langue Française (SPLF), Nov 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04270190v1</w:t>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04270187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE EMERGENCE OF A NEW GENETIC LINEAGE (ST-9316) OF NEISSERIA MENINGITIDIS SGROUP W IN NORTH FRANCE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease, May 2019, Lisabon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HIGH DIVERSITY OF INVASIVE HAEMOPHILUS INFLUENZAE ISOLATES IN FRANCE REVEALED BY WHOLE GENOME SEQUENCING</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile B. Harrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keith Jolley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Meningococcal and Haemophilus Disease Society, May 2019, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emergence of Resistance to third generation Cephalosporins in Haemophilus influenzae by Alteration of ftsI gene.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antibio-Storm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Pasteur, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (116)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bioluminescence-Based Serum Bactericidal Assay to Detect Bactericidal Antibodies Against Neisseria meningitidis in Human Sera</w:t>
-[...122 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">The Rapid Rebound of Invasive Meningococcal Disease in France at the End of 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samy Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Denizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Falguières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Terrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...14337 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03262268v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04191311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haemophilus influenzae resistance to beta lactams in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anas Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Adeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Dubrovinik, Croatia. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haemophilus influnezae ability to form biofilms may be linked to virulence in non-typable isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouria Belkacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th EMGM Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Dubrovnick, Croatia. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04270169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Induction de l'apoptose par des souches de Neisseria Meningitidis : Illustration de la dualité observée entre souche de portage et souche invasive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Sevestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Normande de Recherche Biomédicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266215v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04191311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -17233,51 +17233,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neisseria meningitidis [chapitre 70]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Société française de microbiologie médicale. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Référentiel en microbiologie Médicale 2022 (REMIC) ; 7ème édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Tome II, SFM, pp.683-690, 2022, 978-2-87805-041-7</w:t>
@@ -17319,64 +17319,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnosis of Meningococcal Infection Using Internally Controlled Multiplex Real-Time PCR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neisseria meningitidis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1969, Humana Press, New York, NY, pp.17-31, 2019, Methods in Molecular Biology, 978-1-4939-9201-0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
@@ -17404,282 +17404,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03261589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlations between carbon metabolism and virulence in bacteria.</w:t>
-[...72 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Detection of Activated Rab7 GTPase with an Immobilized RILP Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jim Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilia Bucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Hmama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Reiner N. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacterial Sensing and Signaling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000219374⟩</w:t>
+              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 531, Humana Press, pp.57-69, 2009, 978-1-59745-396-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-59745-396-7_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02824505v1</w:t>
+                <w:t xml:space="preserve">pasteur-03262229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of Activated Rab7 GTPase with an Immobilized RILP Probe</w:t>
-[...59 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correlations between carbon metabolism and virulence in bacteria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliane Milohanic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mazé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Nait Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françine Ake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 531, Humana Press, pp.57-69, 2009, 978-1-59745-396-7. </w:t>
+              <w:t xml:space="preserve">Bacterial Sensing and Signaling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 16, S. Karger, 230 p., 2009, Contributions to Microbiology, 978-3-8055-9132-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-1-59745-396-7_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000219374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03262229v1</w:t>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Type IV prepilin peptidase</w:t>
               </w:r>
@@ -17691,51 +17691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala-Eddine Deghmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhamed-Kheir Taha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alan J. Barrett, MRC Peptidase Laboratory, The Babraham Institute, Cambridge, UK The Wellcome Trust Sanger Institute, Hinxton, UK Neil D. Rawlings MRC Peptidase Laboratory, The Babraham Institute, Cambridge, UK The Wellcome Trust Sanger Institute, Hinxton, UK J. Fred Woessner, Department of Biochemistry and Molecular Biology, University of Miami School of Medicine, Miami, USA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Proteolytic Enzymes (Second Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Elsevier, pp.204-208, 2004, Aspartic and Metallo Peptidases, 978-0-12-079611-3. </w:t>
@@ -17942,51 +17942,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103357v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Taha" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala-Eddine Deghmane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Taha" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103356v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Belkacem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Terrade" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hong" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103355v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103349v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Lucidarme" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalabh Sharma" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Meilleur" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Eriksson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103358v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Doucoure" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103352v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Fantoni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103353v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Falgui&#232;res" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Denizon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103354v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103351v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103346v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270151v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Terpant" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Thabuis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Barret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270161v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270159v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270181v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=As. Barret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Carraz-Billat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Levy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmifmc.2022.03.065" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270187v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270190v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270198v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270205v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile B. Harrison" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Jolley" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270196v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103244v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms13030595" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103247v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Eddine Taha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-00800-2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103256v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ndzomo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serges Tchatchouang" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanne Ngome" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2025.106448" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859616v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofad615" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859548v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae433" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270102v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duployez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lo&#239;ez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wallet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marceau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Simon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmii.2023.10.009" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103269v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12122528" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859552v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Bouheraoua" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Laliam" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Guettou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Djedjig" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijregi.2024.100458" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103274v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Chelbi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Meftah" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Mhimdi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Aloui" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12122666" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859561v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-024-09547-y" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859545v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shaw" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Abad Torreblanca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahin Amin-Chowdhury" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bautista" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desiree Bennett" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(24)00241-3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103267v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Uetz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin G&#246;ritzer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Vergara" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Melnik" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Gr&#252;nwald-Gruber" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2024.1329018" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103277v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Borrow" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Campbell" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique A Caugant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalam Cherkaoui" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Claus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2024.106335" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859557v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiad584" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05119650v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859553v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13080761" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04266742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif S Al-Abri" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musallam Yunus Abuhasan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soha Shawqi A. Albayat" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xilian Bai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamad Bastaki" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2023.10.011" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04860125v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhura Vachon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Neatherlin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Rubis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15585/mmwr.mm7322e1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04191292v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Beggaz" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamazoust Guiddir" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000530151" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04266755v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Abad" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2589-7500(23)00108-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04871095v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Michel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Alexandra Stoica" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Aouiti-Trabelsi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne De Oliveira" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jbb.2642-91280107" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133467v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12060992" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133418v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23744235.2021.1971289" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133461v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadav Topaz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Tsang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#234;n-Tr&#237; L&#226;m" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.856884" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133465v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Robin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Redjoul" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cabanne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.06.024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133466v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Taha" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Adeline" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgar.2022.09.008" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133463v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-022-00488-8" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133459v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiac095" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133462v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050907" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133458v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.2020043" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133426v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Smaoui" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassiba Tali-Maamar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zouhair" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Mefteh" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2021.11.036" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261492v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela B Brueggemann" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa J Jansen van Rensburg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel D Mccarthy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Jolley" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(21)00077-7" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261542v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanny Diallo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalis F Feteh" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Ibe" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Antonio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103274" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261546v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9030467" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133441v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Muzzi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosita de Paola" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Boccadifuoco" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.2004055" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133415v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-021-06440-w" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261549v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-020-05241-9" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261558v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Tzanakaki" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theano Georgakopoulou" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Xirogianni" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Papandreou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-020-03965-x" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02489606v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brik" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2019.11.013" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261553v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Nzouankeu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2020.08.040" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02423494v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Barret" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clinard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Girard" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hong" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.10.003" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618644v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gaudelus" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Caron" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2020.1729030" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618612v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Stenmark" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Thulin Hedberg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olof S&#228;ll" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-020-01760-4" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618590v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Haeghebaert" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;liane Jousset" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2020.01.020" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02947101v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Hillary Williams" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wheeler" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Santecchia" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan E Schaub" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.51247" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262331v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-8598(19)53273-2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02489110v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ola Br&#248;nstad Brynildsrud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Debech" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2019.02.054" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02423493v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Chehboub" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Falgui&#232;res" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2019.05.007" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950877v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L&#233;vy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Levy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dauger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2018.05.007" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950885v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Antona" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2017.10.015" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950880v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00831-18" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950870v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gros" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciy257" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950865v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa K. Mcneil" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G K Donald" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Gribenko" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger French" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Lambert" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00036-18" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02069133v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Razki" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Zerouali" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Belabbes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Aitmouss" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00445-18" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801719v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sevestre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina M. Diene" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tournier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2018.1460064" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996175v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Narni-Mancinelli" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gauthier" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Baratin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guia" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fenis" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.aam9628" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013252v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Parent Du Chatelet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Deghmane" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Antona" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fonteneau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2017.02.011" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013259v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delbos" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2017.05.065" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013261v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar Hawkins" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Liberator" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubomira Andrew" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2017.01.066" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013257v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Vieira Martins" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine El Sissy" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c de Pontual" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jix143" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013247v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkw400" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02058949v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Antunes" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00378-16" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02060243v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Agnememel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Giorgini" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viginia Nu&#241;ez-Samudio" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2204.150653" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531683v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Derkaoui" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet-Mouturat" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Naima Nait-Abdallah" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joyet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13349" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01351740v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lappann" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J Veyrier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Otto" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0154047" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02058783v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Nait Abdallah" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maz&#233;" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000447093" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02055910v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162434" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02056224v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Kretz" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam C. Retchless" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fati Sidikou" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassira Issaka" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sani Ousmane" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2210.160468" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02060707v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aubert" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boo" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Strat" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Deghmane" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES2015.20.3.21016" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013264v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Besbes" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Le Goff" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005078" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013271v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Levy" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fiette" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2015.05.013" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02095565v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Madhi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Deghmane" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;chet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cohen" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2013.12.024" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02072510v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lem&#233;e" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Etienne" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107240" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262558v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caron" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delbos" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lem&#233;e" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jeannot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0399-077X(14)70278-1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00996794v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2334-14-276" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093309v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(14)60935-1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02092889v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzia Monica Giuliani" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Comanducci" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunella Brunelli" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2012.12.022" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LMC4G1BK-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02095661v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaschignard" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Levy" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dubos" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Muszlak" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e31828e9e91" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02088904v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Leticia Zarantonelli" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Skoczynska" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Antignac" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Ghachi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2013.04.016" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02089320v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Fazio" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Enr&#237;quez" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02184-12" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02073309v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J. Veyrier" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00795-13" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02074402v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Kacou-N'Douba" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Eddine Deghmane" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1906.120515" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02092980v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Madhi" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bechet" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cohen" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e31827b12cb" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093031v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Vogel" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio A Vazquez" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Findlow" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(13)70006-9" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02073842v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Benichou" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berthelot" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2013.06.080" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3V3F4SBD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02089119v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Hoiseth" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Murphy" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Frosch" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e31829aa63b" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085518v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Mounchetrou Njoya" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Isnard" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085547v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Houivet" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Leroy" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2012.05.051" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BPZBF3T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085530v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2012.10.072" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRNMJ6FG-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093778v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(12)70093-2" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMKDVSN7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262591v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/VDT.S25458" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093766v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.11.103" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02084270v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Szatanik" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ruckly" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Ledroit" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022210" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02083160v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Blanchard" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(11)70027-5" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3QTPXTB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093130v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela El Kafsi" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Abaza" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002403" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093194v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Hill" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Segovia" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tilly" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023995" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262661v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mtp.2010.0287" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262646v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mtp.2010.0283" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085474v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Parent Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/653583" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085498v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.10.57" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262202v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Alonso" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1517/14728210903120887" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262212v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwok-Leung Lee" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah A. Dilts" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Nunez" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/600141" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262215v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Veckerl&#233;" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000405" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262231v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Zarantonelli" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lancellotti" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giorgini" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.01955.x" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262238v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafid Soualhine" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Sun" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mak" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Talal" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.179.8.5137" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262240v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Bach" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Sendide" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saotomo Itoh" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.006221" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262234v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hong" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Bucci" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/jlb.0507289" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262241v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Pechkovsky" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossef Av-Gay" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.175.8.5324" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262247v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Maigre" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2004.04167.x" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262249v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Reyrat" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Hmama" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.72.7.4200-4209.2004" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262257v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Guiyoule" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ramisse" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pires" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1097(03)00252-0" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262261v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Larribe" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Sabino" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.71.5.2897-2901.2003" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262264v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03259.x" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262265v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0966-842x(02)02402-2" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDPMQSKZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262266v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2002.02838.x" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262268v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Petit" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Topilko" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pereira" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/19.5.1068" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270166v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270169v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266215v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sevestre" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tournier" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04191311v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270926v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261589v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9202-7_2" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824505v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Milohanic" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ine Ake" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000219374" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262229v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-59745-396-7_5" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02456072v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dupuy" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-079611-3.50067-7" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ndzomo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala-Eddine Deghmane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serges Tchatchouang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanne Ngome" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Terrade" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2025.106448" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103247v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Falgui&#232;res" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Hong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Denizon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Eddine Taha" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43856-025-00800-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103244v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Fantoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Caron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhamed-Kheir Taha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms13030595" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04860125v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madhura Vachon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Barret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jay Lucidarme" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Neatherlin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Rubis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15585/mmwr.mm7322e1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270102v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Duployez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lo&#239;ez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Wallet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marceau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Simon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmii.2023.10.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859548v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Taha" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae433" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859616v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofad615" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103269v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Doucoure" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12122528" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859552v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Bouheraoua" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Laliam" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badia Guettou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Djedjig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijregi.2024.100458" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103274v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Chelbi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Meftah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Mhimdi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Aloui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms12122666" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859561v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-024-09547-y" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859545v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Shaw" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Abad Torreblanca" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahin Amin-Chowdhury" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Bautista" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desiree Bennett" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(24)00241-3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859557v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouria Belkacem" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiad584" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103267v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Uetz" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin G&#246;ritzer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Vergara" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav Melnik" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens Gr&#252;nwald-Gruber" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2024.1329018" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103277v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Borrow" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Campbell" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique A Caugant" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessalam Cherkaoui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Claus" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2024.106335" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05119650v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04859553v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics13080761" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04266742v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seif S Al-Abri" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Musallam Yunus Abuhasan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soha Shawqi A. Albayat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xilian Bai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamad Bastaki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2023.10.011" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04191292v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Beggaz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamazoust Guiddir" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000530151" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04266755v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Abad" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s2589-7500(23)00108-5" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04871095v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Michel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Alexandra Stoica" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Aouiti-Trabelsi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne De Oliveira" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26502/jbb.2642-91280107" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133467v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics12060992" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133426v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen Smaoui" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassiba Tali-Maamar" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zouhair" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Mefteh" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2021.11.036" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133418v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23744235.2021.1971289" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133461v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadav Topaz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Tsang" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi&#234;n-Tr&#237; L&#226;m" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.856884" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133465v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Robin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Redjoul" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cabanne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.06.024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133466v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Taha" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Adeline" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jgar.2022.09.008" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133463v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-022-00488-8" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133459v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiac095" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133462v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050907" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133458v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.2020043" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133415v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-021-06440-w" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261492v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela B Brueggemann" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa J Jansen van Rensburg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel D Mccarthy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith A Jolley" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2589-7500(21)00077-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261542v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanny Diallo" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalis F Feteh" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Ibe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Antonio" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2021.103274" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133441v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Muzzi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosita de Paola" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Boccadifuoco" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2021.2004055" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261546v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9030467" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02947101v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Hillary Williams" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Wheeler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Santecchia" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan E Schaub" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.51247" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618590v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Haeghebaert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;liane Jousset" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2020.01.020" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261549v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-020-05241-9" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261558v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgina Tzanakaki" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theano Georgakopoulou" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasia Xirogianni" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Papandreou" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-020-03965-x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02489606v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Brik" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2019.11.013" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261553v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Nzouankeu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijid.2020.08.040" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618644v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Gaudelus" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Caron" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21645515.2020.1729030" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02423494v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Barret" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clinard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Girard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hong" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medmal.2019.10.003" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02618612v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Eriksson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca Stenmark" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Thulin Hedberg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olof S&#228;ll" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12866-020-01760-4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262331v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1166-8598(19)53273-2" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02489110v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ola Br&#248;nstad Brynildsrud" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Debech" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2019.02.054" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02423493v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Chehboub" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Falgui&#232;res" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2019.05.007" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950877v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L&#233;vy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Levy" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dauger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2018.05.007" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950885v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Antona" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2017.10.015" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950880v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00831-18" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950870v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gros" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciy257" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01950865v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa K. Mcneil" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G K Donald" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Gribenko" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger French" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Lambert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00036-18" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02069133v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Razki" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Zerouali" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Belabbes" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Aitmouss" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00445-18" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801719v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sevestre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydina M. Diene" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tournier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2018.1460064" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013247v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkw400" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996175v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Narni-Mancinelli" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gauthier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Baratin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Guia" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fenis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciimmunol.aam9628" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013252v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Parent Du Chatelet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Deghmane" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Antona" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fonteneau" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2017.02.011" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013259v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Delbos" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2017.05.065" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013261v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar Hawkins" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Liberator" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubomira Andrew" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2017.01.066" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013257v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Vieira Martins" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine El Sissy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c de Pontual" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jix143" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02056224v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Kretz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam C. Retchless" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fati Sidikou" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassira Issaka" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sani Ousmane" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2210.160468" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02058949v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Antunes" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00378-16" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02060243v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Agnememel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Giorgini" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viginia Nu&#241;ez-Samudio" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid2204.150653" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531683v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Derkaoui" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet-Mouturat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Naima Nait-Abdallah" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joyet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.13349" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02058783v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Nait Abdallah" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Maz&#233;" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000447093" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02055910v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162434" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-01351740v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lappann" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J Veyrier" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Otto" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0154047" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02060707v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aubert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Boo" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Le Strat" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Deghmane" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/1560-7917.ES2015.20.3.21016" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013264v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Besbes" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Le Goff" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1005078" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02013271v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Levy" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Fiette" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2015.05.013" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093309v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0140-6736(14)60935-1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00996794v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2334-14-276" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02095565v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Madhi" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Levy" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-E. Deghmane" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;chet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cohen" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2013.12.024" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02072510v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lem&#233;e" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Etienne" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0107240" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262558v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caron" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delbos" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lem&#233;e" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jeannot" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0399-077X(14)70278-1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02089119v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Hoiseth" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Murphy" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Vogel" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Frosch" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e31829aa63b" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02092889v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzia Monica Giuliani" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Comanducci" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brunella Brunelli" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2012.12.022" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LMC4G1BK-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02095661v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaschignard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Levy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dubos" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Muszlak" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e31828e9e91" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02088904v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Leticia Zarantonelli" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Skoczynska" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Antignac" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Ghachi" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2013.04.016" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02089320v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Fazio" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Enr&#237;quez" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.02184-12" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02073309v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric J. Veyrier" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00795-13" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02092980v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouad Madhi" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Eddine Deghmane" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bechet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Cohen" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e31827b12cb" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02074402v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Kacou-N'Douba" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1906.120515" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093031v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio A Vazquez" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Findlow" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(13)70006-9" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02073842v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Benichou" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berthelot" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2013.06.080" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3V3F4SBD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262591v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/VDT.S25458" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085518v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Mounchetrou Njoya" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Isnard" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085547v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Houivet" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Leroy" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2012.05.051" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0BPZBF3T-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085530v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vaccine.2012.10.072" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LRNMJ6FG-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093778v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(12)70093-2" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DMKDVSN7-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093194v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Hill" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mercedes Segovia" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tilly" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023995" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093766v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.11.103" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02084270v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Szatanik" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ruckly" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Ledroit" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0022210" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02083160v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Blanchard" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(11)70027-5" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3QTPXTB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02093130v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela El Kafsi" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Abaza" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002403" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262661v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mtp.2010.0287" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262646v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/mtp.2010.0283" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085498v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.10.57" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02085474v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Parent Du Ch&#226;telet" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/653583" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262212v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwok-Leung Lee" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah A. Dilts" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Nunez" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/600141" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262215v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Veckerl&#233;" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1000405" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262202v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Alonso" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1517/14728210903120887" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262231v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Zarantonelli" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lancellotti" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Giorgini" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-0691.2008.01955.x" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262238v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafid Soualhine" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Sun" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Mak" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Talal" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.179.8.5137" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262240v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Bach" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Sendide" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saotomo Itoh" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.006221" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262234v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hong" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Bucci" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/jlb.0507289" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262241v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Pechkovsky" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yossef Av-Gay" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.175.8.5324" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262249v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Reyrat" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Hmama" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.72.7.4200-4209.2004" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262247v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Maigre" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2004.04167.x" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262257v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Guiyoule" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Ramisse" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Pires" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1097(03)00252-0" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262261v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Larribe" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Sabino" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.71.5.2897-2901.2003" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262264v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2003.03259.x" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262266v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2958.2002.02838.x" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262265v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0966-842x(02)02402-2" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDPMQSKZ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262268v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Petit" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Topilko" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pereira" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/19.5.1068" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103357v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103356v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103355v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103349v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalabh Sharma" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtney Meilleur" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103358v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103352v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103353v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103354v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103351v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05103346v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270159v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270151v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Terpant" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Thabuis" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270161v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270181v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=As. Barret" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Carraz-Billat" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmifmc.2022.03.065" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270190v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270187v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270198v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270205v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile B. Harrison" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Jolley" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270196v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04191311v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270166v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270169v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02266215v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sevestre" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Tournier" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270926v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03261589v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9202-7_2" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03262229v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-59745-396-7_5" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824505v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Milohanic" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ine Ake" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000219374" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02456072v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dupuy" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-079611-3.50067-7" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>