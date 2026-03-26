--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -478,842 +478,829 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02120738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing Open-set Object Detection for Autonomous Driving perception: A focus on road objects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Consensus to Causality: Adaptive Reliability Fusion for Object Detection Ensembles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Bunel</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Gilles Gasso</w:t>
+                <w:t xml:space="preserve">Hiba Alqasir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE Intelligent Vehicle Symposium (IV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Jeju Shinhwa World, Jeju Island, South Korea</w:t>
+              <w:t xml:space="preserve">The 3rd International Workshop on Causality, Agents and Large Models (CALM-26)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569374v1</w:t>
+                <w:t xml:space="preserve">hal-05488761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CornerSim: A Virtualization Framework to Generate Realistic Corner-Case Scenarios for Autonomous Driving Perception Testing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ECO-Charge: Multi-Agent Smart-Charging for Electric Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathis Crinchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maxime Guériau</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Mandiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 15th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Hasselt, Belgium</w:t>
+              <w:t xml:space="preserve">The 17th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2026, Istabul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04395599v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05491692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication-wise Comparison of the Online Resource Allocation Methods in CAV Fleets</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addressing Open-set Object Detection for Autonomous Driving perception: A focus on road objects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guériau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Flavien Balbo</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Ainouz-Zemouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gasso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 14th International Conference on Ambient Systems, Networks and Technologies (ANT 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2024 IEEE Intelligent Vehicle Symposium (IV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Jeju Shinhwa World, Jeju Island, South Korea</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075379v1</w:t>
+                <w:t xml:space="preserve">hal-04569374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Generic Multi-Agent Model for Resource Allocation Strategies in Online On-Demand Transport with Autonomous Vehicles</w:t>
+                <w:t xml:space="preserve">CornerSim: A Virtualization Framework to Generate Realistic Corner-Case Scenarios for Autonomous Driving Perception Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Picard</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Bunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Guériau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 20th International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Londres, United Kingdom. pp.3</w:t>
+              <w:t xml:space="preserve">The 15th International Conference on Ambient Systems, Networks and Technologies (ANT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Hasselt, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03093017v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04395599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un modèle agent générique pour la comparaison d'approches d'allocation de ressources dans le domaine du transport à la demande</w:t>
+                <w:t xml:space="preserve">Communication-wise Comparison of the Online Resource Allocation Methods in CAV Fleets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Alqasir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Gianessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Balbo</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFSMA 2021: 29ème Journées Francophones sur les Systèmes Multi-Agents</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 14th International Conference on Ambient Systems, Networks and Technologies (ANT 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Louvain, Belgium. pp.299 - 306, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2023.03.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03201315v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04075379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-agent approach to resource allocation in autonomous vehicle fleets</w:t>
+                <w:t xml:space="preserve">A Generic Multi-Agent Model for Resource Allocation Strategies in Online On-Demand Transport with Autonomous Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Gianessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In the proceedings of the 30th International Joint Conference on Artificial Intelligence (IJCAI-21) - Doctoral consortium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Montreal-themed Virtual Reality, Canada</w:t>
+              <w:t xml:space="preserve">Proceedings of the 20th International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Londres, United Kingdom. pp.3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03246260v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Explainable Recommendations of Resource Allocation Mechanisms in On-Demand Transport Fleets</w:t>
+                <w:t xml:space="preserve">Un modèle agent générique pour la comparaison d'approches d'allocation de ressources dans le domaine du transport à la demande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Amro Najjar</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Gianessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Picard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Explainable and Transparent AI and Multi-Agent Systems, Third International Workshop (EXTRAAMAS 2021)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JFSMA 2021: 29ème Journées Francophones sur les Systèmes Multi-Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bordeaux, France. pp.127--136</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-03186967v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03201315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Generic Agent Model Towards Comparing Resource Allocation Approaches to On-demand Transport with Autonomous Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1355,250 +1342,453 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OptLearnMAS-21: The 12th Workshop on Optimization and Learning in Multiagent Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03201325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche décentralisée d’insertion avec amélioration continue de la qualité de la solution pour un système TAD</w:t>
+                <w:t xml:space="preserve">Towards Explainable Recommendations of Resource Allocation Mechanisms in On-Demand Transport Fleets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Alqasir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yazan Mualla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amro Najjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème journée commune AFIA / ROADEF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Explainable and Transparent AI and Multi-Agent Systems, Third International Workshop (EXTRAAMAS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Londres, United Kingdom. pp.97--115, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-82017-6_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02935654v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03186967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche décentralisée d’insertion avec amélioration continue de la qualité de la solution pour un système TAD</w:t>
+                <w:t xml:space="preserve">Multi-agent approach to resource allocation in autonomous vehicle fleets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres des Jeunes Chercheur·ses en Intelligence Artificielle (RJCIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Angers (webinaire), France</w:t>
+              <w:t xml:space="preserve">In the proceedings of the 30th International Joint Conference on Artificial Intelligence (IJCAI-21) - Doctoral consortium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Montreal-themed Virtual Reality, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02935630v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03246260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche décentralisée d’insertion avec amélioration continue de la qualité de la solution pour un système TAD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daoud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème journée commune AFIA / ROADEF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Paris (virtuel), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02935654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche décentralisée d’insertion avec amélioration continue de la qualité de la solution pour un système TAD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Gianessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres des Jeunes Chercheur·ses en Intelligence Artificielle (RJCIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Angers (webinaire), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02935630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decentralized Insertion Heuristic with Runtime Optimization for On-demand Transport Scheduling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1640,51 +1830,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Workshop on Agents in Traffic and Transportation (ATT 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Santiago de Compostela, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02544172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1694,51 +1884,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiagent Coordination In On-demand Transport with Connected Autonomous Vehicles A decentralized resource allocation approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1780,73 +1970,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque IMT « Les sciences de l’information au service des nouvelles mobilités »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03812946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Generic Multi-Agent Model for Resource Allocation Strategies in Online On-Demand Transport with Autonomous Vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1888,51 +2078,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03186991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1942,100 +2132,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coordination in Connected Autonomous Vehicle fleets : A Multiagent Resource Allocation Approach to Online On-Demand Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Other [cs.OH]. Université de Lyon, 2022. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022LYSEM002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03867294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2045,105 +2235,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Web Environments for Multi-Agent Systems: Enabling agents to use Web of Things via semantic web</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Internship report] Ecole Nationale Supérieure des Mines de Saint-Etienne; Hubert Curien Laboratory, UMR 5516 CNRS. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-02499174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId47"/>
+      <w:footerReference w:type="default" r:id="rId52"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2211,51 +2401,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B7E9F599"/>
+    <w:nsid w:val="83784290"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2442,51 +2632,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alaa-daoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3640-327X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/265826020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/118167864441122742560" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037353v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Daoud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Balbo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gianessi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Picard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AIC-201579" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120738v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazan Mualla" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amro Najjar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Galland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nicolle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2019.04.051" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04569374v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bunel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gu&#233;riau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ainouz-Zemouche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gasso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04395599v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075379v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Alqasir" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.03.039" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093017v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201315v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246260v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03186967v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82017-6_7" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201325v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02935654v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02935630v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544172v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03812946v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03186991v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03867294v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LYSEM002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02499174v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/alaa-daoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3640-327X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/265826020" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/118167864441122742560" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037353v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Daoud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Balbo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Gianessi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Picard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AIC-201579" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02120738v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazan Mualla" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amro Najjar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Galland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Nicolle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2019.04.051" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05488761v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Alqasir" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05491692v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Crinchon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Adam" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mandiau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04569374v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bunel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gu&#233;riau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ainouz-Zemouche" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gasso" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04395599v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075379v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2023.03.039" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093017v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201315v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201325v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03186967v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-82017-6_7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246260v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02935654v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02935630v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544172v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03812946v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03186991v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03867294v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LYSEM002" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02499174v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>