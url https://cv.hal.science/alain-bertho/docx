--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -721,579 +721,579 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01686873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’anthropologue face à l’émeute contemporaine, Nouveaux terrains, enjeux éthiques et écriture ethnographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Ethnographie : création, pratiques, publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01225958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Énoncés visuels des mobilisations : autoportraits des peuples »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anthropologie et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, « Reconnaissances et stratégies médiatiques », 31-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soulèvements contemporains et mobilisations visuelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socio - La nouvelle revue des sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 2, pp.217-228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01225959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Urban commons and urban struggles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Focaal - Journal of Global and Historical Anthropology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01225965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’anthropologue face à l’émeute contemporaine, Nouveaux terrains, enjeux éthiques et écriture ethnographique</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait de la singularité quelconque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Ethnographie : création, pratiques, publics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 6</w:t>
+              <w:t xml:space="preserve">Culture visuelle (en ligne)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, http://culturevisuelle.org/berthoalain/archives/1, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">« Énoncés visuels des mobilisations : autoportraits des peuples »</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00797142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’obscurité du contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropologie et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, « Reconnaissances et stratégies médiatiques », 31-50</w:t>
+              <w:t xml:space="preserve">Mondes contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 semestre (1), pp.17-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Soulèvements contemporains et mobilisations visuelles</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01225957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'obscurité du contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio - La nouvelle revue des sciences sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 2, pp.217-228</w:t>
+              <w:t xml:space="preserve">Mondes contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.17-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00797141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revueltas : la otra globalizacion urbana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urban</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, NS03, pp.23-29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00710138v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-01225957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeutes sur Internet : montrer l'indicible ?</w:t>
               </w:r>
@@ -2064,234 +2064,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« La Guerre remplace-t-elle la politique ? »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pourquoi la guerre ? Byblos, 9-19 décembre 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre International des Sciences de l’Homme (CISH), Dec 2016, Byblos, Liban</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Des émeutes au djihad : impasses et fractures françaises (2005-2015) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AISLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Montreal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Islamisation de la radicalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le pouvoir des mots : réseaux, radicalisation, dérision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L’Assemblée nationale de la République de Bulgarie, Mar 2016, Sofia, Bulgarie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01324861v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-01686827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La vie contre la rente »</w:t>
               </w:r>
@@ -2478,365 +2478,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00678219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le temps des émeutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque CASCA, " Anthropological connections "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00677998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Emeute et histoire : l'événement indicible ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">séminaire Evénement, Laboratoire CIRCPLES</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00678015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le temps des émeutes</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crise de transition; crise de civilisation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Métropoles Solidaires, durables et démocratiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Canoas, Brésil</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'émeute comme récit non discursif et production d'images en résonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque du CELAT " Récits collectifs et nouvelles écritures visuelles ",</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00677999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Internet : un ethnoscape des émeutes de la mondialisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque CASCA, " Anthropological connections "</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...205 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00677997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2961,717 +2961,717 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00678000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une anthropologie de la globalisation est-elle possible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Pr Wan Mingming, Minzu Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Beijing, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeutes, révoltes, grèves : les nouvelles expressions et formes des conflictualités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qu'est-ce que penser à gauche aujourd'hui ? Collège international de philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondialisation, altérité : visibilité et invisibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Anthropologie de la perception : ancrages, terrains, réception et médiation, GDRI du musée du quai Branly, LAS (EHESS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quoi et à qui sert une anthropologie du contemporain ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque A quoi servent les sciences sociales ?, Université de Paris 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Saint-Denis, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Emeute et Internet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journée " L'expression du désastre : entre épuisement et création ", Journée d'Etude de l'Equipe anthropologie de la perception dans le cadre du GDRI du musée du quai Branly, EHESS-LAS.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00678003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Emeutes, révoltes, grèves : les nouvelles expressions et formes des conflictualités</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globalization and otherness building</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qu'est-ce que penser à gauche aujourd'hui ? Collège international de philosophie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Ideas of Other in Different Cultures,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Xiang Shan, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une anthropologie de la globalisation est-elle possible ?</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une anthropologie du présent : les mots et le temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Pr Wan Mingming, Minzu Université</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Beijing, China</w:t>
+              <w:t xml:space="preserve">colloque L'anthropologie fac à ses objets : nouveaux contextes ethnographiques, Université de Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2007, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Mondialisation, altérité : visibilité et invisibilité</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conflits urbains et altérités contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">. Anthropologie de la perception : ancrages, terrains, réception et médiation, GDRI du musée du quai Branly, LAS (EHESS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">colloque Anthropologie des cultures globalisées. Terrains complexes et enjeux disciplinaires, Université Laval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">A quoi et à qui sert une anthropologie du contemporain ?</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recompositions contemporaines des figures du pouvoir et de la guerre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque A quoi servent les sciences sociales ?, Université de Paris 8</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Saint-Denis, France</w:t>
+              <w:t xml:space="preserve">Transcultura conference, Order and disorder, Chinese Academy of Social Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Beijing, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00678010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citoyenneté et mondialisation : Perspectives et contradictions de l'altermondialisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque L'engagement citoyen, Nouvelle Université Bulgare - AISLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Sofia, Bulgarie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00678008v1</w:t>
-              </w:r>
-[...274 lines deleted...]
-                <w:t xml:space="preserve">halshs-00678004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mémoire, archives, mouvements La problématique des archives des mouvements sociaux : du recensement à l'exploitation</w:t>
               </w:r>
@@ -3876,177 +3876,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01324804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le temps des émeutes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bayard, pp.272, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00677896v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Confiance et conflit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Serry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gaumont-Prat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Vincennes, pp.248, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Serry</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-00605203v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-00677896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nous autres nous-mêmes</w:t>
               </w:r>
@@ -5209,242 +5209,242 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01686824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Droit à l’Etat »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droits et cultures en mouvements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presse de l’Université Laval, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01686591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit à l'Etat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francine Saillant et Karoline Truchon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droits et cultures en mouvements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Laval, pp.275-287, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00797138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’instabilité s’installe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pascal Boniface. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'année stratégique 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, pp.84-95, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01225968v1</w:t>
-              </w:r>
-[...140 lines deleted...]
-                <w:t xml:space="preserve">halshs-00797138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le protestataire, personnalité de l’année 2011</w:t>
               </w:r>
@@ -5988,234 +5988,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00677913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marx aujourd'hui : banlieue, travail, politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marx contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syllepse, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00677915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vieux, le neuf et quelques monstres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Classes sociales : retour ou renouveau ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Syllepse, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00677914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Travail comme paradigme de la politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Refaire la politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Syllepse, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00677916v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">halshs-00677914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plaine St-Denis et nouvelle pensée de la ville</w:t>
               </w:r>
@@ -6718,50 +6718,155 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'intercommunalité dans la gouvernance métropolitaine : Le territoire contre la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Hérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ministère de l’Emploi, de la Cohésion sociale et du Logement; ministère des Transports, de l’Équipement, du Tourisme et de la Mer. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00710275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jeunes métropolitains aux Halles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6806,319 +6911,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Marianne Hérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Contrat de recherche Ville de Paris/CEME Université Paris 8/ LTMU UMR 7136. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00731454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intercommunalité dans la gouvernance métropolitaine : Le territoire contre la ville ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bertho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Hérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Lazarus</w:t>
+                <w:t xml:space="preserve">Virginie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00677922v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Plaine Commune, Evry Centre Essone et le Grand Porto Alegre. Le territoire contre la ville ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Hérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bertho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...41 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...161 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lazarus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7693,51 +7693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686834v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bertho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324817v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686829v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324820v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686872v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686874v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686875v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225960v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225965v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225958v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686863v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225959v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00710138v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797142v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225957v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677978v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677980v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677983v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677984v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677988v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677985v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677992v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677994v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677995v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324861v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686666v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686827v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686630v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686635v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678219v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678015v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677998v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678026v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677999v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677997v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678002v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678003v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678018v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678017v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678016v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678006v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678008v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678010v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678009v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678012v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678004v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678014v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686597v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324804v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00605203v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Serry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gaumont-Prat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677896v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677898v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677900v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01074116v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vieillard-Baron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677989v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677903v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677904v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677905v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677906v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324808v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225973v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225969v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225972v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225970v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686584v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686824v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225968v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797138v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00710131v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797140v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677907v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677909v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677911v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677913v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677916v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677915v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677914v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677917v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677920v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677918v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677919v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677921v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Collin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hass" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne H&#233;rard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731454v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710275v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lazarus" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Robert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731453v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Robert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677923v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Negri" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizzio Lazzarato" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01832498v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Benoist" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pottier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Affergan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Sicard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03617860v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacqueau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Laugier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686834v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bertho" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324817v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686829v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324820v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686872v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686874v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686875v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225960v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686873v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225958v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686863v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225959v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225965v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797142v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225957v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00710138v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677978v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677980v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677981v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677983v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677982v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677984v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677988v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677985v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677992v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677994v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677995v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686827v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686666v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324861v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686630v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686635v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678219v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677998v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678015v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678026v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677999v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677997v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678002v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678000v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678017v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678018v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678016v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678006v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678003v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678009v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678012v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678004v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678010v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678008v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00678014v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686597v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324804v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677896v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00605203v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Serry" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gaumont-Prat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677898v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677900v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01074116v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Vieillard-Baron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677989v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677902v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677903v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677904v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677905v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677906v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01324808v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225973v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225969v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225972v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225971v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225970v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686584v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686824v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01686591v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225968v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01225967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00710131v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00797140v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677907v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677909v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677911v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677913v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677915v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677914v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677916v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677917v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677920v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677918v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677919v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677921v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00326083v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudouin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Collin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hass" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne H&#233;rard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710275v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lazarus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Robert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731454v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731453v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Robert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00677923v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Negri" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizzio Lazzarato" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01832498v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Benoist" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Pottier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Affergan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Sicard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03617860v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jacqueau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Laugier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>