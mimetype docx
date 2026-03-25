--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -275,51 +275,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -439,2317 +439,2451 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05436357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Posttraumatic Growth in Intensive Care Unit Health Care Professionals After COVID-19</w:t>
+                <w:t xml:space="preserve">Vasopressor management of post-resuscitation shock: targets, strategies and outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élie Azoulay</w:t>
+                <w:t xml:space="preserve">Ali Jendoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Argaud</w:t>
+                <w:t xml:space="preserve">Quentin de Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Labbé</w:t>
+                <w:t xml:space="preserve">Fabio Silvio Taccone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dumas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Bruneel</w:t>
+                <w:t xml:space="preserve">Bijan Ghaleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Network Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2025.27443⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (1), pp.30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-025-05794-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05229759v1</w:t>
+                <w:t xml:space="preserve">hal-05539790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluid balance after cardiac arrest: Any impact on outcome? Insights from the MIMIC IV database</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Posttraumatic Growth in Intensive Care Unit Health Care Professionals After COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Azoulay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Didier</w:t>
+                <w:t xml:space="preserve">Laurent Argaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Murris</w:t>
+                <w:t xml:space="preserve">Vincent Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Schopper</w:t>
+                <w:t xml:space="preserve">Guillaume Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Guérin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nolwen Flajoliet</w:t>
+                <w:t xml:space="preserve">Fabrice Bruneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation Plus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resplu.2025.101037⟩</w:t>
+              <w:t xml:space="preserve">JAMA Network Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (8), pp.e2527443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2025.27443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05285460v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05229759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arabie saoudite : l’improbable agriculture au désert</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fluid balance after cardiac arrest: Any impact on outcome? Insights from the MIMIC IV database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Murris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Schopper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwen Flajoliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Moyen-Orient</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Resuscitation Plus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25, pp.101037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resplu.2025.101037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04534641v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05285460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcomes in Patients With COVID-19 With Acute Encephalopathy and Coma</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arabie saoudite : l’improbable agriculture au désert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Moyen-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 61, pp.30-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05500322v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04534641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asie centrale : des déserts en mouvement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Cariou</w:t>
+                <w:t xml:space="preserve">Outcomes in Patients With COVID-19 With Acute Encephalopathy and Coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Legriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Gruet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rafael Badenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Engrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Mendoza-Trujillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Géographie : terre des Hommes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/geo.1586.0028⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000207263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03955830v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected cardiac arrests occurring inside the ICU: outcomes of a French prospective multicenter study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asie centrale : des déserts en mouvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lesieur</w:t>
+                <w:t xml:space="preserve">Brice Gruet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 46 (5), pp.1005-1015. </w:t>
+              <w:t xml:space="preserve">La Géographie : terre des Hommes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, N° 1586 (3), pp.28-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00134-020-05992-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/geo.1586.0028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05191517v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03955830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du Transsibérien au corridor eurasiatique. Quelle connectivité pour quel développement ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unexpected cardiac arrests occurring inside the ICU: outcomes of a French prospective multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Leloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Briatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lesieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/echogeo.17914⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46 (5), pp.1005-1015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-020-05992-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02462297v1</w:t>
+                <w:t xml:space="preserve">hal-05191517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of different methods of cooling for targeted temperature management on outcome after cardiac arrest: a systematic review and meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Calabró</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wulfran Bougouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara de Fazio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Skrifvars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (1), pp.285. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13054-019-2567-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02466582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FLEURIR LE DÉSERT, LE MIRAGE DE L’AGRICULTURE Les oasis du Liwa (Émirats arabes unis) et du Wadi Sirhan (Arabie saoudite)</w:t>
+                <w:t xml:space="preserve">Du Transsibérien au corridor eurasiatique. Quelle connectivité pour quel développement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études rurales</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/etudesrurales.17484⟩</w:t>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Les corridors de développement, 49, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.17914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02462344v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Work factors associated with return to work in out-of-hospital cardiac arrest survivors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FLEURIR LE DÉSERT, LE MIRAGE DE L’AGRICULTURE Les oasis du Liwa (Émirats arabes unis) et du Wadi Sirhan (Arabie saoudite)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Geri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 204, pp.192-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.17484⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.05.021⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-02468247v1</w:t>
+                <w:t xml:space="preserve">hal-02462344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les corridors centrasiatiques des nouvelles routes de la soie : un nouveau destin continental pour la Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Géographique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Tome 47 (n°1-2018), p. 19-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01868092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brainstem response patterns in deeply-sedated critically-ill patients predict 28-day mortality</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Work factors associated with return to work in out-of-hospital cardiac arrest survivors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Porcher</w:t>
+                <w:t xml:space="preserve">Alexis Descatha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tarik Hissem</w:t>
+                <w:t xml:space="preserve">Florence Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wulfran Bougouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Heming</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume Geri</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0176012⟩</w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 128, pp.170-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.05.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01528608v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02468247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of a condolence letter on grief symptoms among relatives of patients who died in the ICU: a randomized clinical trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brainstem response patterns in deeply-sedated critically-ill patients predict 28-day mortality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rohaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nancy Kentish-Barnes</w:t>
+                <w:t xml:space="preserve">Raphael Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Chevret</w:t>
+                <w:t xml:space="preserve">Tarik Hissem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Champigneulle</w:t>
+                <w:t xml:space="preserve">Nicholas Heming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Thirion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Souppart</w:t>
+                <w:t xml:space="preserve">Patrick Chillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-016-4669-9⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (4), pp.e0176012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0176012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01783552v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01528608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAESAR: a new tool to assess relatives' experience of dying and death in the ICU</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Effect of a condolence letter on grief symptoms among relatives of patients who died in the ICU: a randomized clinical trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Kentish-Barnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Seegers</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alain Cariou</w:t>
+                <w:t xml:space="preserve">Sylvie Chevret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Jaber</w:t>
+                <w:t xml:space="preserve">Benoit Champigneulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Thirion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Souppart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intensive Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 42 (6), pp.995-1002. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-016-4260-4⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 43 (4), pp.473-484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-016-4669-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01458388v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01783552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xinjiang : une nouvelle politique de développement pour une stabilité durable ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CAESAR: a new tool to assess relatives' experience of dying and death in the ICU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Kentish-Barnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Seegers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Outre-terre. Revue européenne de géopolitique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/oute1.048.0305⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (6), pp.995-1002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-016-4260-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443171v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01458388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’eau en Asie centrale : pénurie ou mauvaise gouvernance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, L'Asie centrale. Grand jeu ou périphérie, 82, pp.88-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01396959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complicated grief after death of a relative in the intensive care unit</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xinjiang : une nouvelle politique de développement pour une stabilité durable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1183/09031936.00160014⟩</w:t>
+              <w:t xml:space="preserve">Outre-terre. Revue européenne de géopolitique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Chaosland : du Moyen-Orient à l'Asie (du centre) ?, 2016/3 (48), pp.305-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/oute1.048.0305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01768268v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’eau et l’aménagement du territoire en Asie centrale. Une ressource fondamentale pour un développement à repenser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'Asie centrale </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, L'eau en Asie centrale. Enjeux et défis contemporains, 25, pp.19-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01385769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le nouveau Xinjiang : intégration et recompositions territoriales d’une périphérie chinoise</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complicated grief after death of a relative in the intensive care unit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Kentish-Barnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Chaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Seegers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/echogeo.11244⟩</w:t>
+              <w:t xml:space="preserve">European Respiratory Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (5), pp.1341 - 1352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1183/09031936.00160014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01385764v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01768268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ouzbékistan, le paradoxe de l’enracinement rural</w:t>
+                <w:t xml:space="preserve">Le nouveau Xinjiang : intégration et recompositions territoriales d’une périphérie chinoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/eps.2018⟩</w:t>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, juin 2009/août 2009 L'Asie centrale : le temps des recompositions (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.11244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534106v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01385764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre repli et ouverture : nouveaux enjeux et recompositions des déserts centrasiatiques</w:t>
+                <w:t xml:space="preserve">Ouzbékistan, le paradoxe de l’enracinement rural</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maghreb-Machrek</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Les populations d'Asie centrales, 2007/1 (n°1), pp. 101-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/eps.2018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01443195v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Montagnes et économie agropastorale d’Ouzbékistan, entre marginalisation et recomposition</w:t>
+                <w:t xml:space="preserve">Entre repli et ouverture : nouveaux enjeux et recompositions des déserts centrasiatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Asie centrale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Les montagnards d'Asie centrale, n° 11-12, pp. 179-202, https://asiecentrale.revues.org/699</w:t>
+              <w:t xml:space="preserve">Maghreb-Machrek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Les nouvelles guerres du monde arabe, n° 193, pp. 109-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534062v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution géographique récente des zones rurales de piémont et de montagnes en Ouzbékistan</w:t>
+                <w:t xml:space="preserve">Montagnes et économie agropastorale d’Ouzbékistan, entre marginalisation et recomposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'Asie centrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Les montagnards d'Asie centrale, n° 11-12, pp. 179-202, https://asiecentrale.revues.org/699</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évolution géographique récente des zones rurales de piémont et de montagnes en Ouzbékistan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'Asie centrale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2002, Karakalpaks et autres gens de l'Aral: entre rivages et déserts, n°10, pp. 271-292</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01534096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2759,167 +2893,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liwa : la mutation d'une oasis agricole en réserve stratégique au service de la sécurisation en eau d'Abou Dhabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Oasis dans la mondialisation : ruptures et continuités", Colloquium "Oases in globalization: ruptures and continuities", Colloquio "Los oasis en la globalización: rompimientos y continuidades"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Paris, France. pp.49-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01024476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Civilisations hydrauliques et changements environnementaux dans le bassin de l'Aral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WATARID 1 Eau, écosystèmes et développement durable en zones aride et semi-aride; Water, ecosystem and sustainable development in arid and semi-arid zones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Urumqi, Chine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02132200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2929,533 +3063,533 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Transsibérien : complémentarité ou concurrence avec les autres corridors eurasiatiques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Lasserre, É. Mottet et B. Courmont. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">À la croisée des nouvelles routes de la soie : coopérations et frictions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l’Université du Québec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://extranet.puq.ca/media/produits/documents/4014_D5796-FP.pdf, 2022, 978-2-7605-5796-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03955804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les impacts spatiaux de la fonte des glaciers d’Asie centrale : la « guerre de l’eau » aura-t-elle lieu ?</w:t>
+                <w:t xml:space="preserve">Spatial Impacts of Melting Central Asian Glaciers: towards a “Water War”?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les impacts spatiaux du changement climatique</w:t>
+              <w:t xml:space="preserve">Spatial Impacts of Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, p. 189-209, 2021, 9781789480092</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Wiley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 187-207, 2021, 9781789450095</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03582166v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Impacts of Melting Central Asian Glaciers: towards a “Water War”?</w:t>
+                <w:t xml:space="preserve">Les impacts spatiaux de la fonte des glaciers d’Asie centrale : la « guerre de l’eau » aura-t-elle lieu ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ISTE Edition. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spatial Impacts of Climate Change</w:t>
+              <w:t xml:space="preserve">Les impacts spatiaux du changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, p. 187-207, 2021, 9781789450095</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISTE Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 189-209, 2021, 9781789480092</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03582253v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03582166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liwa: The Mutation of an Agricultural Oasis into a Strategic Reserve Dedicated to a Secure Water Supply for Abu Dhabi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Lavie, Anaïs Marshall. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oases and Globalization. Ruptures and Continuities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer International Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Springer Geography, 978-3-319-50747-7 (Print) 978-3-319-50749-1 (Online). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-50749-1_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01513526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Xinjiang : sinisation et ouverture d'une périphérie chinoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Souad Wheidi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aperçus multiples du Monde Uyghur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 27-28, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Harmattan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.225-248, 2017, Etudes orientales, 978-2-343-11760-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01534031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Asie centrale dans la mondialisation: de la marginalisation à l'intégration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mondialisation. L'intégration des pays en développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02132208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3465,91 +3599,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il était une fois la mer d'Aral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03268375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3559,144 +3693,144 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cycle des conférences de l'IISMM : L'écologie en Islam : traditions séculaires et défis contemporains - « Exploitation et gestion des ressources en eau en Asie centrale »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bulac Bibliothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rhoné-Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pétriat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05034713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId123"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3843,51 +3977,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-espace-geographique-2018-1-page-19.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/br/book/9783319507477" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inria.fr/file/index/docid/1024476/filename/Oasis6" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cndp.fr/fig-st-die/fileadmin/contenus/2013/itineraires/01/01-article" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436357v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bachollet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cariou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Caillon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05667-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229759v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Azoulay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Argaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labb&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bruneel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2025.27443" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05285460v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Didier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Murris" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Schopper" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gu&#233;rin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Flajoliet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resplu.2025.101037" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534641v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Legriel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Badenes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Engrand" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Mendoza-Trujillo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Soulier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000207263" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03955830v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gruet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geo.1586.0028" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191517v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leloup" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Briatte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Langlois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesieur" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-020-05992-w" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462297v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.17914" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02466582v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Calabr&#243;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wulfran Bougouin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara de Fazio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Skrifvars" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2567-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462344v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.17484" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02468247v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Descatha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dumas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geri" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.05.021" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868092v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01528608v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rohaut" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Porcher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Hissem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Heming" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chillet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176012" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783552v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kentish-Barnes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Champigneulle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Thirion" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Souppart" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-016-4669-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458388v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Seegers" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Jaber" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-016-4260-4" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443171v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/oute1.048.0305" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396959v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01768268v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chaize" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00160014" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01385769v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01385764v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.11244" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534106v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.2018" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443195v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534062v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534096v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024476v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132200v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03955804v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puq.ca/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582166v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/les-impacts-spatiaux-du-changement-climatique/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582253v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste.co.uk/book.php?id=1731" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513526v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/br/book/9783319507477" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50749-1_12" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534031v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-etudes_orientales_apercus_multiples_du_monde_uyghur_souad_wheidi-9782343117607-53266.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132208v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268375v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05034713v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rhon&#233;-Quer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;triat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-espace-geographique-2018-1-page-19.htm" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/br/book/9783319507477" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inria.fr/file/index/docid/1024476/filename/Oasis6" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cndp.fr/fig-st-die/fileadmin/contenus/2013/itineraires/01/01-article" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436357v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bachollet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cariou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Caillon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05667-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539790v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Jendoubi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin de Roux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Silvio Taccone" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bijan Ghaleh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05794-w" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229759v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Azoulay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Argaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Labb&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Bruneel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2025.27443" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-05285460v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Didier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Murris" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Schopper" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Gu&#233;rin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Flajoliet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resplu.2025.101037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534641v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500322v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Legriel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Badenes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Engrand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Mendoza-Trujillo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Soulier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000207263" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03955830v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Gruet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geo.1586.0028" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191517v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leloup" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Briatte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Langlois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesieur" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-020-05992-w" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02466582v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Calabr&#243;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wulfran Bougouin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara de Fazio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Skrifvars" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-019-2567-6" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.17914" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462344v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.17484" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868092v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02468247v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Descatha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Dumas" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geri" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.05.021" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01528608v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rohaut" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Porcher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Hissem" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Heming" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chillet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176012" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01783552v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Kentish-Barnes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chevret" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Champigneulle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Thirion" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Souppart" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-016-4669-9" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01458388v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Seegers" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Jaber" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-016-4260-4" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396959v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443171v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/oute1.048.0305" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01385769v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01768268v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Chaize" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00160014" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01385764v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.11244" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534106v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.2018" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443195v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534062v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534096v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024476v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132200v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03955804v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puq.ca/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582253v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iste.co.uk/book.php?id=1731" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582166v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/les-impacts-spatiaux-du-changement-climatique/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513526v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/br/book/9783319507477" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50749-1_12" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534031v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-etudes_orientales_apercus_multiples_du_monde_uyghur_souad_wheidi-9782343117607-53266.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132208v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03268375v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05034713v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bulac Biblioth&#232;que" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rhon&#233;-Quer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;triat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>