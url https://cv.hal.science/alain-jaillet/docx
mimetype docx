--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1863,50 +1863,141 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Numérique et bien-être des enseignants du premier degré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Phronesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (2-3), pp.27-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1097135ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04942321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effets de l’utilisation de Geogebra sur les performances des élèves en apprentissage des fonctions numériques au lycée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoul Massalabi Nouhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1915,148 +2006,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ENCRES (Revue scientifique semestrielle de l'Ecole normale supérieure de l'Université Abdou Moumouni, Niamey/Niger)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.ISSN: 1859 - 5116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03999959v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-04942321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnets de Laboratoire - Revue Littérature : Les enseignants et le numérique ; Innovations technologiques et/ou pédagogiques</w:t>
               </w:r>
@@ -3187,57 +3187,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03546467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les représentations des tuteurs en FAD à l’égard de leurs pratiques et de leurs fonctions tutorales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Berrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.1795⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effet structurant des forums numériques sur la qualité d’apprentissage dans les dispositifs hybrides de formation d’ingénieurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore N Mbadjoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3248,1271 +3339,1180 @@
               <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 14 (3), pp.62 - 79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18162/ritpu-2017-v14n3-05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03229921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Said Berrouk</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proxémie d’apprentissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Issaadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/edso.1960⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546464v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet structurant des forums numériques sur la qualité d’apprentissage dans les dispositifs hybrides de formation d’ingénieurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théodore Njingang Mbadjoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 14, pp.62 - 79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18162/ritpu-2017-v14n3-05⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03585707v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Os filmes promotores de MOOC, uma retórica da “divisio”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ação Midiática</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Science, scientificité et école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Mabilon-Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation des interactions langagières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Hakem Kasdali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études de linguistique appliquée : revue de didactologie des langues-cultures et de lexiculturologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, N° 184 (4), pp.491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ela.184.0491⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Philippe et Françoise sont-ils mieux appréciés à l’école qu’Ilyas et Yasmina ?”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iuliana Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02980170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Os filmes promotores de MOOC, uma retórica da “divisio”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ação Midiática</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (12), pp.165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5380/2238-0701.2016n12p165-192⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S’éduquer, s’autonomiser : la singularité iconique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Bacha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.71-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les films promoteurs de MOOC, une rhétorique de la &amp;quot;divisio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 17, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/dms.1795⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 2 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Issaadi</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fonctions tutorales : pour un déséquilibre dynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Berrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/edso.1960⟩</w:t>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02979477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C2i2e à distance : l’activité de l’étudiant est-elle représentative de son évaluation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 14, pp.62 - 79. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18162/ritpu-2017-v14n3-05⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 9 (1-2), pp.100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1012905ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Os filmes promotores de MOOC, uma retórica da “divisio”</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04413957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception and Operation of Distance Learning Environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ação Midiática</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Distance Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 25 (2), pp.105-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/08923647.2011.570529⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Mabilon-Bonfils</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les segments de films pédagogiques, instruments de supplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7</w:t>
+              <w:t xml:space="preserve">Education &amp; Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, e-289, pp.33-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...446 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les TIC dans un contexte de formation à distance : une stratégie de redynamisation de formation en présentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Berrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...76 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue internationale des technologies en pédagogie universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 9 (1-2), pp.100. </w:t>
-[...236 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2005, 2 (2), pp.7-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">edutice-00123720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -4595,51 +4595,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les TIC dans un contexte de formation à distance : une stratégie de redynamisation de formation en présentiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Berrouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6312,77 +6312,337 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03632979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring the relationship between spatial ability, individual characteristics and academic performance of first-year students in a French engineering school</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">pp.235-248, 2023, 978-2-87352-018-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléments de mesure de la compétence de visualisation spatiale d’étudiants ingénieurs en mécanique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Jeannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From teacher well-being to the joy of teaching: Can we train teachers to happiness?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6401,336 +6661,76 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Mabilon-Bonfils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Phronesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12 (2-3), pp.1, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1097133ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04019736v1</w:t>
-              </w:r>
-[...258 lines deleted...]
-                <w:t xml:space="preserve">hal-03346657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6997,318 +6997,318 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04415589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'école, c'est Hard Fun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les écoles du Bonheur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Téraèdre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9782360850914</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eliminate the Delay Backlog in the Conduct of Pedagogical Activities by Distance Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiguiane Yélémou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Njingang Mbadjoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-Infrastructure and e-Services for Developing Countries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 208, Springer International Publishing, pp.273-277, 2018, Lecture Notes of the Institute for Computer Sciences, Social Informatics and Telecommunications Engineering, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-66742-3_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546425v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliminate the Delay Backlog in the Conduct of Pedagogical Activities by Distance Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-66742-3_26⟩</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Tiguiane Yélémou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
-              <w:r>
-[...107 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Sia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Njingang Mbadjoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-Infrastructure and e-Services for Developing Countries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 208, Springer International Publishing, pp.273-277, 2018, Lecture Notes of the Institute for Computer Sciences, Social Informatics and Telecommunications Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-66742-3_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04415603v1</w:t>
@@ -8585,51 +8585,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jaillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206919v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeannin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tkaczuk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Badiane" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716213v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghizlane Amezrhar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504910v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55245-8_23" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060614v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655202v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Fouzai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659333v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Massalabi Nouhou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632946v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Boumehraz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583666v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Njingang Mbadjoin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00863848v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliana Lunca-Popa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659328v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585548v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Njingang Mbadjoin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161484v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hadi Bouzidi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910391v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910539v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02395932v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daguet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier d'Al&#233;o" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02395926v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Luc Agbanglanon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecorre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Komis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2024.2385650" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999959v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942321v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097135ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04232967v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mabilon-Bonfils" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7108204" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314688v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise No&#235;l Boidou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026742v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Nkontchou Tchinkap" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546359v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2021.710" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546202v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christofors Karachristos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Mourta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Sgoura" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Misirli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11188653" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546404v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.5523" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.5340" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546455v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bugmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Karsenti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2018-v15n1-04" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546446v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Colinet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655058v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546469v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mbadjoin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2017-v14n3-05" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546467v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Issaadi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.1960" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03229921v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore N Mbadjoin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546458v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Berrouk" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1795" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585707v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980168v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980169v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546478v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hakem Kasdali" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.184.0491" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546476v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/2238-0701.2016n12p165-192" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980170v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliana Rossi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979982v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Bacha" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413662v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.951" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979477v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.206" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413957v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1012905ar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08923647.2011.570529" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414155v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00123720v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414195v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ds.3.49-66" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03229934v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu.2005.77" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414227v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673197v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anemone Geiger-Jaillet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745996v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durpaire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13763225" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229392v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019731v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236213v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7108476" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551418v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552773v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Becquet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414282v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Depover" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Li&#232;vre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Quintin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Peraya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.depov.2011.01" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414335v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larose Fran&#231;ois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414361v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414380v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414390v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414403v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789431v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jamet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632987v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631688v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colinet S&#233;verine" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551773v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632979v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019736v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097133ar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346640v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyret" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rivi&#232;re" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346657v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552251v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546410v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shireen Panchoo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-36778-7_6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415589v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546425v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiguiane Y&#233;l&#233;mou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66742-3_26" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414615v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liseuse.harmattan.fr/978-2-36085-091-4" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415603v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415622v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pum/11329" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pum.11329" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415806v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415812v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/la-mediatisation-de-la-formation-et-de-l-apprentis--9782804189136.htm" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.peter.2014.01.0073" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415815v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Loiret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.peter.2014.01.0231" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415823v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415844v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415841v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415832v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415836v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415855v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waxmann.com/index.php?eID=download&amp;amp;buchnr=1558" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415911v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636251v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551767v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903440v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charles" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jaillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206919v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jeannin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tkaczuk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seydou Badiane" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716213v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghizlane Amezrhar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504910v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55245-8_23" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060614v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655202v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihane Fouzai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659333v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul Massalabi Nouhou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632946v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Boumehraz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583666v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Njingang Mbadjoin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00863848v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliana Lunca-Popa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659328v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585548v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Njingang Mbadjoin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161484v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hadi Bouzidi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910391v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910539v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02395932v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Daguet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier d'Al&#233;o" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02395926v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666648v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Luc Agbanglanon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lecorre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilis Komis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2024.2385650" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942321v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097135ar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999959v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-04232967v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mabilon-Bonfils" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7108204" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314688v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise No&#235;l Boidou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04026742v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Nkontchou Tchinkap" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546359v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/fp.2021.710" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546202v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christofors Karachristos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Mourta" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantina Sgoura" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Misirli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11188653" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546404v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.5523" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.5340" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546455v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bugmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Karsenti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2018-v15n1-04" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546446v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Colinet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655058v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546469v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mbadjoin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2017-v14n3-05" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546467v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Issaadi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.1960" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546458v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Berrouk" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.1795" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03229921v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore N Mbadjoin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546464v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03585707v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980168v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980169v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546478v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hakem Kasdali" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ela.184.0491" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02980170v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iuliana Rossi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546476v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/2238-0701.2016n12p165-192" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979982v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Bacha" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413662v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.951" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-02979477v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.206" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413957v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1012905ar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414017v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08923647.2011.570529" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414155v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00123720v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414195v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ds.3.49-66" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03229934v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu.2005.77" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414227v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673197v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anemone Geiger-Jaillet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745996v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Durpaire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.13763225" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229392v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019731v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236213v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7108476" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551418v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552773v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pesce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Becquet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414282v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Depover" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno de Li&#232;vre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Quintin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Peraya" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.depov.2011.01" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414335v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larose Fran&#231;ois" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414361v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414380v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414390v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414403v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789431v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Jamet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632987v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631688v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colinet S&#233;verine" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551773v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03632979v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346640v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyret" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rivi&#232;re" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346657v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019736v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097133ar" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552251v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546410v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shireen Panchoo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-36778-7_6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415589v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414615v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://liseuse.harmattan.fr/978-2-36085-091-4" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cyu.hal.science/hal-03546425v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiguiane Y&#233;l&#233;mou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Sia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66742-3_26" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415603v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415622v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pum/11329" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pum.11329" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415806v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415812v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/la-mediatisation-de-la-formation-et-de-l-apprentis--9782804189136.htm" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.peter.2014.01.0073" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415815v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Loiret" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.peter.2014.01.0231" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415823v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415844v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415841v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415832v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415836v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415855v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.waxmann.com/index.php?eID=download&amp;amp;buchnr=1558" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415911v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636251v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551767v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>