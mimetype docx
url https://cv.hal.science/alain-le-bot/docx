--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -81,8639 +81,8639 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (39)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loi d’échelle pour les forces dynamiques dans un contact pneu/chaussée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N'Guetta Modeste Assemien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05364508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Direct numerical simulation of sliding rough contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeste Assemien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact Mechanics International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04815436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Distribution de l'énergie vibratoire dans une plaque excitée par un bruit blanc aléatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Tyrode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niclas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03847998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a hybrid SmEdA-SEA model for predicting the power exchanged between low and high modal density subsystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internoise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Washington (virtual), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN-2021-2535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NOISE INDUCED BY DYNAMIC CONTACT FORCES OF A RUBBER CYLINDER ROLLING ON ROAD PAVEMENT SAMPLES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeste Assemien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Prague (virtual), Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vibration level induced by the friction of two rough surfaces weakly loaded</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeste Assemien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter-noise 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Washington (virtual), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3397/IN-2021-1795⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03343688v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of Crandall lines on ergodic billard in SEA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Tyrode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.247-250, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.0272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235438v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geometrical theory of diffraction for sound and vibration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forum Acusticum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.219-222, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48465/fa.2020.1005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RADIATIVE ENERGY TRANSFER MODEL FOR PRE-STRESSED ORTHOTROPIC PLATE ON VISCO-ELASTIC FOUNDATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiang Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haibo Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INFLUENCE OF SLIDING SPEED ON ROUGHNESS NOISE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeste Assemien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">STATISTICAL ENERGY ANALYSIS AND DIFFUSE FIELD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26th International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02404658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating the Dynamic Instabilities of Model Granular Materials in Isotropic Consolidation and Triaxial Drained Compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Thu Tra Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiep Doanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davy Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sixth Biot Conference on Poromechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/9780784480779.223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01773675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noise of sliding rough contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Anglo-French Physical Acoustics Conference (AFPAC2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Londres, United Kingdom. pp.012006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/797/1/012006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04589964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statistical Energy Analysis, assumptions and validity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDYNA 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Séville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation dynamique du contact pneumatique/chaussée pour l'évaluation du bruit de roulement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Bazari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Lelong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFA 2016 - 13ème Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, LE MANS, France. 8 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393578v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des caractéristiques dynamiques des impacts obliques et de l'usure associée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Souilliart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Phalippou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28èmes Journées Internationales Francophones de Tribologie 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Saint-Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02437080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wear induced by stochastic sliding impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Souilliart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Phalippou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASME 2015 Pressure Vessels and Piping Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Boston, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/PVP2015-45811⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02491654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comportement de gouttes dynamiques sur surfaces polymères texturées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Contraires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Solignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Benayoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conditions for isotropic liquefaction of model granular materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiep Doanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouha Abdelmoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Statistical Energy Analysis: from the understanding of its assumptions to the practical use</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NOVEM 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Dubrovnik, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01474622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wear generated by sliding impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Souilliart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Phalippou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03444669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Acoustique statistique : étude de l'hypothèse de couplage faible et de l'influence des modes non-résonants pour la SEA.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modèles et méthodes numériques en vibroacoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Poitiers, France. pp.1433-1439</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00984445v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A study of the assumptions used in statistical energy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inter.noise 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Melbourne, Australia. pp.662</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01086611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">STATISTICAL ENERGY ANALYSIS: CORRELATION BETWEEN DIFFUSE FIELD AND ENERGY EQUIPARTITION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDYNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Marrakech, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00841466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tribological origin of squeal noise in lubricated elastomer/glass contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anton Rusanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mazuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dependence of friction noise of rough surfaces with contact area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Bou Chakra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical simulation of noise generated by multi asperity contact between rough surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the usefulness of entropy in statistical energy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Carbonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of radiosity and ray-tracing methods for coupled rooms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Dondaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Rech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Mussa Peretto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acoustics 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00811108v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entropy: a counterpart in statistical energy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Carbonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">18th International congress on sound and vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Rio de Janeiro, Brazil. pp.CD</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00610027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frottement des matériaux composites polymères à renfort fibre de carbone : expériences et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Smerdova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cayer-Barrioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Sarbaev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17èmes Journées Nationales sur les Composites (JNC17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Poitiers-Futuroscope, France. pp.178</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00597754v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caractérisation expérimentale d'instabilités de frottement pour un contact élastomère/verre lubrifié à l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Le Rouzic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mazuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03422472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation numérique directe en dynamique du contact rugueux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03421376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèle géométrique de frottement entre matériaux composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Smerdova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Cayer-Barrioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Sarbayev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2011 - 20ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03422495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simulation numérique du bruit de frottement lors du contact de deux surfaces rugueuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viet Hung Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00538367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche thermodynamique de l'analyse statistique de l'énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00550549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une méthode hybride pour l'étude vibroacoustique des mécanismes à hautes fréquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Sadoulet-Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2007, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01508998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Equations du transfert radiatif pour l'étude de la diffraction multiple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Sadoulet-Reboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude du bruit de rugosité lors d'un contact plan/plan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Ben Abdelounis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassan Zahouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the power law of tyre/road contact forces versus rolling speed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Assemien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 620, pp.119456. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2025.119456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05389621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power exchanged between subsystems with non-diffuse fields in statistical energy analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Tyrode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Maxit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 153 (5), pp.3036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0019551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04113016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybrid modal/statistical formulation for predicting the energy response of vibroacoustic systems in the mid frequency range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guang Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 538, pp.117221. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2022.117221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03763420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-Processing Deflectometry Grid Images Using Particle Image Velocimetry Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick O’donoughue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Rouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 144 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/1.4052943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03457184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An acoustic signature of extreme failure on model granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.T.T. Nguyên</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Doanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dalmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12 (1), pp.18304. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-022-20231-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04081494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the Vibrational Behavior of a Bolted Beam in the Presence of Friction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chekirou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Brahimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bournine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Hamouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Russian Journal of Nonlinear Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 18 (1), pp.3-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20537/nd220101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04083042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-temporal-resolution quasideterministic dynamics of granular stick-slip</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analysis of Random Mechanical Vibrations in Symmetrical Thin Plates Using Full-Field Vibration Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Dalmas</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Rouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-82581-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4049822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457128v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherent wave reflection in integrable or chaotic symmetrical acoustical billiards</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiative energy transfer model for finite anisotropic plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiang Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haibo Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspa.2021.0488⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 497, pp.115947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.115947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440296v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative energy transfer model for finite anisotropic plates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coherent wave reflection in integrable or chaotic symmetrical acoustical billiards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Tyrode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Haibo Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2021.115947⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 477 (2255), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspa.2021.0488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457056v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Random Mechanical Vibrations in Symmetrical Thin Plates Using Full-Field Vibration Measurements</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A versatile flexure-based 6-axes force/torque sensor and its application to tribology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Guibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Oliver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Le Mogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vibration and Acoustics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4049822⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 92, pp.085002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0057266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03457193v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A versatile flexure-based 6-axes force/torque sensor and its application to tribology</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-temporal-resolution quasideterministic dynamics of granular stick-slip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. T. T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Doanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0057266⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.2902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-82581-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03230946v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03457128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ergodic billiard and statistical energy analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Le Bot</w:t>
+                <w:t xml:space="preserve">Geometrical theory of diffraction for sound radiation and structural response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wave Motion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.011⟩</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01896738v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02389873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometrical theory of diffraction for sound radiation and structural response</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Le Bot</w:t>
+                <w:t xml:space="preserve">On the role of pore pressure in dynamic instabilities of saturated model granular materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.T.T. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Doanh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dalmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wave Motion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.009⟩</w:t>
+              <w:t xml:space="preserve">Granular Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10035-019-0915-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02389873v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the role of pore pressure in dynamic instabilities of saturated model granular materials</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Dalmas</w:t>
+                <w:t xml:space="preserve">Relaxation Tribometry: A Generic Method to Identify the Nature of Contact Forces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Scheibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artem A Vasko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Braun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Granular Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10035-019-0915-5⟩</w:t>
+              <w:t xml:space="preserve">Tribology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 67 (53), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11249-019-1168-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374849v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02112244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relaxation Tribometry: A Generic Method to Identify the Nature of Contact Forces</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Oleg Braun</w:t>
+                <w:t xml:space="preserve">Ergodic billiard and statistical energy analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Maxit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11249-019-1168-5⟩</w:t>
+              <w:t xml:space="preserve">Wave Motion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2018.08.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02112244v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical solution for bending vibration of a thin-walled cylinder rolling on a time-varying force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Lelong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Royal Society Open Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5, pp.180639. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rsos.180639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling strength assumption in statistical energy analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 473, pp.20160927. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspa.2016.0927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01709502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-based wear law for oblique impacts in dry environment</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Statistical analysis of vibration in tyres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christian Phalippou</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Bazari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Lelong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2016.10.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 392, pp.187-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.12.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02068271v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04815398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical analysis of vibration in tyres</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy-based wear law for oblique impacts in dry environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Souilliart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Joël Lelong</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Phalippou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsv.2016.12.030⟩</w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105, pp.241-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2016.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04815398v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02068271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An energy approach for impact wear in water environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Souilliart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Phalippou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wear</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 376-377, pp.738-746. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wear.2016.12.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02068269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entropy in sound and vibration: towards a new paradigm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society of London. Series A, Mathematical and physical sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 473, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspa.2016.0602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic instabilities under isotropic drained compression of idealized granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Doanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Abdelmoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gribaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Nguyên</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Geotechnica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (3), pp.657 - 676. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11440-016-0514-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected liquefaction under isotropic consolidation of idealized granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiep Doanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouha Abdelmoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Hans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Granular Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 18 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10035-016-0659-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unexpected collapses during isotropic consolidation of model granular materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiep Doanh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouha Abdelmoula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lassad Gribaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Hans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 344 (2), pp.69 - 77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crme.2015.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High frequency vibroacoustics: A radiative transfer equation and radiosity based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Sadoulet-Reboul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wave Motion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 51, pp.598 - 605. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2014.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01073845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of statistical energy analysis hypotheses in vibroacoustics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 470, pp.20130515. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rspa.2013.0515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00918078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of incidence angle on wear induced by sliding impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wear</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 307 (1-2), pp.68-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wear.2013.07.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02068286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct numerical simulation of the dynamics of sliding rough surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viet Hung Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Scheibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 52, pp.1169-1183. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00466-013-0870-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00874938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Model and Experimental Validation of Friction Laws for Composites Under Low Loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Smerdova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cayer-Barrioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boris Sarbaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 46 (3), pp.263 - 272. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11249-012-9947-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Multiharmonics Excitation on Rattle Noise in Automotive Gearboxes</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dissipation of Vibration in Rough Contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Vary</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Bou-Chakra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Acoustics and Vibration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2011/659797⟩</w:t>
+              <w:t xml:space="preserve">Tribology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41 (1), pp.47-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11249-010-9683-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03261590v2</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissipation of Vibration in Rough Contact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Particle Swarm Optimization as an Efficient Computational Method in order to Minimize Vibrations of Multimesh Gears Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Carbonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guilhem Michon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11249-010-9683-4⟩</w:t>
+              <w:t xml:space="preserve">Advances in Acoustics and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.195642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2011/195642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573945v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03257198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle Swarm Optimization as an Efficient Computational Method in order to Minimize Vibrations of Multimesh Gears Transmission</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">Influence of Multiharmonics Excitation on Rattle Noise in Automotive Gearboxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Younes Kadmiri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Vary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Acoustics and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, pp.195642. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2011/195642⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 2011, pp.659797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2011/659797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03257198v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261590v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validity diagrams of statistical energy analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cotoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 329, pp.221-235. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jsv.2009.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00573940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An experimental study on roughness noise of dry rough flat surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Ben Abdelounis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Zahouani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wear</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 268 (1-2), pp.335-345. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wear.2009.08.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04589963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of Friction Noise Versus Contact Area of Rough Surfaces Weakly Loaded</w:t>
+                <w:t xml:space="preserve">Statistical Vibroacoustics and Entropy Concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elie Bou-Chakra</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Carcaterra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mazuyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11249-009-9521-8⟩</w:t>
+              <w:t xml:space="preserve">Entropy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12, pp.2418-2435. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/e12122418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00573944v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Vibroacoustics and Entropy Concept</w:t>
+                <w:t xml:space="preserve">Measurement of Friction Noise Versus Contact Area of Rough Surfaces Weakly Loaded</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Mazuyer</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Bou-Chakra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entropy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/e12122418⟩</w:t>
+              <w:t xml:space="preserve">Tribology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37, pp.273-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11249-009-9521-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573942v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of surface pattern on the adhesive friction of elastomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Wu-Bavouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Cayer-Barrioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Brochard-Wyart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Buguin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 82, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/physreve.82.031806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03127968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entropy in statistical energy analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 125 (3), pp.1473-1478. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/1.3075613⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04815384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derivation of statistical energy analysis from radiative exchanges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 300 (3-5), pp.763-779</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of vibrational conductivity and radiative energy transfer methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 283 (1-2), pp.135-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specular and diffuse reflections of rays in coupled thin plates at high frequencies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Cotoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 265 (1), pp.23-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy transfer for high frequencies in built-up structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 250 (2), pp.247-275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometric diffusion of energy and comparison with the vibrational conductivity approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Le Bot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 212, pp.637-647</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00468900v1</w:t>
-              </w:r>
-[...3923 lines deleted...]
-                <w:t xml:space="preserve">hal-03361693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8907,51 +8907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Carvallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Perret-Liaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, 978-2-37213-050-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9305,51 +9305,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389621v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Assemien" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pouget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119456" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113016v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tyrode" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Totaro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maxit" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Bot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0019551" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763420v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Zhu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117221" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457184v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick O&#8217;donoughue" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rouard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4052943" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081494v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T.T. Nguy&#234;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Doanh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dalmas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20231-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083042v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chekirou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Brahimi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bournine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hamouda" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haddad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20537/nd220101" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457128v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. T. Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82581-x" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440296v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Tyrode" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2021.0488" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457056v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Zhong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.115947" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457193v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049822" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230946v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guibert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Oliver" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Durand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Le Mogne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Le Bot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0057266" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896738v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389873v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374849v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T.T. Nguyen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-019-0915-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112244v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scheibert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem A Vasko" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Braun" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-019-1168-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847661v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Duval" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Klein" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lelong" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.180639" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709502v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lafont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2016.0927" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068271v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Souilliart" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rigaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Phalippou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2016.10.014" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Bazari" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.12.030" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068269v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2016.12.059" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390112v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2016.0602" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770517v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abdelmoula" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gribaa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguy&#234;n" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hans" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-016-0514-0" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847481v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiep Doanh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Abdelmoula" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hans" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boutin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-016-0659-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847483v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassad Gribaa" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2015.11.001" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073845v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sadoulet-Reboul" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2014.01.003" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918078v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2013.0515" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068286v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2013.07.015" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874938v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Hung Dang" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret-Liaudet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0870-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952271v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Smerdova" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cayer-Barrioz" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Sarbaev" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-012-9947-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261590v2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Kadmiri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vary" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/659797" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573945v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bou-Chakra" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-010-9683-4" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257198v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Carbonelli" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/195642" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573940v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cotoni" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2009.09.008" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589963v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ben Abdelounis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahouani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2009.08.024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BGZ37R97-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573944v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-009-9521-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE22CD6C4B1DE65AB6AE71B347F4CA031C4CE0FE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573942v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Carcaterra" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mazuyer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e12122418" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127968v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Wu-Bavouzet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Buguin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.82.031806" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815384v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3075613" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469455v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469450v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469441v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469430v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468900v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364508v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Guetta Modeste Assemien" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pouget" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815436v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modeste Assemien" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847998v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Totaro" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427208v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-2535" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343704v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343688v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1795" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235438v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0272" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235496v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.1005" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404658v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406172v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406180v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589964v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/797/1/012006" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773675v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Tra Nguyen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Dalmas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.223" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896784v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393578v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02437080v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Souilliart" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Phalippou" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444669v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02491654v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2015-45811" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444794v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Contraires" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Solignac" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guibert" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Benayoun" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444995v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hans" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474622v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984445v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086611v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841466v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811108v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Dondaine" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Rech" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mussa Peretto" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811027v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bou Chakra" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811118v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Rusanov" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret Liaudet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811004v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811020v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422495v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sarbayev" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610027v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perret-Liaudet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597754v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421376v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422472v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Le Rouzic" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538367v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550549v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508998v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360412v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361693v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255566v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bonjour" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815313v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815376v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Antoine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815323v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610031v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05364508v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Guetta Modeste Assemien" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pouget" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Bot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815436v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modeste Assemien" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847998v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Tyrode" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niclas Totaro" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Maxit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427208v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guang Zhu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-2535" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343704v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343688v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3397/IN-2021-1795" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235438v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0272" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235496v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.1005" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406172v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiang Zhong" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haibo Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406180v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404658v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773675v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Tra Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiep Doanh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Dalmas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/9780784480779.223" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589964v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/797/1/012006" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896784v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lafont" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393578v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Bazari" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Klein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lelong" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02437080v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Souilliart" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rigaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Bot" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Phalippou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02491654v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/PVP2015-45811" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444794v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Contraires" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Solignac" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guibert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Benayoun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444995v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouha Abdelmoula" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hans" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Boutin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474622v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444669v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Souilliart" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Phalippou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984445v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086611v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841466v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811118v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Rusanov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mazuyer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret Liaudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811027v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Hung Dang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bou Chakra" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811004v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811020v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Carbonelli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00811108v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Dondaine" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Rech" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mussa Peretto" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610027v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perret-Liaudet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597754v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Smerdova" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Cayer-Barrioz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Sarbaev" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422472v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Le Rouzic" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Perret-Liaudet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03421376v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422495v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sarbayev" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00538367v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550549v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01508998v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Sadoulet-Reboul" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360412v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361693v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Ben Abdelounis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Zahouani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389621v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Assemien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pouget" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2025.119456" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04113016v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tyrode" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Totaro" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0019551" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763420v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2022.117221" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457184v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick O&#8217;donoughue" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Robin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Rouard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4052943" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04081494v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T.T. Nguy&#234;n" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Doanh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dalmas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-20231-6" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083042v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chekirou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Brahimi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bournine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hamouda" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haddad" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20537/nd220101" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457193v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4049822" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457056v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2021.115947" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03440296v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2021.0488" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230946v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guibert" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Oliver" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Durand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Le Mogne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Le Bot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0057266" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457128v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. T. Nguyen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82581-x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389873v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.009" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374849v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T.T. Nguyen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-019-0915-5" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112244v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Scheibert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem A Vasko" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Braun" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-019-1168-5" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896738v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Li" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2018.08.011" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847661v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Duval" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.180639" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01709502v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2016.0927" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815398v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.12.030" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068271v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2016.10.014" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068269v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2016.12.059" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390112v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2016.0602" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770517v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Abdelmoula" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gribaa" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguy&#234;n" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hans" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11440-016-0514-0" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847481v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hans" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-016-0659-4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847483v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassad Gribaa" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2015.11.001" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073845v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2014.01.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918078v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2013.0515" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02068286v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2013.07.015" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00874938v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-013-0870-7" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952271v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-012-9947-2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573945v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Bou-Chakra" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-010-9683-4" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03257198v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/195642" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261590v2" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Kadmiri" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vary" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2011/659797" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573940v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cotoni" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2009.09.008" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04589963v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2009.08.024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BGZ37R97-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573942v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Carcaterra" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e12122418" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573944v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11249-009-9521-8" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EE22CD6C4B1DE65AB6AE71B347F4CA031C4CE0FE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127968v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Wu-Bavouzet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Brochard-Wyart" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Buguin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physreve.82.031806" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815384v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3075613" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469455v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469450v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469441v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469430v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468900v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255566v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bonjour" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815313v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815376v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Antoine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815323v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610031v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>