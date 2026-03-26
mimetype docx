--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -7033,307 +7033,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01339181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'interaction comme inscription de connaissance pour l'apprentissage humain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Similarity Measures to Compare Episodes in Modeled Traces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Lamontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée EIAH&amp;IA 2013</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Case-Based Reasoning Conference (ICCBR 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, New York, United States. pp.358-372, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-39056-2_26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00824256v1</w:t>
+                <w:t xml:space="preserve">hal-01339182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Similarity Measures to Compare Episodes in Modeled Traces</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'interaction comme inscription de connaissance pour l'apprentissage humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Case-Based Reasoning Conference (ICCBR 2013)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée EIAH&amp;IA 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Toulouse, France. pp.1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01339182v1</w:t>
+                <w:t xml:space="preserve">hal-00824256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesures de Similarité pour Comparer des Épisodes dans les Traces Modélisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Lamontagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7371,103 +7371,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TStore: A Trace-Base Management System using Finite-State Transducer Approach for Trace Transformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Champin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Lamontagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Model-Driven Engineering and Software Development (MODELSWARD 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Barcelona, Spain. pp.117-122</w:t>
@@ -7747,51 +7747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trace replay with change propagation impact in client/server applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafat Zarka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7907,51 +7907,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafat Zarka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20th ICCBR Workshop Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Lyon, France. pp.151-162</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7970,343 +7970,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01353145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting Braille learning and uses by adapting transcription to user's needs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vivien Guillet</w:t>
+                <w:t xml:space="preserve">Rendre interactive la découverte d'automates à partir de traces d'activités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Mathern</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Computers Helping People with Special Needs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IC 2011, 22èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Chambéry, France. pp.689-704</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01352984v1</w:t>
+                <w:t xml:space="preserve">hal-00746732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rendre interactive la découverte d'automates à partir de traces d'activités</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Mathern</w:t>
+                <w:t xml:space="preserve">Contextual Trace-Based Video Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC 2011, 22èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st international conference companion on World Wide Web (WWW-XperienceWeb'12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Lyon, France, France. pp.751-754, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2187980.2188196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00746732v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual Trace-Based Video Recommendations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+                <w:t xml:space="preserve">Supporting Braille learning and uses by adapting transcription to user's needs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mascret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivien Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st international conference companion on World Wide Web (WWW-XperienceWeb'12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Lyon, France, France. pp.751-754, </w:t>
+              <w:t xml:space="preserve">13th International Conference on Computers Helping People with Special Needs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Linz, Austria. pp.150-157, </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2187980.2188196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-31522-0_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01352981v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01352984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observations models to track learners' activity during training on a Nuclear Power Plant Full-Scope Simulator</w:t>
               </w:r>
@@ -8396,103 +8396,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TStore: A Web-Based System for Managing, Transforming and Reusing Traces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Champin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elod Egyed-Zsigmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Lamontagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCBR 2012 TRUE and Story Cases Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Lyon, France. pp.173-182</w:t>
@@ -8534,51 +8534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciliter l'apprentissage et l'utilisation du Braille en l'adaptant aux besoins de l'utilisateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Mascret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8714,498 +8714,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supporting the learning process - More than a Braille transcription</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mascret</w:t>
+                <w:t xml:space="preserve">Adaptable and Reusable Query Patterns for Trace-Based Learner Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lemya Settouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Guin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanda Luengo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Everyday Technology for Independence and Care - AAATE 2011</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/978-1-60750-814-4-640⟩</w:t>
+              <w:t xml:space="preserve">EC-TEL 2011 - 6th European Conference on Technology Enhanced Learning : towards ubiquitous learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Palermo, Italy. pp.384-397, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-23985-4_30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01354438v1</w:t>
+                <w:t xml:space="preserve">hal-00877803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helping Children with Cognitive Disabilities through Serious Games: Project CLES</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aarij Mahmood Hussaan</w:t>
+                <w:t xml:space="preserve">A framework for observation and analysis of learners’ behavior in a full-scope simulator of a nuclear power plant - Approach based on modelled traces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Champalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Sehaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Prié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International ACM SIGACCESS Conference on Computers and Accessibility, ASSETS 2011</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2049536.2049592⟩</w:t>
+              <w:t xml:space="preserve">ICALT 2011 - The 11th IEEE International Conference on Advanced Learning Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Athens, Georgia, United States. pp.30-31, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICALT.2011.17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01354505v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01354414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptable and Reusable Query Patterns for Trace-Based Learner Modelling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vanda Luengo</w:t>
+                <w:t xml:space="preserve">Supporting the learning process - More than a Braille transcription</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mascret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EC-TEL 2011 - 6th European Conference on Technology Enhanced Learning : towards ubiquitous learning</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Everyday Technology for Independence and Care - AAATE 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Maastricht, Netherlands. pp.640-647, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/978-1-60750-814-4-640⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-23985-4_30⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00877803v1</w:t>
+                <w:t xml:space="preserve">hal-01354438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A framework for observation and analysis of learners’ behavior in a full-scope simulator of a nuclear power plant - Approach based on modelled traces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Champalle</w:t>
+                <w:t xml:space="preserve">Helping Children with Cognitive Disabilities through Serious Games: Project CLES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aarij Mahmood Hussaan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Sehaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannick Prié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICALT 2011 - The 11th IEEE International Conference on Advanced Learning Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Athens, Georgia, United States. pp.30-31, </w:t>
+              <w:t xml:space="preserve">The 13th International ACM SIGACCESS Conference on Computers and Accessibility, ASSETS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Dundee, Scotland, United Kingdom. pp.251-252, </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICALT.2011.17⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2049536.2049592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01354414v1</w:t>
+                <w:t xml:space="preserve">hal-01354505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rule-Based Impact Propagation for Trace Replay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raafat Zarka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9290,77 +9290,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trace-Based Learner Modelling Framework for Technology-Enhanced Learning Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lemya Settouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Guin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanda Luengo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9496,515 +9496,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01381529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Providing assistance by reusing episodes stored in traces: a case study with SAP Business Objects Explorer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raisonnement à partir de cas dynamique pour la réutiliation contextuelle de l'expérience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Françoise Corvaisier</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mascret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Atelier Français de Raisonnement à Partir de Cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Strasbourg, France. pp.91-103</w:t>
+              <w:t xml:space="preserve">18ème Atelier de raisonnement à partir de cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Strasbourg, France. pp.49-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01381542v1</w:t>
+                <w:t xml:space="preserve">hal-01381538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raisonnement à partir de cas dynamique pour la réutiliation contextuelle de l'expérience</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mascret</w:t>
+                <w:t xml:space="preserve">Un outil spécifique à Moodle pour le calcul des indicateurs d’interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Djouad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Benmohammed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Atelier de raisonnement à partir de cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Strasbourg, France. pp.49-58</w:t>
+              <w:t xml:space="preserve">MoodleMoot 2010, la conférence annuelle des utilisateurs francophones de la plateforme Moodle d'apprentissage en ligne </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Troyes, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381538v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un outil spécifique à Moodle pour le calcul des indicateurs d’interaction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tarek Djouad</w:t>
+                <w:t xml:space="preserve">Providing assistance by reusing episodes stored in traces: a case study with SAP Business Objects Explorer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raafat Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Corvaisier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Benmohammed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MoodleMoot 2010, la conférence annuelle des utilisateurs francophones de la plateforme Moodle d'apprentissage en ligne </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Troyes, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">18ème Atelier Français de Raisonnement à Partir de Cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Strasbourg, France. pp.91-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381530v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Iterative Approach to Develop a Cognitive Model of the Driver for Human Centred Design of ITS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bellet</w:t>
+                <w:t xml:space="preserve">Dynamic Case Based Reasoning for Contextual Reuse of Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mascret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Human Centred Design for Intelligent Transport Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Berlin, Germany. pp.85-95</w:t>
+              <w:t xml:space="preserve">Provenance-Awareness in Case-Based Reasoning Workshop. ICCBR 2010. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Alessandria, Italy. pp.69-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01381585v1</w:t>
+                <w:t xml:space="preserve">hal-01381491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Case Based Reasoning for Contextual Reuse of Experience</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mascret</w:t>
+                <w:t xml:space="preserve">An Iterative Approach to Develop a Cognitive Model of the Driver for Human Centred Design of ITS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Mathern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Provenance-Awareness in Case-Based Reasoning Workshop. ICCBR 2010. </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Alessandria, Italy. pp.69-78</w:t>
+              <w:t xml:space="preserve">European Conference on Human Centred Design for Intelligent Transport Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Berlin, Germany. pp.85-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01381491v1</w:t>
+                <w:t xml:space="preserve">hal-01381585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extending Case-Based Reasoning with Traces</w:t>
               </w:r>
@@ -10291,329 +10291,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01437743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étendre les possibilités du raisonnement à partir de cas grâce aux traces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Acquisition et extraction de connaissances pour le système de raisonnement à partir de cas textuels WikiTaaable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Badra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Meilender</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème atelier de Raisonnement à Partir de Cas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.71-82</w:t>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.13-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01437726v1</w:t>
+                <w:t xml:space="preserve">hal-01437739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition et extraction de connaissances pour le système de raisonnement à partir de cas textuels WikiTaaable</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Étendre les possibilités du raisonnement à partir de cas grâce aux traces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mascret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème atelier de Raisonnement à Partir de Cas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.13-22</w:t>
+              <w:t xml:space="preserve">, Jun 2009, Paris, France. pp.71-82</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01437739v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01437726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge acquisition and discovery for the textual case-based cooking system WIKITAAABLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Badra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fadi Badra</w:t>
+                <w:t xml:space="preserve">Julien Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Meilender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Conference on Case-Based Reasoning - ICCBR 2009, Workshop Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Seattle, United States. pp.249-258</w:t>
@@ -10740,265 +10740,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01437728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte complète et interactive de motifs temporels avec contraintes numériques à partir de séquences d'événements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Trace-Based Framework for supporting Digital Object Memories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Sofiane Settouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Prié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Cram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yannick Prié</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier "Fouille de données temporelles et analyse de flux de données", EGC2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">1st International Workshop on Digital Object Memories (DOMe'09) in the 5th International Conference on Intelligent Environments (IE 09)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Barcelona, Spain. pp.39-44, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/978-1-60750-056-8-39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01437640v1</w:t>
+                <w:t xml:space="preserve">hal-01437735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Trace-Based Framework for supporting Digital Object Memories</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Sofiane Settouti</w:t>
+                <w:t xml:space="preserve">Découverte complète et interactive de motifs temporels avec contraintes numériques à partir de séquences d'événements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Prié</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Champin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Workshop on Digital Object Memories (DOMe'09) in the 5th International Conference on Intelligent Environments (IE 09)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atelier "Fouille de données temporelles et analyse de flux de données", EGC2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Strasbourg, France. pp.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/978-1-60750-056-8-39⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01437735v1</w:t>
+                <w:t xml:space="preserve">hal-01437640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Meta-Model to Acquire Relevant Knowledge for Interactive Learning Environments Personalization</w:t>
               </w:r>
@@ -11623,103 +11623,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TAAABLE: Text Mining, Ontology Engineering, and Hierarchical Classification for Textual Case-Based Cooking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Badra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rokia Bendaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Bentebibel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Champin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Conference on Case-Based Reasoning - ECCBR 2008, Workshop Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Trier, Germany. pp.219--228</w:t>
@@ -12053,51 +12053,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00189782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faillure Analysis for Domain Knowledge Acquisition in a Knowledge-Intensive CBR System</w:t>
+                <w:t xml:space="preserve">Acquisition interactive des connaissances d'adaptation intégrée aux sessions de raisonnement à partir de cas --- Principes, architecture IakA et prototype KayaK</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Fuchs</w:t>
@@ -12115,501 +12115,501 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Case-Based Reasoning - ICCBR-07</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15ème atelier sur le raisonnement à partir de cas - RàPC-07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Amélie Cordier, Jul 2007, Grenoble, France. pp.71-84</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00189779v1</w:t>
+                <w:t xml:space="preserve">inria-00189599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualizing Interaction Traces to improve Reflexivity in Synchronous Collaborative e-Learning Activities</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Jouvin</w:t>
+                <w:t xml:space="preserve">Traces et inscriptions de connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Laflaquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Sofiane Settouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Prié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th European Conference on e-Learning ECEL 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Copenhaguen, Netherlands. pp.147-158</w:t>
+              <w:t xml:space="preserve">18es Journées Francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Grenoble, France. not specified</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01592329v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00509860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creating Cognitive Models from Activity Analysis: A Knowledge Engineering Approach to Car Driver Modeling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bellet</w:t>
+                <w:t xml:space="preserve">Faillure Analysis for Domain Knowledge Acquisition in a Knowledge-Intensive CBR System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Cognitive Modeling (ICCM 2007)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th International Conference on Case-Based Reasoning - ICCBR-07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Patterson, Aug 2007, Belfast, United Kingdom. pp.463--477, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-74141-1_32⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01440230v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00189779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition interactive des connaissances d'adaptation intégrée aux sessions de raisonnement à partir de cas --- Principes, architecture IakA et prototype KayaK</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Lieber</w:t>
+                <w:t xml:space="preserve">Visualizing Interaction Traces to improve Reflexivity in Synchronous Collaborative e-Learning Activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Cram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jouvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème atelier sur le raisonnement à partir de cas - RàPC-07</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Amélie Cordier, Jul 2007, Grenoble, France. pp.71-84</w:t>
+              <w:t xml:space="preserve">6th European Conference on e-Learning ECEL 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Copenhaguen, Netherlands. pp.147-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00189599v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01592329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traces et inscriptions de connaissances</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yannick Prié</w:t>
+                <w:t xml:space="preserve">Creating Cognitive Models from Activity Analysis: A Knowledge Engineering Approach to Car Driver Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier L. Georgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias J Henning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18es Journées Francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Grenoble, France. not specified</w:t>
+              <w:t xml:space="preserve">8th International Conference on Cognitive Modeling (ICCM 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Ann Arbor, MI, United States. pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00509860v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactive Knowledge Acquisition in Case Based Reasoning</w:t>
               </w:r>
@@ -12922,705 +12922,705 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01592321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abstract: un outil et une méthodologie pour analyser une activité humaine médiée par un artefact technique complexe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier L. Georgeon</w:t>
+                <w:t xml:space="preserve">Système à base de trace pour l'apprentissage humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Sofiane Settouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Prié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bellet</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Marty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ingéniérie des Connaissances. Semaine de la connaissance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Nantes, France</w:t>
+              <w:t xml:space="preserve">colloque international TICE 2006 «Technologies de l'Information et de la Communication dans l'Enseignement Supérieur et l'Entreprise»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, INP Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536650v1</w:t>
+                <w:t xml:space="preserve">hal-01588370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système à base de trace pour l'apprentissage humain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Prié</w:t>
+                <w:t xml:space="preserve">Engineering and Learning of Adaptation Knowledge in Case-Based Reasoning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Charles Marty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque international TICE 2006 «Technologies de l'Information et de la Communication dans l'Enseignement Supérieur et l'Entreprise»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, INP Toulouse, France</w:t>
+              <w:t xml:space="preserve">15th International Conference on Knowledge Engineering and Knowledge Management EKAW'06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Podebrady, Czech Republic, Czech Republic. pp.303-317</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588370v1</w:t>
+                <w:t xml:space="preserve">hal-01583931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Engineering and Learning of Adaptation Knowledge in Case-Based Reasoning</w:t>
+                <w:t xml:space="preserve">De l'ingénierie à l'apprentissage des connaissances d'adaptation en raisonnement à partir de cas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Knowledge Engineering and Knowledge Management EKAW'06</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Podebrady, Czech Republic, Czech Republic. pp.303-317</w:t>
+              <w:t xml:space="preserve">IC - 17èmes Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Nantes, France. pp.41-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01583931v1</w:t>
+                <w:t xml:space="preserve">hal-01025803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'ingénierie à l'apprentissage des connaissances d'adaptation en raisonnement à partir de cas</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Fuchs</w:t>
+                <w:t xml:space="preserve">Abstract: un outil et une méthodologie pour analyser une activité humaine médiée par un artefact technique complexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier L. Georgeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IC - 17èmes Journées francophones d'Ingénierie des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Nantes, France. pp.41-50</w:t>
+              <w:t xml:space="preserve">Ingéniérie des Connaissances. Semaine de la connaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01025803v1</w:t>
+                <w:t xml:space="preserve">hal-01536650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une première formalisation de la phase d'élaboration du raisonnement à partir de cas</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Une théorie de la trace informatique pour faciliter l'adaptation dans la confrontation logique d'utilisation/logique de conception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amedeo Napoli</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Prié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème atelier francophone de raisonnement à partir de cas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2006, Besançon, France</w:t>
+              <w:t xml:space="preserve">13ème Journées de Rochebrune</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2006, Rochebrune, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00110932v1</w:t>
+                <w:t xml:space="preserve">hal-01592327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une théorie de la trace informatique pour faciliter l'adaptation dans la confrontation logique d'utilisation/logique de conception</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyzing behavioral data for refining cognitive models of operator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier L. Georgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yannick Prié</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème Journées de Rochebrune</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2006, Rochebrune, France</w:t>
+              <w:t xml:space="preserve">Philosophies and Methodologies for Knowledge Discovery, Seventeenth International Workshop on Database and Expert Systems Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Krakow, Poland. pp.588-592</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01592327v1</w:t>
+                <w:t xml:space="preserve">hal-01536643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing behavioral data for refining cognitive models of operator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier L. Georgeon</w:t>
+                <w:t xml:space="preserve">Une première formalisation de la phase d'élaboration du raisonnement à partir de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lieber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Bellet</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedeo Napoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophies and Methodologies for Knowledge Discovery, Seventeenth International Workshop on Database and Expert Systems Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Krakow, Poland. pp.588-592</w:t>
+              <w:t xml:space="preserve">14ème atelier francophone de raisonnement à partir de cas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536643v1</w:t>
+                <w:t xml:space="preserve">inria-00110932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A trace-based System Framework for Experience Management and Engineering</w:t>
               </w:r>
@@ -15008,217 +15008,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01583134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combiner le paradigme multiagents et la réutilisation de l'expérience pour assister la réalisation collective de tâches</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Salima Hassas</w:t>
+                <w:t xml:space="preserve">ConKMeL: A Contextual Knowledge Management Framework to Support Intelligent Multimedia e-Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huang Weihong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike O'Dea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Raisonnement à partir de Cas, RaPC'2003, plateforme AFIA 2003.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2003, LAVAL, France</w:t>
+              <w:t xml:space="preserve">IEEE Fifth International Symposium on Multimedia Software Engineering (ISMSE'03)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2003, Taichung, Taiwan. pp.223-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01552130v1</w:t>
+                <w:t xml:space="preserve">hal-01592214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ConKMeL: A Contextual Knowledge Management Framework to Support Intelligent Multimedia e-Learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mike O'Dea</w:t>
+                <w:t xml:space="preserve">Combiner le paradigme multiagents et la réutilisation de l'expérience pour assister la réalisation collective de tâches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Stuber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salima Hassas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Fifth International Symposium on Multimedia Software Engineering (ISMSE'03)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2003, Taichung, Taiwan. pp.223-230</w:t>
+              <w:t xml:space="preserve">Atelier Raisonnement à partir de Cas, RaPC'2003, plateforme AFIA 2003.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2003, LAVAL, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01592214v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01552130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining multiagents systems and experience reuse for assisting collective task achievement</w:t>
               </w:r>
@@ -16985,51 +16985,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592332v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Szulman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Troncy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592331v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499551v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499545v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098834v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Melis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03119305v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Fuchs" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Miclet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-06164-7_10" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06164-7_10" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498676v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tabard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059412v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirkinck-Holmfeld L." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balacheff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bottino Rosa-Maria" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burgos D." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Dimitrakopoulou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12562-6_11" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378633v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339295v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716759v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Magu&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cordier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437670v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias H&#233;raud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437669v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Lund" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592328v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbeaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583901v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02363487v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien B&#233;nel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44796-2_31" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-NT965KLG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668653v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.27793" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599177v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885046v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Courtin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369750v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Alain Mille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Laurent" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Virgo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152457v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assitan Traor&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tattegrain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544388v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathern" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00363260v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Sofiane Settouti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Champin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324092v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142666v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2019.1896" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624655v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dolques" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.681-707" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639886v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Sehaba" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Champalle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676339v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379575v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Georgeon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371877v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsys.2016.07.004" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361193v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250421v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Loor" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2015.1011" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265955v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefevre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.28.375-396" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101145v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2014.03.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100026v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Mansouri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubekeur Hamdi-Cherif" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-013-0761-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924203v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2013.1090" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00989752v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ollagnier-Beldame" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brassac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144929X.2013.819528" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980679v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L. Georgeon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mathern" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank E. Ritter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0394.2011.00584.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0F1F2446AC81465A3ABC15AA0193521992096941/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354577v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0394.2011.00591.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P4HZ12N9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381460v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Djouad" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207996v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Beylier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pourroy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544820801898482" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696324v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benmohamed" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669023v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500423v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mascret" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ollier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501599v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouvin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592326v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huang Weihong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592324v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592325v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick Caplat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick Philippon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218300v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Henry" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256110v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Labb&#233;-Lavigne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deseigne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256079v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bassol&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lishou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadouanouan Malo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sere Abdoulaye" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Traore" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106286v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chaput" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794832v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01913897v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-89743-1_23" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560194v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61030-6_5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632771v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-01633343v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeth May" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371894v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEVLRN.2016.7846800" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168682v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201882v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205731v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24258-3_3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313193v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Buffat" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Picasso" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01103671v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339318v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assitan Traore" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339181v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004388806270632" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824256v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339182v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Zarka" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lamontagne" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39056-2_26" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-N5F899FS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339193v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351699v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830444v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353031v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Cosmas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iNCoS.2012.45" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746727v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#246;d Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353145v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352984v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Guillet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31522-0_22" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746732v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352981v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2187980.2188196" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353032v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33263-0_62" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353131v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353019v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354406v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarij Mahmood Hussaan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2011.152" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354438v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-814-4-640" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354505v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2049536.2049592" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877803v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemya Settouti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Luengo" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23985-4_30" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-LRJ7VFS8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354414v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2011.17" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354479v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23291-6_35" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-R7LCF6H7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00948754v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2010.28" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381529v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benmohammed" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381542v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Corvaisier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381538v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381530v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381585v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381491v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437661v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437673v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2009.159" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437743v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Encelle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437726v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437739v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Badra" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cojan" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meilender" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00411508v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437728v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kroener" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-056-8-45" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437640v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437735v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-056-8-39" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437782v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jean-Daubias" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381618v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laflaqui&#232;re" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364367v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onardo Lana de Carvalho" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497765v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584075v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501252v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Despr&#233;s" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337666v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Bendaoud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Bentebibel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501240v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189586v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189782v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189779v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74141-1_32" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592329v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440230v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias J Henning" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189599v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509860v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189787v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592340v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Faure" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delprat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boulicaut" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11891451_29" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592321v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536650v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588370v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583931v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025803v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00110932v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592327v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536643v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514610v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00201767v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592322v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592318v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stuber" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Hassas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536639v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Letisserand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552220v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583146v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592319v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Caplat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824598v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592215v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592316v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias Heraud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure France" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374547v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Damas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Versace" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514423v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583134v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552130v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592214v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike O'Dea" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591925v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585925v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Huang" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tao" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand-Said Hacid" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/951676.951684" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569777v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000648v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100434v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099035v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098813v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098764v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354407v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354412v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354464v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381531v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2010.21" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552222v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592213v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128536v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Derbel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592332v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Szulman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Troncy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592331v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499551v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elod Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499545v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098834v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lieber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Melis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedeo Napoli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03119305v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Fuchs" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Miclet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-3-030-06164-7_10" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-06164-7_10" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498676v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Tabard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02059412v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirkinck-Holmfeld L." TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Balacheff" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bottino Rosa-Maria" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burgos D." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Dimitrakopoulou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-12562-6_11" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378633v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339295v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00716759v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Magu&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cordier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437670v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias H&#233;raud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437669v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Lund" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592328v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Herbeaux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592320v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583901v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-02363487v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien B&#233;nel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Calabretto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-44796-2_31" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-NT965KLG-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668653v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.27793" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599177v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885046v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Courtin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369750v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Alain Mille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Laurent" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Virgo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152457v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assitan Traor&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Tattegrain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00544388v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathern" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bellet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00363260v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Sofiane Settouti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Champin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324092v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Khamassi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142666v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2019.1896" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624655v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dolques" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.681-707" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01639886v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Sehaba" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Champalle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676339v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379575v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Georgeon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371877v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogsys.2016.07.004" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361193v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250421v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Loor" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2015.1011" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265955v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefevre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.28.375-396" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101145v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2014.03.009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100026v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia Mansouri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubekeur Hamdi-Cherif" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13369-013-0761-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00924203v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/intel.2013.1090" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00989752v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Ollagnier-Beldame" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brassac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0144929X.2013.819528" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980679v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier L. Georgeon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Mathern" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank E. Ritter" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0394.2011.00584.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0F1F2446AC81465A3ABC15AA0193521992096941/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354577v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cram" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0394.2011.00591.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P4HZ12N9-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381460v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Djouad" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Reffay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207996v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Beylier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pourroy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villeneuve" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544820801898482" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696324v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benmohamed" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669023v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01500423v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mascret" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ollier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501599v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouvin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592326v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huang Weihong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592324v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592325v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick Caplat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mick Philippon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218300v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Henry" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256110v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Labb&#233;-Lavigne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deseigne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256079v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bassol&#233;" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lishou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadouanouan Malo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sere Abdoulaye" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Traore" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106286v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Chaput" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794832v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01913897v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-89743-1_23" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01560194v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-61030-6_5" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632771v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-01633343v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeth May" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371894v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DEVLRN.2016.7846800" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168682v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201882v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205731v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-24258-3_3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313193v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Buffat" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Picasso" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01103671v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339318v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assitan Traore" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339181v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0004388806270632" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339182v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raafat Zarka" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lamontagne" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39056-2_26" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-N5F899FS-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824256v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339193v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351699v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830444v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353031v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Cosmas" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/iNCoS.2012.45" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746727v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#246;d Egyed-Zsigmond" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353145v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746732v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352981v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2187980.2188196" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01352984v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Guillet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-31522-0_22" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353032v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33263-0_62" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353131v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353019v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354406v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aarij Mahmood Hussaan" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2011.152" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00877803v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lemya Settouti" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanda Luengo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23985-4_30" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-LRJ7VFS8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354414v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2011.17" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354438v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-814-4-640" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354505v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2049536.2049592" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354479v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23291-6_35" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-R7LCF6H7-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00948754v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2010.28" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381529v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Benmohammed" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381538v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381530v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381542v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Corvaisier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381491v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381585v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437661v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437673v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2009.159" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437743v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Encelle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437739v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Badra" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cojan" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Meilender" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437726v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00411508v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437728v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kroener" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-056-8-45" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437735v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/978-1-60750-056-8-39" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437640v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437782v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Jean-Daubias" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381618v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Laflaqui&#232;re" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00364367v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onardo Lana de Carvalho" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01497765v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584075v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501252v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Despr&#233;s" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337666v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rokia Bendaoud" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Bentebibel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501240v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189586v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189782v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189599v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00509860v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189779v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-74141-1_32" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592329v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440230v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias J Henning" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00189787v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592340v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Faure" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Delprat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Boulicaut" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11891451_29" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592321v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588370v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583931v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025803v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536650v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592327v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536643v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00110932v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514610v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00201767v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592322v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592318v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Stuber" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Hassas" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536639v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Letisserand" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Martin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552220v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583146v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592319v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Caplat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00824598v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592215v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592316v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathias Heraud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure France" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00374547v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Damas" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Versace" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514423v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01583134v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592214v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike O'Dea" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552130v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591925v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01585925v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weihong Huang" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tao" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand-Said Hacid" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/951676.951684" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01569777v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00000648v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100434v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099035v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098813v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00098764v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354407v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354412v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354464v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381531v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICALT.2010.21" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01552222v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01592213v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128536v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Derbel" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>